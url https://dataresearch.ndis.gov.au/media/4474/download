--- v0 (2026-01-08)
+++ v1 (2026-02-18)
@@ -12,2460 +12,3829 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CCC9001" w14:textId="552D3F36" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00370447" w:rsidP="00273216">
+    <w:p w14:paraId="7CCC9001" w14:textId="552D3F36" w:rsidR="00FA6BAB" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00273216">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc20306782"/>
       <w:bookmarkStart w:id="1" w:name="_Toc191895118"/>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>Payment</w:t>
       </w:r>
-      <w:r w:rsidR="00166779">
+      <w:r w:rsidR="00166779" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Data</w:t>
       </w:r>
-      <w:r w:rsidR="00C535C9">
+      <w:r w:rsidR="00C535C9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F75D45">
+      <w:r w:rsidR="00F75D45" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00E62F58">
+      <w:r w:rsidR="00E62F58" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00612183">
+      <w:r w:rsidR="00612183" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">ata </w:t>
       </w:r>
-      <w:r w:rsidR="00E62F58">
+      <w:r w:rsidR="00E62F58" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00612183">
+      <w:r w:rsidR="00612183" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>ules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00612183">
+      <w:r w:rsidR="00612183" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:id w:val="-715669303"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="0F89AF2E" w14:textId="77777777" w:rsidR="00D479A8" w:rsidRPr="000E6934" w:rsidRDefault="00FA6BAB" w:rsidP="0024497C">
+        <w:p w14:paraId="0F89AF2E" w14:textId="77777777" w:rsidR="00D479A8" w:rsidRPr="00380954" w:rsidRDefault="00FA6BAB" w:rsidP="0024497C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
+              <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="000E6934">
+          <w:r w:rsidRPr="00380954">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
+              <w:rFonts w:cs="Arial"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="24243D43" w14:textId="4E67C079" w:rsidR="007A2A4F" w:rsidRDefault="00A4174F">
+        <w:p w14:paraId="24243D43" w14:textId="4E67C079" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="00A4174F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00380954">
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00380954">
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="00380954">
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc191895118" w:history="1">
-            <w:r w:rsidR="007A2A4F" w:rsidRPr="001D5164">
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Payment</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7076">
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Data</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F" w:rsidRPr="001D5164">
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> - Data Rules</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc191895118 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D4F0264" w14:textId="535E7105" w:rsidR="007A2A4F" w:rsidRDefault="00CA7076">
+        <w:p w14:paraId="1D4F0264" w14:textId="535E7105" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="00CA7076">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191895119" w:history="1">
-            <w:r>
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F" w:rsidRPr="001D5164">
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>ayment</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> data</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F" w:rsidRPr="001D5164">
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> possible values and rules</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc191895119 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007A2A4F">
-              <w:rPr>
+            <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55015060" w14:textId="6569CBE6" w:rsidR="007A2A4F" w:rsidRDefault="00CE51B4">
+        <w:p w14:paraId="55015060" w14:textId="6569CBE6" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="00CE51B4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191895122" w:history="1">
-            <w:r w:rsidRPr="001D5164">
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
               <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E754DFD" w14:textId="115AABA8" w:rsidR="007A2A4F" w:rsidRDefault="007A2A4F">
+        <w:p w14:paraId="2E754DFD" w14:textId="60FC69C3" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="007A2A4F">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191895123" w:history="1">
-            <w:r w:rsidRPr="001D5164">
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 1:</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7076" w:rsidRPr="00CA7076">
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Total payments and count of participants with payments aged 25-34 in each State/Territory as at 30 September 2025 for support category ‘CB daily Activity’</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Total payments and count of participants with payments aged 25-34 in each State/Territory as at 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 for support category ‘CB daily Activity’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CE51B4">
-              <w:rPr>
+            <w:r w:rsidR="00CE51B4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="653DB7F4" w14:textId="6EB5DF3F" w:rsidR="007A2A4F" w:rsidRDefault="007A2A4F">
+        <w:p w14:paraId="653DB7F4" w14:textId="41B9FAF4" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="007A2A4F">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191895124" w:history="1">
-            <w:r w:rsidRPr="001D5164">
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 2:</w:t>
             </w:r>
-            <w:r w:rsidR="00CA7076" w:rsidRPr="00CA7076">
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Total payments and count of participants with payments aged 25-34 with Down Syndrome in NSW as at 30 September 2025 for support class ‘Core’</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Total payments and count of participants with payments aged 25-34 with Down Syndrome in NSW as at 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA7076" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025 for support class ‘Core’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00CE51B4">
-              <w:rPr>
+            <w:r w:rsidR="00CE51B4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BC6EBB4" w14:textId="52425BD0" w:rsidR="007A2A4F" w:rsidRDefault="00CE51B4">
+        <w:p w14:paraId="0BC6EBB4" w14:textId="52425BD0" w:rsidR="007A2A4F" w:rsidRPr="00380954" w:rsidRDefault="00CE51B4">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191895125" w:history="1">
-            <w:r w:rsidRPr="001D5164">
+            <w:r w:rsidRPr="00380954">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
               <w:t>4</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2BE82C7C" w14:textId="45C5B68F" w:rsidR="007B0265" w:rsidRDefault="00A4174F" w:rsidP="007B0265">
+        <w:p w14:paraId="2BE82C7C" w14:textId="45C5B68F" w:rsidR="007B0265" w:rsidRPr="00380954" w:rsidRDefault="00A4174F" w:rsidP="007B0265">
           <w:pPr>
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00380954">
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="20"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
-    <w:p w14:paraId="1CCF52C5" w14:textId="77777777" w:rsidR="007A5F70" w:rsidRDefault="007A5F70">
+    <w:p w14:paraId="1CCF52C5" w14:textId="77777777" w:rsidR="007A5F70" w:rsidRPr="00380954" w:rsidRDefault="007A5F70">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FF53D0" w14:textId="7AC4893A" w:rsidR="00FA6BAB" w:rsidRDefault="00020D99" w:rsidP="007B0265">
+    <w:p w14:paraId="04FF53D0" w14:textId="7AC4893A" w:rsidR="00FA6BAB" w:rsidRPr="00380954" w:rsidRDefault="00020D99" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc191895119"/>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pay</w:t>
       </w:r>
-      <w:r w:rsidR="00370447">
+      <w:r w:rsidR="00370447" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>ment</w:t>
       </w:r>
-      <w:r w:rsidR="00C535C9">
+      <w:r w:rsidR="00C535C9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">data </w:t>
       </w:r>
-      <w:r w:rsidR="00615253">
+      <w:r w:rsidR="00615253" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="0012309C">
+      <w:r w:rsidR="0012309C" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>ossible v</w:t>
       </w:r>
-      <w:r w:rsidR="00FA6BAB">
+      <w:r w:rsidR="00FA6BAB" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="2861DC04" w14:textId="544101A3" w:rsidR="00AE0833" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2861DC04" w14:textId="3B746A49" w:rsidR="00AE0833" w:rsidRPr="00380954" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
-      <w:r w:rsidR="00370447">
+      <w:r w:rsidR="00370447" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00020D99">
+      <w:r w:rsidR="00020D99" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00251E0F" w:rsidRPr="00251E0F">
+      <w:r w:rsidR="00251E0F" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ayment data </w:t>
       </w:r>
-      <w:r w:rsidR="00020D99">
-[...5 lines deleted...]
-      <w:r w:rsidR="00020D99" w:rsidRPr="00251E0F">
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="00020D99" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A0270" w:rsidRPr="00251E0F">
+      <w:r w:rsidR="003A0270" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00020D99">
+      <w:r w:rsidR="00020D99" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.csv</w:t>
       </w:r>
-      <w:r w:rsidR="00370447">
+      <w:r w:rsidR="00370447" w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> data file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2258"/>
-        <w:gridCol w:w="2013"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2901"/>
+        <w:gridCol w:w="1941"/>
+        <w:gridCol w:w="3120"/>
+        <w:gridCol w:w="3137"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009726EF" w14:paraId="275C256F" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="009726EF" w:rsidRPr="00380954" w14:paraId="275C256F" w14:textId="77777777" w:rsidTr="005747D9">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFE00B5" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+          <w:p w14:paraId="2BFE00B5" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6DF745" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+          <w:p w14:paraId="4A6DF745" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77B3F1E6" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+          <w:p w14:paraId="77B3F1E6" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D53EA9B" w14:textId="55B2F0FB" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="00AA4084" w:rsidP="00D276EC">
+          <w:p w14:paraId="4D53EA9B" w14:textId="55B2F0FB" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="00AA4084" w:rsidP="00D276EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidR="009726EF" w:rsidRPr="009465EB">
-              <w:rPr>
+            <w:r w:rsidR="009726EF" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="756EB4DC" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="009726EF" w:rsidRPr="00380954" w14:paraId="756EB4DC" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1514E719" w14:textId="1CE0A7B6" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="00391962" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="1514E719" w14:textId="1CE0A7B6" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>RprtDt</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF26067" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00C758BF" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="5DF26067" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="366943B5" w14:textId="39BBA7FD" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+          <w:p w14:paraId="366943B5" w14:textId="39BBA7FD" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
-            <w:r w:rsidR="002F1821">
+            <w:r w:rsidR="002F1821" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F574CFE" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="009726EF" w:rsidP="003716E7">
+          <w:p w14:paraId="7F574CFE" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="003716E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>The data is valid as at this date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D74493" w14:textId="43599486" w:rsidR="009726EF" w:rsidRPr="00391962" w:rsidRDefault="00CE51B4" w:rsidP="00CD0362">
+          <w:p w14:paraId="78D74493" w14:textId="509EE9D1" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="00CE51B4" w:rsidP="00CD0362">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>30-Sep-25</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17B77" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17B77" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005747D9" w14:paraId="439E8EB6" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="005747D9" w:rsidRPr="00380954" w14:paraId="439E8EB6" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143B3CA8" w14:textId="68EED157" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
-            <w:r>
+          <w:p w14:paraId="143B3CA8" w14:textId="68EED157" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>SuppClass</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F92B9FF" w14:textId="2CE1DB16" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
-            <w:r>
+          <w:p w14:paraId="3F92B9FF" w14:textId="2CE1DB16" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Support class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9EA4B8" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="6F9EA4B8" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NDIS plans have support classes under which a participant receives necessary and reasonable funding.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AF6319E" w14:textId="34221CDB" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="7AF6319E" w14:textId="34221CDB" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>“ALL” denotes all the support classes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB9DAB2" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="1BB9DAB2" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4407B009" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="4407B009" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75F92D25" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="75F92D25" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51DA6D43" w14:textId="7345E983" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="51DA6D43" w14:textId="7345E983" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005747D9" w14:paraId="68B68924" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="005747D9" w:rsidRPr="00380954" w14:paraId="68B68924" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B631AE2" w14:textId="6FBB0E6B" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="1B631AE2" w14:textId="6FBB0E6B" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>SuppCatNm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440B0DC5" w14:textId="4AB24679" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="440B0DC5" w14:textId="4AB24679" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Support category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73578268" w14:textId="60944041" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="73578268" w14:textId="60944041" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NDIS plans have support categories under which a participant receives necessary and reasonable funding.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="771C04D9" w14:textId="1B40F342" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="771C04D9" w14:textId="1B40F342" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>“ALL” denotes all the support categories.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BEE6BBC" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="0089391F">
+          <w:p w14:paraId="5BEE6BBC" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>CB Daily Activity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="454730C5" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="0089391F">
+          <w:p w14:paraId="454730C5" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Home Modifications</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08F2E136" w14:textId="1C80CBED" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="0089391F">
+          <w:p w14:paraId="08F2E136" w14:textId="1C80CBED" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Support Coordination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005747D9" w14:paraId="57ED8CC4" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="005747D9" w:rsidRPr="00380954" w14:paraId="57ED8CC4" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B1FB70" w14:textId="1CA5CE11" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="29B1FB70" w14:textId="1CA5CE11" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>SuppItemNmbr</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C07B488" w14:textId="021DDEE4" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="2C07B488" w14:textId="021DDEE4" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Support item</w:t>
             </w:r>
-            <w:r w:rsidR="00BB08A4">
+            <w:r w:rsidR="00BB08A4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="183204CC" w14:textId="41E93E79" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="183204CC" w14:textId="41E93E79" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NDIS plans have support items under which a participant receives necessary and reasonable funding.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EA58BC4" w14:textId="6C24B4ED" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="3EA58BC4" w14:textId="6C24B4ED" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>“ALL” denotes all the support items.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DF406F" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="08DF406F" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="351"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005747D9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>05_0002_0112_1_2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7170FDBA" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="7170FDBA" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="351"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005747D9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>05_040312115_0103_1_2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FEFA72E" w14:textId="77777777" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="005747D9">
+          <w:p w14:paraId="6FEFA72E" w14:textId="77777777" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="005747D9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005747D9" w14:paraId="728F5CC6" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="005747D9" w:rsidRPr="00380954" w14:paraId="728F5CC6" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8E6992" w14:textId="1ADFE5F0" w:rsidR="005747D9" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="6F8E6992" w14:textId="1ADFE5F0" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>SuppItemDesc</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45750BB6" w14:textId="38F0AF5C" w:rsidR="005747D9" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="45750BB6" w14:textId="38F0AF5C" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Support item description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364F2C4B" w14:textId="088A430B" w:rsidR="005747D9" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
+          <w:p w14:paraId="364F2C4B" w14:textId="088A430B" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Description of the support item number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4179D777" w14:textId="77777777" w:rsidR="00BB08A4" w:rsidRPr="00BB08A4" w:rsidRDefault="00BB08A4" w:rsidP="00BB08A4">
+          <w:p w14:paraId="4179D777" w14:textId="77777777" w:rsidR="00BB08A4" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00BB08A4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="416"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB08A4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>AT Supplementary Charge - Recreation including sport</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="166317A9" w14:textId="16FC19EC" w:rsidR="005747D9" w:rsidRPr="00BB08A4" w:rsidRDefault="00BB08A4" w:rsidP="00BB08A4">
+          <w:p w14:paraId="166317A9" w14:textId="16FC19EC" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00BB08A4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="416"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB08A4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>AT Rental - Assistive Products for Respiration Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="2EA60F59" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="009726EF" w:rsidRPr="00380954" w14:paraId="2EA60F59" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="331D46B2" w14:textId="196BE3EB" w:rsidR="009726EF" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="331D46B2" w14:textId="196BE3EB" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>RsdsInStateCd</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="052DEE5D" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="052DEE5D" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>State or Territory the participant resides in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1E1524" w14:textId="292DF0BA" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
+          <w:p w14:paraId="4E1E1524" w14:textId="292DF0BA" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00D276EC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>One of the eight State</w:t>
             </w:r>
-            <w:r w:rsidR="00D007AA">
+            <w:r w:rsidR="00D007AA" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">s/ Territories in which the NDIA </w:t>
             </w:r>
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>operates.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731DD81F" w14:textId="178D582C" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="005F09B5">
+          <w:p w14:paraId="731DD81F" w14:textId="178D582C" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="005F09B5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">“ALL” denotes all States/ Territories </w:t>
             </w:r>
-            <w:r w:rsidR="00D007AA">
+            <w:r w:rsidR="00D007AA" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>in which the NDIA</w:t>
             </w:r>
-            <w:r w:rsidR="005F09B5">
+            <w:r w:rsidR="005F09B5" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> operates</w:t>
             </w:r>
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D207157" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="4D207157" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70A8F829" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="70A8F829" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D4529C5" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="1D4529C5" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01601B33" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="01601B33" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F002295" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="5F002295" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="233B8AAB" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="233B8AAB" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E438D93" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="3E438D93" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="409B16DF" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="409B16DF" w14:textId="77777777" w:rsidR="00391962" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17979E71" w14:textId="18C93405" w:rsidR="009726EF" w:rsidRDefault="00391962" w:rsidP="0089391F">
+          <w:p w14:paraId="17979E71" w14:textId="18C93405" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="00391962" w:rsidP="0089391F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00370447" w14:paraId="5CF49306" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="00370447" w:rsidRPr="00380954" w14:paraId="5CF49306" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8C4268" w14:textId="108E5CA4" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="005747D9" w:rsidP="00370447">
-            <w:r w:rsidRPr="00020D99">
+          <w:p w14:paraId="1F8C4268" w14:textId="108E5CA4" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00370447">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>RsdsInSrvcDstrctNm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62DC51B7" w14:textId="5C6B161B" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
-            <w:r w:rsidRPr="00020D99">
+          <w:p w14:paraId="62DC51B7" w14:textId="5C6B161B" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Service district where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="006491C2" w14:textId="72C48B42" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="006491C2" w14:textId="72C48B42" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">Each State/Territory is divided into service districts in which the NDIA </w:t>
             </w:r>
-            <w:r w:rsidR="00873F31" w:rsidRPr="00020D99">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>operates.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D387786" w14:textId="0FFAB2F2" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="2D387786" w14:textId="0FFAB2F2" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>“ALL” denotes all service districts</w:t>
             </w:r>
-            <w:r w:rsidR="00873F31" w:rsidRPr="00020D99">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3937D3B0" w14:textId="7E210DE9" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00A16625">
+          <w:p w14:paraId="3937D3B0" w14:textId="7E210DE9" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00A16625">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C891DE7" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="4C891DE7" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="434D106B" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="434D106B" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>North West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="7E7BA91E" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="7E7BA91E" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>South East</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="2DC0EA98" w14:textId="6913D257" w:rsidR="00370447" w:rsidRPr="00020D99" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="2DC0EA98" w14:textId="6913D257" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020D99">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>South West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00370447" w14:paraId="09699984" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="00370447" w:rsidRPr="00380954" w14:paraId="09699984" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33A788F2" w14:textId="4C94B5AC" w:rsidR="00370447" w:rsidRDefault="005747D9" w:rsidP="00370447">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="33A788F2" w14:textId="4C94B5AC" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00370447">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>NDISDsbltyGrpNm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3D8DEC" w14:textId="3BFDCE34" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
-            <w:r>
+          <w:p w14:paraId="3D3D8DEC" w14:textId="3BFDCE34" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">Disability group name of the participants </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>primary reported disability </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA22681" w14:textId="01D083BB" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="2FA22681" w14:textId="01D083BB" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disabilities are grouped as part of the process to protect participants </w:t>
             </w:r>
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>privacy.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AABE612" w14:textId="0824CF3C" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="7AABE612" w14:textId="0824CF3C" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Down syndrome is </w:t>
             </w:r>
-            <w:r w:rsidR="00053AB1">
+            <w:r w:rsidR="00053AB1" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">shown separately from </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intellectual </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">disability </w:t>
+            </w:r>
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="4A70C69F" w14:textId="5944579E" w:rsidR="007A1714" w:rsidRDefault="007A1714" w:rsidP="000D4EF4">
+          <w:p w14:paraId="4A70C69F" w14:textId="5944579E" w:rsidR="007A1714" w:rsidRPr="00380954" w:rsidRDefault="007A1714" w:rsidP="000D4EF4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A1714">
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>“ALL” denotes all disabilities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4B2DE1" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="6D4B2DE1" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Autism </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="782BF836" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="782BF836" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Developmental delay </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49DE29FA" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="49DE29FA" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Intellectual Disability </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AFD271F" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="6AFD271F" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Psychosocial disability </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605DCC0B" w14:textId="0CD2BF29" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="605DCC0B" w14:textId="0CD2BF29" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>ALL </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00370447" w14:paraId="1FA44806" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="00370447" w:rsidRPr="00380954" w14:paraId="1FA44806" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3333166D" w14:textId="5CCF540F" w:rsidR="00370447" w:rsidRDefault="005747D9" w:rsidP="00020D99">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="3333166D" w14:textId="5CCF540F" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00020D99">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>NDIAAgeBnd</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49F01349" w14:textId="5F1C1D0C" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
-            <w:r>
+          <w:p w14:paraId="49F01349" w14:textId="5F1C1D0C" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Age band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A20C07F" w14:textId="01F91AE1" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="00370447">
+          <w:p w14:paraId="1A20C07F" w14:textId="01F91AE1" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="00370447">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>“ALL” denotes all ages</w:t>
             </w:r>
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B1DBFD" w14:textId="52C11E3F" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="12B1DBFD" w14:textId="52C11E3F" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>0 to 6</w:t>
             </w:r>
-            <w:r w:rsidR="009121B8">
+            <w:r w:rsidR="009121B8" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (till September 2024); 0 to 8 (from December 2024)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C5123FE" w14:textId="71F3793E" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="4C5123FE" w14:textId="71F3793E" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>7 to 14</w:t>
             </w:r>
-            <w:r w:rsidR="009121B8">
+            <w:r w:rsidR="009121B8" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (till September 2024); 9 to 14 (from December 2024)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FDEB21F" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="5FDEB21F" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>15 to 18</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D6429D9" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="7D6429D9" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>19 to 24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06A65AD4" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="06A65AD4" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>25 to 34</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36F72732" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="36F72732" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>35 to 44</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42A77B23" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="42A77B23" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>45 to 54</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E2BBC9E" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="2E2BBC9E" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>55 to 64</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BF21941" w14:textId="77777777" w:rsidR="00370447" w:rsidRDefault="00370447" w:rsidP="007A1714">
+          <w:p w14:paraId="3BF21941" w14:textId="77777777" w:rsidR="00370447" w:rsidRPr="00380954" w:rsidRDefault="00370447" w:rsidP="007A1714">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>65+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75858DF8" w14:textId="34936530" w:rsidR="007A1714" w:rsidRDefault="007A1714" w:rsidP="000D4EF4">
+          <w:p w14:paraId="75858DF8" w14:textId="34936530" w:rsidR="007A1714" w:rsidRPr="00380954" w:rsidRDefault="007A1714" w:rsidP="000D4EF4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005747D9" w14:paraId="35E43696" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="005747D9" w:rsidRPr="00380954" w14:paraId="35E43696" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E860A53" w14:textId="43DB4BAF" w:rsidR="005747D9" w:rsidRPr="00370447" w:rsidRDefault="005747D9" w:rsidP="00020D99">
-            <w:r w:rsidRPr="005747D9">
+          <w:p w14:paraId="3E860A53" w14:textId="43DB4BAF" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="005747D9" w:rsidP="00020D99">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>PmtAmt</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3746F775" w14:textId="23E076A4" w:rsidR="005747D9" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="3746F775" w14:textId="23E076A4" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Payment amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38900D29" w14:textId="78B9657A" w:rsidR="005747D9" w:rsidRDefault="00BB08A4" w:rsidP="00184A5F">
+          <w:p w14:paraId="38900D29" w14:textId="78B9657A" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00184A5F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Total amount paid to participants in the preceding 12 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0955A694" w14:textId="050CAE1C" w:rsidR="005747D9" w:rsidRDefault="00BB08A4" w:rsidP="00D007AA">
+          <w:p w14:paraId="0955A694" w14:textId="050CAE1C" w:rsidR="005747D9" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00D007AA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Numerical values greater than or equal to zero. Null values for cases with count of participants less than 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D0B24" w14:paraId="5DB18BAA" w14:textId="77777777" w:rsidTr="005747D9">
+      <w:tr w:rsidR="006D0B24" w:rsidRPr="00380954" w14:paraId="5DB18BAA" w14:textId="77777777" w:rsidTr="005747D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="166C29D7" w14:textId="6AC2513F" w:rsidR="006D0B24" w:rsidRPr="00BA173B" w:rsidRDefault="00CA4375" w:rsidP="00BA173B">
+          <w:p w14:paraId="166C29D7" w14:textId="6AC2513F" w:rsidR="006D0B24" w:rsidRPr="00380954" w:rsidRDefault="00CA4375" w:rsidP="00BA173B">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4375">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>CountOfParticipants</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2769C12C" w14:textId="2B73B01E" w:rsidR="006D0B24" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
-            <w:r>
+          <w:p w14:paraId="2769C12C" w14:textId="2B73B01E" w:rsidR="006D0B24" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00D276EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Count of participants with payments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07BC9F30" w14:textId="719570E2" w:rsidR="006D0B24" w:rsidRDefault="00BB08A4" w:rsidP="00184A5F">
+          <w:p w14:paraId="07BC9F30" w14:textId="719570E2" w:rsidR="006D0B24" w:rsidRPr="00380954" w:rsidRDefault="00BB08A4" w:rsidP="00184A5F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Total number of unique participants with a payment in the preceding 12 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2613" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A33BB9E" w14:textId="49191C95" w:rsidR="006D0B24" w:rsidRDefault="006D0B24" w:rsidP="00D007AA">
+          <w:p w14:paraId="6A33BB9E" w14:textId="49191C95" w:rsidR="006D0B24" w:rsidRPr="00380954" w:rsidRDefault="006D0B24" w:rsidP="00D007AA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>Numerical values greater than or equal to zero</w:t>
             </w:r>
-            <w:r w:rsidR="00BB08A4">
+            <w:r w:rsidR="00BB08A4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00B81EAA">
+            <w:r w:rsidR="00B81EAA" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BB08A4">
+            <w:r w:rsidR="00BB08A4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>N</w:t>
             </w:r>
-            <w:r w:rsidR="00D628BB">
+            <w:r w:rsidR="00D628BB" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">ull values for cases with </w:t>
             </w:r>
-            <w:r w:rsidR="00BB08A4">
+            <w:r w:rsidR="00BB08A4" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">count of participants </w:t>
             </w:r>
-            <w:r w:rsidR="00625C2E">
+            <w:r w:rsidR="00625C2E" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>less tha</w:t>
             </w:r>
-            <w:r w:rsidR="00202555">
+            <w:r w:rsidR="00202555" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>n</w:t>
             </w:r>
-            <w:r w:rsidR="00625C2E">
+            <w:r w:rsidR="00625C2E" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 11</w:t>
             </w:r>
-            <w:r w:rsidR="00873F31">
+            <w:r w:rsidR="00873F31" w:rsidRPr="00380954">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C5BF4C0" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00AE0833"/>
-    <w:p w14:paraId="0B449110" w14:textId="77777777" w:rsidR="002D06C2" w:rsidRDefault="002D06C2" w:rsidP="00184A5F">
+    <w:p w14:paraId="4C5BF4C0" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00380954" w:rsidRDefault="009726EF" w:rsidP="00AE0833">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B449110" w14:textId="77777777" w:rsidR="002D06C2" w:rsidRPr="00380954" w:rsidRDefault="002D06C2" w:rsidP="00184A5F">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
     </w:p>
-    <w:p w14:paraId="78D69EF9" w14:textId="597B1566" w:rsidR="000B7A2E" w:rsidRPr="00BB08A4" w:rsidRDefault="0024497C" w:rsidP="00D0019B">
+    <w:p w14:paraId="78D69EF9" w14:textId="597B1566" w:rsidR="000B7A2E" w:rsidRPr="00380954" w:rsidRDefault="0024497C" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Toc191895122"/>
-      <w:r w:rsidR="000B7A2E" w:rsidRPr="00BB08A4">
+      <w:r w:rsidR="000B7A2E" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="6D64DC29" w14:textId="77777777" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
-      <w:r w:rsidRPr="00BB08A4">
+    <w:p w14:paraId="6D64DC29" w14:textId="77777777" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515F0D80" w14:textId="642B182F" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
+    <w:p w14:paraId="515F0D80" w14:textId="6491A094" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc25832965"/>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc191895123"/>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Total</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> payments</w:t>
       </w:r>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and count</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of participants</w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
-        <w:rPr>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with payments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aged 25-34 in each State/Territory as at </w:t>
+        <w:t xml:space="preserve"> aged 25-34 in each State/Territory as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>30 September 2025 for support category ‘CB daily Activity’</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 for support category ‘CB daily Activity’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4695C409" w14:textId="3AF84A77" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
-      <w:r w:rsidRPr="00BB08A4">
+    <w:p w14:paraId="4695C409" w14:textId="3AF84A77" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">To get the number and </w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>total</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> payments of participants in each State/Territory, regardless of support and entity type, apply the following filters to the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8E739E" w14:textId="154722E1" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BB08A4">
+    <w:p w14:paraId="7A8E739E" w14:textId="780B7143" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RprtDt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dec</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>”,</w:t>
       </w:r>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-[...2 lines deleted...]
-      <w:r w:rsidR="003F0780" w:rsidRPr="003F0780">
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SuppCatNm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”CB</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daily Activity”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SuppItemNmbr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>SuppItemDesc</w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BB08A4">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C62E8" w:rsidRPr="008C62E8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>RsdsInSrvcDstrctNm</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4375" w:rsidRPr="00CA4375">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>NDIAAgeBnd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">=”25-34”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SuppClass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4375" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>Capacity Building</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9641AD" w14:textId="10B063CC" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
+    <w:p w14:paraId="1B9641AD" w14:textId="294E131A" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="006E2E33" w:rsidP="006E2E33">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc25832966"/>
       <w:bookmarkStart w:id="12" w:name="_Toc19268205"/>
       <w:bookmarkStart w:id="13" w:name="_Toc191895124"/>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
-      <w:r w:rsidR="005747D9" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="005747D9" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Total payments and count of participants with payments </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aged 25-34 with </w:t>
       </w:r>
-      <w:r w:rsidR="003F0780" w:rsidRPr="003F0780">
-        <w:rPr>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Down Syndrome</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in NSW as at </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> in NSW as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0270" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidR="00BE3AED">
-        <w:rPr>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>1 December</w:t>
+      </w:r>
+      <w:r w:rsidR="00720134" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003161A0" w:rsidRPr="00BB08A4">
-        <w:rPr>
+      <w:r w:rsidR="003161A0" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="00BE3AED">
-        <w:rPr>
+      <w:r w:rsidR="00BE3AED" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
-        <w:rPr>
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for support class</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4375">
-        <w:rPr>
+      <w:r w:rsidR="00CA4375" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘Core’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6250E1" w14:textId="7E7A35EB" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="00896CB7" w:rsidP="006E2E33">
-      <w:r w:rsidRPr="00BB08A4">
+    <w:p w14:paraId="6E6250E1" w14:textId="7E7A35EB" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="00896CB7" w:rsidP="006E2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">To get the number and </w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>total</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB08A4">
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> payments of </w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">all the participants </w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>with down syndrome</w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="003F0780">
+      <w:r w:rsidR="003F0780" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>NSW</w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>, apply the following filters to the data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CC5A912" w14:textId="0F5D279D" w:rsidR="006E2E33" w:rsidRPr="00BB08A4" w:rsidRDefault="00896CB7" w:rsidP="006E2E33">
-[...6 lines deleted...]
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
+    <w:p w14:paraId="4CC5A912" w14:textId="3EBD2C68" w:rsidR="006E2E33" w:rsidRPr="00380954" w:rsidRDefault="00896CB7" w:rsidP="006E2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RprtDt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dec</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
-      <w:r w:rsidR="008C62E8" w:rsidRPr="008C62E8">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>RsdsInStateCd</w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
-[...2 lines deleted...]
-      <w:r w:rsidR="008C62E8" w:rsidRPr="008C62E8">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NSW”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C62E8" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>RsdsInSrvcDstrctNm</w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
-[...8 lines deleted...]
-      <w:r w:rsidR="00CA4375">
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>DsbltyGrpNm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=”</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4375" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Down</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4375" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Syndrome</w:t>
+      </w:r>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>NDIAAgeBnd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">=”25-34”, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SuppClass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4375" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>Core</w:t>
       </w:r>
-      <w:r w:rsidR="006E2E33" w:rsidRPr="00BB08A4">
+      <w:r w:rsidR="006E2E33" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DFF824" w14:textId="77777777" w:rsidR="007E71CC" w:rsidRDefault="007E71CC" w:rsidP="00615253"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="28DFF824" w14:textId="77777777" w:rsidR="007E71CC" w:rsidRPr="00380954" w:rsidRDefault="007E71CC" w:rsidP="00615253">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="448CC671" w14:textId="705A0D8D" w:rsidR="00BE3AED" w:rsidRPr="00380954" w:rsidRDefault="00CA4375" w:rsidP="00615253">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">The average payment can be calculated by </w:t>
       </w:r>
-      <w:r w:rsidR="003B1768">
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">dividing </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>payment</w:t>
       </w:r>
-      <w:r w:rsidR="003B1768">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amount (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>PmtAmt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B1768">
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
-      <w:r w:rsidR="00BE3AED">
+      <w:r w:rsidR="00BE3AED" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>the count of participants</w:t>
       </w:r>
-      <w:r w:rsidR="003B1768">
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="003B1768" w:rsidRPr="003B1768">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>CountOfParticipants</w:t>
       </w:r>
-      <w:r w:rsidR="003B1768">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B1768" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BE3AED">
+      <w:r w:rsidR="00BE3AED" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7286E2E0" w14:textId="77777777" w:rsidR="00BE3AED" w:rsidRDefault="00BE3AED" w:rsidP="00615253"/>
-    <w:p w14:paraId="1516EDEA" w14:textId="375E76AC" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+    <w:p w14:paraId="7286E2E0" w14:textId="77777777" w:rsidR="00BE3AED" w:rsidRPr="00380954" w:rsidRDefault="00BE3AED" w:rsidP="00615253">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1516EDEA" w14:textId="375E76AC" w:rsidR="000B7A2E" w:rsidRPr="00380954" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="15" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="16" w:name="_Toc191895125"/>
-      <w:r>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="5D0B47E8" w:rsidR="000B7A2E" w:rsidRPr="00CB7E7A" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="71BC13A8" w:rsidR="000B7A2E" w:rsidRPr="00380954" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Approved</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Approved:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7E7A" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>:</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005747D9">
-        <w:rPr>
+      <w:r w:rsidR="00B6529F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2A4F" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB20FF">
-        <w:rPr>
+      <w:r w:rsidR="00FB20FF" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2993F52E" w14:textId="55FB70DF" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="000B7A2E" w:rsidP="002240BA">
+    <w:p w14:paraId="2993F52E" w14:textId="55FB70DF" w:rsidR="00387E82" w:rsidRPr="00380954" w:rsidRDefault="000B7A2E" w:rsidP="002240BA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3087"/>
         </w:tabs>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Contact:</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Contact: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
+        <w:r w:rsidR="003E336A" w:rsidRPr="00380954">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003A0270">
+      <w:r w:rsidR="003A0270" w:rsidRPr="00380954">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2711DD" w14:textId="13EDEC6E" w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidRDefault="003508F9" w:rsidP="00387E82"/>
-    <w:sectPr w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidSect="003C3D27">
+    <w:p w14:paraId="2C2711DD" w14:textId="13EDEC6E" w:rsidR="003508F9" w:rsidRPr="00380954" w:rsidRDefault="003508F9" w:rsidP="00387E82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003508F9" w:rsidRPr="00380954" w:rsidSect="003C3D27">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="43E1CDA2" w14:textId="77777777" w:rsidR="00085797" w:rsidRDefault="00085797" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6DED0E22" w14:textId="77777777" w:rsidR="00085797" w:rsidRDefault="00085797" w:rsidP="002679FC">
@@ -2525,75 +3894,81 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="3207AE08" w:rsidR="003C3D27" w:rsidRPr="00020D99" w:rsidRDefault="00020D99" w:rsidP="00D0019B">
+  <w:p w14:paraId="17E6EB46" w14:textId="57267CF2" w:rsidR="003C3D27" w:rsidRPr="00020D99" w:rsidRDefault="00B6529F" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve">September </w:t>
+      <w:t>December</w:t>
+    </w:r>
+    <w:r w:rsidR="00020D99">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="003A0270">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00020D99">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00D0019B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
@@ -5614,50 +6989,51 @@
   <w:num w:numId="20" w16cid:durableId="1259212920">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="278492408">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="608242372">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="907574232">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2079935906">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1527526828">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:formsDesign/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
@@ -5705,50 +7081,51 @@
     <w:rsid w:val="0024497C"/>
     <w:rsid w:val="00251E0F"/>
     <w:rsid w:val="002631CE"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00273216"/>
     <w:rsid w:val="00285008"/>
     <w:rsid w:val="002A7B54"/>
     <w:rsid w:val="002B74FA"/>
     <w:rsid w:val="002C158C"/>
     <w:rsid w:val="002C7F8C"/>
     <w:rsid w:val="002D06C2"/>
     <w:rsid w:val="002F003A"/>
     <w:rsid w:val="002F1821"/>
     <w:rsid w:val="003161A0"/>
     <w:rsid w:val="00320FD0"/>
     <w:rsid w:val="00336FB0"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="003508F9"/>
     <w:rsid w:val="003519BA"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00361823"/>
     <w:rsid w:val="00366E83"/>
     <w:rsid w:val="00370447"/>
     <w:rsid w:val="003716E7"/>
     <w:rsid w:val="00377A63"/>
+    <w:rsid w:val="00380954"/>
     <w:rsid w:val="003857B4"/>
     <w:rsid w:val="00387E82"/>
     <w:rsid w:val="00391369"/>
     <w:rsid w:val="00391962"/>
     <w:rsid w:val="003A0270"/>
     <w:rsid w:val="003B1768"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B7005"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C2FF1"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D19BD"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F0780"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="004370FE"/>
     <w:rsid w:val="0044115D"/>
     <w:rsid w:val="00460D31"/>
     <w:rsid w:val="00461998"/>
     <w:rsid w:val="00463C47"/>
     <w:rsid w:val="00464049"/>
     <w:rsid w:val="00472B03"/>
@@ -5835,145 +7212,151 @@
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00811F68"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008217BE"/>
     <w:rsid w:val="008278F6"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="00873F31"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="0089391F"/>
     <w:rsid w:val="00896CB7"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008C62E8"/>
     <w:rsid w:val="008C71D5"/>
     <w:rsid w:val="008C757A"/>
     <w:rsid w:val="009121B8"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="00937C95"/>
     <w:rsid w:val="009522E1"/>
+    <w:rsid w:val="009600E0"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="00971886"/>
     <w:rsid w:val="009726EF"/>
     <w:rsid w:val="00991990"/>
     <w:rsid w:val="00995F8F"/>
     <w:rsid w:val="009A4032"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009C28BA"/>
     <w:rsid w:val="009D0981"/>
     <w:rsid w:val="009D6097"/>
     <w:rsid w:val="009E1CE5"/>
     <w:rsid w:val="009F2408"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A16625"/>
     <w:rsid w:val="00A21D63"/>
     <w:rsid w:val="00A2522F"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A42298"/>
     <w:rsid w:val="00A70E08"/>
     <w:rsid w:val="00A833D8"/>
     <w:rsid w:val="00A86E9A"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A946FD"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AA4084"/>
+    <w:rsid w:val="00AA6640"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE0615"/>
     <w:rsid w:val="00AE0833"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B30DF4"/>
     <w:rsid w:val="00B354E7"/>
     <w:rsid w:val="00B559E8"/>
     <w:rsid w:val="00B61245"/>
+    <w:rsid w:val="00B6529F"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B74410"/>
     <w:rsid w:val="00B765EF"/>
     <w:rsid w:val="00B81EAA"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B847AF"/>
     <w:rsid w:val="00B85596"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B92A4A"/>
     <w:rsid w:val="00BA173B"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB08A4"/>
     <w:rsid w:val="00BB3758"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC5A3F"/>
     <w:rsid w:val="00BD116F"/>
     <w:rsid w:val="00BE1DF7"/>
     <w:rsid w:val="00BE3AED"/>
     <w:rsid w:val="00BE44F1"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C11D93"/>
     <w:rsid w:val="00C22CCC"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C41825"/>
     <w:rsid w:val="00C535C9"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00CA0C77"/>
     <w:rsid w:val="00CA2343"/>
     <w:rsid w:val="00CA4375"/>
     <w:rsid w:val="00CA7076"/>
     <w:rsid w:val="00CB3342"/>
     <w:rsid w:val="00CB7E7A"/>
     <w:rsid w:val="00CD0362"/>
+    <w:rsid w:val="00CD7BA7"/>
     <w:rsid w:val="00CE50AD"/>
     <w:rsid w:val="00CE51B4"/>
     <w:rsid w:val="00CF4D26"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D007AA"/>
     <w:rsid w:val="00D16459"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D30937"/>
     <w:rsid w:val="00D311B0"/>
     <w:rsid w:val="00D36BF6"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D5671B"/>
     <w:rsid w:val="00D628BB"/>
     <w:rsid w:val="00D65ACE"/>
     <w:rsid w:val="00D66E68"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D80219"/>
     <w:rsid w:val="00DB4C75"/>
     <w:rsid w:val="00DE0EF5"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00E000C6"/>
+    <w:rsid w:val="00E17B77"/>
     <w:rsid w:val="00E2491F"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E4163B"/>
+    <w:rsid w:val="00E449ED"/>
     <w:rsid w:val="00E62F58"/>
     <w:rsid w:val="00E672AF"/>
     <w:rsid w:val="00E7699E"/>
     <w:rsid w:val="00E77776"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E94B84"/>
     <w:rsid w:val="00EB59FC"/>
     <w:rsid w:val="00EC0D96"/>
     <w:rsid w:val="00EC2749"/>
     <w:rsid w:val="00EE1136"/>
     <w:rsid w:val="00EE2FE5"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F648B7"/>
     <w:rsid w:val="00F657B7"/>
     <w:rsid w:val="00F713D1"/>
     <w:rsid w:val="00F75D45"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F9709A"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB20FF"/>
     <w:rsid w:val="00FB3389"/>
@@ -7713,61 +9096,63 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3769c2ec92111dcbcdd99a75662fb27c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="34666add1b65b7b348b07310b7606c57" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7965,122 +9350,120 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6565842D-F274-4BA9-AB8C-3A72D878578E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
-[...10 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <ds:schemaRef ds:uri="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11B7CEB4-05C3-43AF-AA12-6D9C0AF73D31}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>688</Words>
-  <Characters>3925</Characters>
+  <Words>687</Words>
+  <Characters>3920</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4604</CharactersWithSpaces>
+  <CharactersWithSpaces>4598</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
@@ -8098,27 +9481,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DocumentType">
     <vt:lpwstr>20;#Template|134e8c49-a2b9-47ae-b156-db0bee5ca248</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SetDate">
     <vt:lpwstr>2023-08-03T05:24:08Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SiteId">
     <vt:lpwstr>cd778b65-752d-454a-87cf-b9990fe58993</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_ActionId">
     <vt:lpwstr>cf603a71-913b-4284-8fdd-300314156afb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>