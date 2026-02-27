--- v0 (2026-01-18)
+++ v1 (2026-02-27)
@@ -95,53 +95,53 @@
   <Override PartName="/xl/worksheets/sheet86.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet87.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet88.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet89.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet90.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet91.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet92.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet93.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{E485ACF3-5214-4156-A4F2-599D2CF14D23}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C4566A52-E57C-4926-8766-7A8497CB163B}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{15FDEB3E-A941-4311-87D7-BC21E598ABD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{BAF7BD58-C1FB-40D3-948E-9FF1EFE7BF84}"/>
   </bookViews>
   <sheets>
     <sheet name="Intro" sheetId="94" r:id="rId1"/>
     <sheet name="TableOfContents" sheetId="95" r:id="rId2"/>
     <sheet name="Table M.1" sheetId="3" r:id="rId3"/>
     <sheet name="Table M.2" sheetId="4" r:id="rId4"/>
     <sheet name="Table M.3" sheetId="5" r:id="rId5"/>
     <sheet name="Table M.4" sheetId="6" r:id="rId6"/>
     <sheet name="Table M.5" sheetId="7" r:id="rId7"/>
     <sheet name="Table M.6" sheetId="8" r:id="rId8"/>
     <sheet name="Table M.7" sheetId="9" r:id="rId9"/>
     <sheet name="Table M.8" sheetId="10" r:id="rId10"/>
     <sheet name="Table M.9" sheetId="11" r:id="rId11"/>
     <sheet name="Table M.10" sheetId="12" r:id="rId12"/>
     <sheet name="Table M.11" sheetId="13" r:id="rId13"/>
     <sheet name="Table M.12" sheetId="14" r:id="rId14"/>
     <sheet name="Table M.13" sheetId="15" r:id="rId15"/>
     <sheet name="Table M.14" sheetId="16" r:id="rId16"/>
     <sheet name="Table M.15" sheetId="17" r:id="rId17"/>
     <sheet name="Table M.16" sheetId="18" r:id="rId18"/>
     <sheet name="Table M.17" sheetId="19" r:id="rId19"/>
     <sheet name="Table M.18" sheetId="20" r:id="rId20"/>
     <sheet name="Table M.19" sheetId="21" r:id="rId21"/>
@@ -38305,52 +38305,52 @@
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A6:J6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A7" location="'TableOfContents'!A1" display="Go to: Table of Contents" xr:uid="{4052FD51-8880-4D97-9BAC-3BF878147CBE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -38548,99 +38548,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{627A1250-62B9-454D-9291-77FDCC9F7460}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CF5AD69-26F3-4FCF-BF79-E7DD7EA74EF7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9936D22-CDF7-4F3F-85E4-9A61E4135B5C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E96A3203-BD40-4A5F-AFD1-69E0CF35AD05}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E96A3203-BD40-4A5F-AFD1-69E0CF35AD05}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9936D22-CDF7-4F3F-85E4-9A61E4135B5C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SetDate">
     <vt:lpwstr>2025-10-23T22:47:56Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SiteId">
     <vt:lpwstr>cd778b65-752d-454a-87cf-b9990fe58993</vt:lpwstr>
   </property>