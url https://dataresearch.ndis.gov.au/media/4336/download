--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -629,686 +629,749 @@
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="SIL Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the SILParticipants.csv data file."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3611"/>
         <w:gridCol w:w="2881"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C5BDC" w14:paraId="3AEECF6A" w14:textId="77777777" w:rsidTr="3756F4AF">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2CCC14" w14:textId="685AE402" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00EE225A" w:rsidP="007E7E3E">
+          <w:p w14:paraId="4A2CCC14" w14:textId="685AE402" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00EE225A" w:rsidP="008F7214">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339E07B0" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="007E7E3E">
+          <w:p w14:paraId="339E07B0" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5099BE68" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="007E7E3E">
+          <w:p w14:paraId="5099BE68" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352A82F5" w14:textId="5D48116A" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00F12017" w:rsidP="007E7E3E">
+          <w:p w14:paraId="352A82F5" w14:textId="5D48116A" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00F12017" w:rsidP="008F7214">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC" w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C5BDC" w14:paraId="54203C0B" w14:textId="77777777" w:rsidTr="3756F4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7697EA40" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="7697EA40" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0283CC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="3D0283CC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24870E57" w14:textId="1FE7C0E1" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="24870E57" w14:textId="1FE7C0E1" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates wil</w:t>
             </w:r>
             <w:r w:rsidR="00773006">
               <w:t>l align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1F240D" w14:textId="7661674D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00C42184">
+          <w:p w14:paraId="1D1F240D" w14:textId="7661674D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The data set </w:t>
             </w:r>
             <w:r w:rsidR="008F297E">
               <w:t>contains multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392A2FA9" w14:textId="218515A0" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w:rsidP="00DF1A1C">
+          <w:p w14:paraId="0545967F" w14:textId="6B61AFDB" w:rsidR="008F7214" w:rsidRDefault="008F7214" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun202</w:t>
+              <w:t>30Sep202</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754E34C3" w14:textId="77777777" w:rsidR="00723BD2" w:rsidRDefault="00114397" w:rsidP="00EF1467">
+          <w:p w14:paraId="392A2FA9" w14:textId="218515A0" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31M</w:t>
-[...8 lines deleted...]
-              <w:t>2025</w:t>
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02DE750C" w14:textId="2D9CD96F" w:rsidR="00EF1467" w:rsidRDefault="00EF1467" w:rsidP="00EF1467">
+          <w:p w14:paraId="754E34C3" w14:textId="77777777" w:rsidR="00723BD2" w:rsidRDefault="00114397" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Dec2024</w:t>
+              <w:t>31M</w:t>
+            </w:r>
+            <w:r w:rsidR="00723BD2">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00723BD2">
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51BC99F3" w14:textId="5DD0B9D4" w:rsidR="008937F8" w:rsidRDefault="008937F8" w:rsidP="008937F8">
+          <w:p w14:paraId="02DE750C" w14:textId="2D9CD96F" w:rsidR="00EF1467" w:rsidRDefault="00EF1467" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep2024</w:t>
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EEED8AC" w14:textId="6866D739" w:rsidR="009F51D5" w:rsidRDefault="3022B0D1" w:rsidP="009F51D5">
+          <w:p w14:paraId="51BC99F3" w14:textId="5DD0B9D4" w:rsidR="008937F8" w:rsidRDefault="008937F8" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2024</w:t>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="712FB9D1" w14:textId="356A8C4C" w:rsidR="009F51D5" w:rsidRDefault="009F51D5" w:rsidP="009F51D5">
+          <w:p w14:paraId="0EEED8AC" w14:textId="6866D739" w:rsidR="009F51D5" w:rsidRDefault="3022B0D1" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Mar2024</w:t>
+              <w:t>30Jun2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EB6C13E" w14:textId="3D98DE1C" w:rsidR="00F35FBB" w:rsidRDefault="00114397" w:rsidP="00114397">
+          <w:p w14:paraId="4EB6C13E" w14:textId="3D98DE1C" w:rsidR="00F35FBB" w:rsidRDefault="00114397" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C5BDC" w14:paraId="1D2AE5ED" w14:textId="77777777" w:rsidTr="3756F4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AC47A3" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="73AC47A3" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334529A8" w14:textId="1E3922CA" w:rsidR="008C5BDC" w:rsidRDefault="00B81079" w:rsidP="002B73A7">
+          <w:p w14:paraId="334529A8" w14:textId="1E3922CA" w:rsidR="008C5BDC" w:rsidRDefault="00B81079" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">State/Territory code for the State/Territory </w:t>
             </w:r>
             <w:r w:rsidR="002B73A7">
               <w:t>in which</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the participant </w:t>
             </w:r>
             <w:r w:rsidR="0047498E">
               <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5BEC2B" w14:textId="6DA7232D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00F12017">
+          <w:p w14:paraId="7F5BEC2B" w14:textId="6DA7232D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D62B2" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="2C3D62B2" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A001783" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="4A001783" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0092D60F" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="0092D60F" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C2AAC48" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="1C2AAC48" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C200DCA" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="2C200DCA" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64BDD63C" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="64BDD63C" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D0A7CE" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="61D0A7CE" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CC2707D" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="1CC2707D" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4870744F" w14:textId="6A623F67" w:rsidR="008C5BDC" w:rsidRDefault="00AF501A" w:rsidP="00AF501A">
+          <w:p w14:paraId="4870744F" w14:textId="6A623F67" w:rsidR="008C5BDC" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C5BDC" w14:paraId="5979FDF7" w14:textId="77777777" w:rsidTr="3756F4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C365CE" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="11C365CE" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B7702">
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="102545DD" w14:textId="5CC13E55" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC">
+          <w:p w14:paraId="102545DD" w14:textId="5CC13E55" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Service District</w:t>
             </w:r>
             <w:r w:rsidR="00A41933">
               <w:t xml:space="preserve"> where the participant </w:t>
             </w:r>
             <w:r w:rsidR="0047498E">
               <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F5E157" w14:textId="691ABF65" w:rsidR="008C5BDC" w:rsidRDefault="00262FB4" w:rsidP="008C5BDC">
+          <w:p w14:paraId="00F5E157" w14:textId="691ABF65" w:rsidR="008C5BDC" w:rsidRDefault="00262FB4" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Each S</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t>tate</w:t>
             </w:r>
             <w:r>
               <w:t>/T</w:t>
             </w:r>
             <w:r w:rsidR="00315D7A">
               <w:t>erritory</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t xml:space="preserve"> is divided into service districts in which </w:t>
             </w:r>
             <w:r w:rsidR="0012773F">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t>NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73D286F7" w14:textId="00CA9ED4" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00F12017">
+          <w:p w14:paraId="73D286F7" w14:textId="00CA9ED4" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40321918" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="40321918" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CF9950B" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="5CF9950B" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="6DD7B357" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="6DD7B357" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="07080379" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00C42184">
+          <w:p w14:paraId="07080379" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C5BDC" w14:paraId="4CCE43B0" w14:textId="77777777" w:rsidTr="3756F4AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3810D1BC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="003B7702" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="3810D1BC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="003B7702" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="784AED70" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+          <w:p w14:paraId="784AED70" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Participant Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="227DA30F" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00C42184">
+          <w:p w14:paraId="227DA30F" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Count of participants in each combination of </w:t>
             </w:r>
             <w:r w:rsidR="00CD7862">
               <w:t>filters applied on variables in the same row</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D83E137" w14:textId="47D6703C" w:rsidR="000F016B" w:rsidRDefault="000F016B" w:rsidP="000F016B">
+          <w:p w14:paraId="6D83E137" w14:textId="47D6703C" w:rsidR="000F016B" w:rsidRDefault="000F016B" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="000F016B">
               <w:t xml:space="preserve">Since June 2020 there has been an issue with identifying SIL in plans as they are being completed. For these results, the numbers of SIL participants include an estimate of participants who should be identified as having SIL in their plans but do not appear as such on the Agency’s system </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000F016B">
               <w:t>at</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000F016B">
               <w:t xml:space="preserve"> 31 March 2021.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7763DAD0" w14:textId="16269A16" w:rsidR="008C5BDC" w:rsidRDefault="00CD7862" w:rsidP="00155027">
+          <w:p w14:paraId="7763DAD0" w14:textId="16269A16" w:rsidR="008C5BDC" w:rsidRDefault="00CD7862" w:rsidP="008F7214">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00155027">
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F5DD06F" w14:textId="738519DF" w:rsidR="00F86399" w:rsidRDefault="00265FB3" w:rsidP="00F86399">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63F61B60" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00F86399">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="460C5F73" w14:textId="17159389" w:rsidR="008A344A" w:rsidRDefault="008A344A">
       <w:pPr>
         <w:spacing w:after="200"/>
@@ -1512,81 +1575,81 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6173A">
         <w:t>SrvcDstrctNm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003604A9">
         <w:t xml:space="preserve"> = “Brisbane</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5F2EBE" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC"/>
     <w:p w14:paraId="0641D0B2" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="002D0179">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="14" w:name="_Toc203656915"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="25EFFE74" w14:textId="0604FC40" w:rsidR="008C5BDC" w:rsidRPr="00F4697D" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w14:paraId="25EFFE74" w14:textId="7863BBA6" w:rsidR="008C5BDC" w:rsidRPr="00F4697D" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF1A1C">
+      <w:r w:rsidR="008F7214">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00114397">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A3EBD2" w14:textId="213DF638" w:rsidR="002679FC" w:rsidRDefault="008C5BDC" w:rsidP="0329BB10">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -2856,77 +2919,79 @@
     <w:rsid w:val="002E6158"/>
     <w:rsid w:val="00305BBD"/>
     <w:rsid w:val="0031368B"/>
     <w:rsid w:val="00315D7A"/>
     <w:rsid w:val="003604A9"/>
     <w:rsid w:val="003A5A75"/>
     <w:rsid w:val="003A5C65"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E4D1E"/>
     <w:rsid w:val="003F7937"/>
     <w:rsid w:val="00422DEB"/>
     <w:rsid w:val="0046098C"/>
     <w:rsid w:val="0047498E"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004B68E4"/>
     <w:rsid w:val="004D2FD6"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004D613D"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00526394"/>
     <w:rsid w:val="005A711F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="0062087D"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006A5959"/>
     <w:rsid w:val="006B2C45"/>
     <w:rsid w:val="006B5BAB"/>
     <w:rsid w:val="007035B7"/>
     <w:rsid w:val="007122A7"/>
     <w:rsid w:val="00723BD2"/>
     <w:rsid w:val="00761EE9"/>
     <w:rsid w:val="00773006"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B6481"/>
     <w:rsid w:val="007E2E06"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="00814D43"/>
     <w:rsid w:val="00826805"/>
     <w:rsid w:val="008703B0"/>
     <w:rsid w:val="00892548"/>
     <w:rsid w:val="008937F8"/>
     <w:rsid w:val="008A344A"/>
     <w:rsid w:val="008C1AA5"/>
     <w:rsid w:val="008C5BDC"/>
     <w:rsid w:val="008E5896"/>
     <w:rsid w:val="008F297E"/>
+    <w:rsid w:val="008F7214"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00971A29"/>
     <w:rsid w:val="009729A4"/>
     <w:rsid w:val="009912E3"/>
     <w:rsid w:val="009F51D5"/>
     <w:rsid w:val="00A059F0"/>
     <w:rsid w:val="00A41933"/>
     <w:rsid w:val="00A82C44"/>
     <w:rsid w:val="00AE4984"/>
     <w:rsid w:val="00AF501A"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B81079"/>
     <w:rsid w:val="00B858F2"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C42184"/>
     <w:rsid w:val="00C4248F"/>
     <w:rsid w:val="00C67CC0"/>
     <w:rsid w:val="00CD7862"/>
     <w:rsid w:val="00D3550B"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DF1A1C"/>
     <w:rsid w:val="00E1512C"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E362A3"/>
@@ -4610,67 +4675,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4867,105 +4926,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DC8D34A-6B9F-4F8C-9CCA-B5C76F216ACE}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16112DF4-74F8-4D0A-A36C-C252666F0E28}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>385</Words>
-  <Characters>2198</Characters>
+  <Words>383</Words>
+  <Characters>2187</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2578</CharactersWithSpaces>
+  <CharactersWithSpaces>2565</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>