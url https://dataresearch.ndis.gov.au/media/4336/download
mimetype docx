--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -12,162 +12,165 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="586AB2AB" w14:textId="46273003" w:rsidR="008C5BDC" w:rsidRPr="00BF78F9" w:rsidRDefault="008C5BDC" w:rsidP="007E2E06">
+    <w:p w:rsidRPr="00BF78F9" w:rsidR="008C5BDC" w:rsidP="007E2E06" w:rsidRDefault="008C5BDC" w14:paraId="586AB2AB" w14:textId="46273003">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc13735148"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc203656910"/>
+      <w:bookmarkStart w:name="_Toc13735148" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc13813425" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc203656910" w:id="2"/>
       <w:r w:rsidRPr="00BF78F9">
         <w:t xml:space="preserve">Supported Independent Living (SIL) participants </w:t>
       </w:r>
       <w:r w:rsidR="00F86399">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="003F7937">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF78F9">
         <w:t>rul</w:t>
       </w:r>
       <w:r w:rsidR="00D3550B">
         <w:t>es</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:id w:val="-1800595364"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="111D0F5A" w14:textId="77777777" w:rsidR="0004213F" w:rsidRDefault="008C5BDC">
+        <w:p w:rsidR="0004213F" w:rsidRDefault="008C5BDC" w14:paraId="111D0F5A" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008C5BDC">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="00C79708" w14:textId="23D271ED" w:rsidR="00DF1A1C" w:rsidRDefault="00EE225A">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00EE225A" w14:paraId="00C79708" w14:textId="23D271ED">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc203656910" w:history="1">
-            <w:r w:rsidR="00DF1A1C" w:rsidRPr="00CB3BA3">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656910">
+            <w:r w:rsidRPr="00CB3BA3" w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supported Independent Living (SIL) participants - data rules</w:t>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -180,67 +183,67 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00DF1A1C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="03F9BF23" w14:textId="617D977B" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w14:paraId="03F9BF23" w14:textId="617D977B">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656911" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656911">
             <w:r w:rsidRPr="00CB3BA3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SIL possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -254,67 +257,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F266228" w14:textId="348108E2" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w14:paraId="1F266228" w14:textId="348108E2">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656912" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656912">
             <w:r w:rsidRPr="00CB3BA3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -328,67 +331,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E905F99" w14:textId="70CD21F1" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w14:paraId="1E905F99" w14:textId="70CD21F1">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656913" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656913">
             <w:r w:rsidRPr="00CB3BA3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 1: Count of participants in NSW as at the end of a quarter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -402,67 +405,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23B03A93" w14:textId="778E8987" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w14:paraId="23B03A93" w14:textId="778E8987">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656914" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656914">
             <w:r w:rsidRPr="00CB3BA3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 2: Count of participants in Brisbane service district as at the end of a quarter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -476,67 +479,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3AC3EE42" w14:textId="36BC5B6D" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C">
+        <w:p w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w14:paraId="3AC3EE42" w14:textId="36BC5B6D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656915" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656915">
             <w:r w:rsidRPr="00CB3BA3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -550,1169 +553,1186 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="195AB1F1" w14:textId="09983BCD" w:rsidR="008C5BDC" w:rsidRDefault="00EE225A" w:rsidP="008C5BDC">
+        <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="00EE225A" w14:paraId="195AB1F1" w14:textId="09983BCD">
           <w:r>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="64F723FD" w14:textId="3CBB8128" w:rsidR="008C5BDC" w:rsidRPr="00BF78F9" w:rsidRDefault="00E36E80" w:rsidP="002D0179">
+    <w:p w:rsidRPr="00BF78F9" w:rsidR="008C5BDC" w:rsidP="002D0179" w:rsidRDefault="00E36E80" w14:paraId="64F723FD" w14:textId="3CBB8128">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc203656911"/>
+      <w:bookmarkStart w:name="_Toc203656911" w:id="3"/>
       <w:r>
         <w:t>SIL p</w:t>
       </w:r>
       <w:r w:rsidR="00215D62">
         <w:t>ossible values and r</w:t>
       </w:r>
-      <w:r w:rsidR="008C5BDC" w:rsidRPr="00BF78F9">
+      <w:r w:rsidRPr="00BF78F9" w:rsidR="008C5BDC">
         <w:t>ules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="782C92A6" w14:textId="49C08463" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc13727743"/>
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="782C92A6" w14:textId="49C08463">
+      <w:bookmarkStart w:name="_Toc13727629" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc13727743" w:id="5"/>
       <w:r w:rsidRPr="00BD55F6">
         <w:t>The table below</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> outlines the possible values and rules in the </w:t>
       </w:r>
-      <w:r w:rsidR="00C67CC0" w:rsidRPr="00C67CC0">
+      <w:r w:rsidRPr="00C67CC0" w:rsidR="00C67CC0">
         <w:t>SILParticipants</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C67CC0">
         <w:t>csv</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> data file</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF78F9">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="SIL Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the SILParticipants.csv data file."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3611"/>
         <w:gridCol w:w="2881"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C5BDC" w14:paraId="3AEECF6A" w14:textId="77777777" w:rsidTr="3756F4AF">
+      <w:tr w:rsidR="008C5BDC" w:rsidTr="3756F4AF" w14:paraId="3AEECF6A" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2CCC14" w14:textId="685AE402" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00EE225A" w:rsidP="008F7214">
+          <w:p w:rsidRPr="00EE225A" w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00EE225A" w14:paraId="4A2CCC14" w14:textId="685AE402">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="339E07B0" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidRPr="00EE225A" w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="339E07B0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5099BE68" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidRPr="00EE225A" w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="5099BE68" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352A82F5" w14:textId="5D48116A" w:rsidR="008C5BDC" w:rsidRPr="00EE225A" w:rsidRDefault="00F12017" w:rsidP="008F7214">
+          <w:p w:rsidRPr="00EE225A" w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00F12017" w14:paraId="352A82F5" w14:textId="5D48116A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidR="008C5BDC" w:rsidRPr="00EE225A">
+            <w:r w:rsidRPr="00EE225A" w:rsidR="008C5BDC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5BDC" w14:paraId="54203C0B" w14:textId="77777777" w:rsidTr="3756F4AF">
+      <w:tr w:rsidR="008C5BDC" w:rsidTr="3756F4AF" w14:paraId="54203C0B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7697EA40" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="7697EA40" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0283CC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="3D0283CC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24870E57" w14:textId="1FE7C0E1" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="24870E57" w14:textId="1FE7C0E1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates wil</w:t>
             </w:r>
             <w:r w:rsidR="00773006">
               <w:t>l align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D1F240D" w14:textId="7661674D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="1D1F240D" w14:textId="7661674D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The data set </w:t>
             </w:r>
             <w:r w:rsidR="008F297E">
               <w:t>contains multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0545967F" w14:textId="6B61AFDB" w:rsidR="008F7214" w:rsidRDefault="008F7214" w:rsidP="008F7214">
+          <w:p w:rsidR="00D46311" w:rsidP="00D46311" w:rsidRDefault="00D46311" w14:paraId="48BC276C" w14:textId="7A271278">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep202</w:t>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="392A2FA9" w14:textId="218515A0" w:rsidR="00DF1A1C" w:rsidRDefault="00DF1A1C" w:rsidP="008F7214">
+          <w:p w:rsidR="008F7214" w:rsidP="008F7214" w:rsidRDefault="008F7214" w14:paraId="0545967F" w14:textId="6B61AFDB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2025</w:t>
+              <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754E34C3" w14:textId="77777777" w:rsidR="00723BD2" w:rsidRDefault="00114397" w:rsidP="008F7214">
+          <w:p w:rsidR="00DF1A1C" w:rsidP="008F7214" w:rsidRDefault="00DF1A1C" w14:paraId="392A2FA9" w14:textId="218515A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31M</w:t>
-[...8 lines deleted...]
-              <w:t>2025</w:t>
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02DE750C" w14:textId="2D9CD96F" w:rsidR="00EF1467" w:rsidRDefault="00EF1467" w:rsidP="008F7214">
+          <w:p w:rsidR="00723BD2" w:rsidP="008F7214" w:rsidRDefault="00114397" w14:paraId="754E34C3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Dec2024</w:t>
+              <w:t>31M</w:t>
+            </w:r>
+            <w:r w:rsidR="00723BD2">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00723BD2">
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51BC99F3" w14:textId="5DD0B9D4" w:rsidR="008937F8" w:rsidRDefault="008937F8" w:rsidP="008F7214">
+          <w:p w:rsidR="00EF1467" w:rsidP="008F7214" w:rsidRDefault="00EF1467" w14:paraId="02DE750C" w14:textId="2D9CD96F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep2024</w:t>
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EEED8AC" w14:textId="6866D739" w:rsidR="009F51D5" w:rsidRDefault="3022B0D1" w:rsidP="008F7214">
+          <w:p w:rsidR="008937F8" w:rsidP="008F7214" w:rsidRDefault="008937F8" w14:paraId="51BC99F3" w14:textId="5DD0B9D4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2024</w:t>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EB6C13E" w14:textId="3D98DE1C" w:rsidR="00F35FBB" w:rsidRDefault="00114397" w:rsidP="008F7214">
+          <w:p w:rsidR="009F51D5" w:rsidP="008F7214" w:rsidRDefault="3022B0D1" w14:paraId="0EEED8AC" w14:textId="6866D739">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:t>30Jun2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35FBB" w:rsidP="008F7214" w:rsidRDefault="00114397" w14:paraId="4EB6C13E" w14:textId="3D98DE1C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5BDC" w14:paraId="1D2AE5ED" w14:textId="77777777" w:rsidTr="3756F4AF">
+      <w:tr w:rsidR="008C5BDC" w:rsidTr="3756F4AF" w14:paraId="1D2AE5ED" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AC47A3" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="73AC47A3" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334529A8" w14:textId="1E3922CA" w:rsidR="008C5BDC" w:rsidRDefault="00B81079" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00B81079" w14:paraId="334529A8" w14:textId="1E3922CA">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">State/Territory code for the State/Territory </w:t>
             </w:r>
             <w:r w:rsidR="002B73A7">
               <w:t>in which</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the participant </w:t>
             </w:r>
             <w:r w:rsidR="0047498E">
               <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F5BEC2B" w14:textId="6DA7232D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="7F5BEC2B" w14:textId="6DA7232D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3D62B2" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="2C3D62B2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A001783" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="4A001783" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0092D60F" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="0092D60F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C2AAC48" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="1C2AAC48" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C200DCA" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="2C200DCA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64BDD63C" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="64BDD63C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D0A7CE" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="61D0A7CE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CC2707D" w14:textId="77777777" w:rsidR="00AF501A" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="00AF501A" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="1CC2707D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4870744F" w14:textId="6A623F67" w:rsidR="008C5BDC" w:rsidRDefault="00AF501A" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00AF501A" w14:paraId="4870744F" w14:textId="6A623F67">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5BDC" w14:paraId="5979FDF7" w14:textId="77777777" w:rsidTr="3756F4AF">
+      <w:tr w:rsidR="008C5BDC" w:rsidTr="3756F4AF" w14:paraId="5979FDF7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C365CE" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="11C365CE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B7702">
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="102545DD" w14:textId="5CC13E55" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="102545DD" w14:textId="5CC13E55">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Service District</w:t>
             </w:r>
             <w:r w:rsidR="00A41933">
               <w:t xml:space="preserve"> where the participant </w:t>
             </w:r>
             <w:r w:rsidR="0047498E">
               <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F5E157" w14:textId="691ABF65" w:rsidR="008C5BDC" w:rsidRDefault="00262FB4" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00262FB4" w14:paraId="00F5E157" w14:textId="691ABF65">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Each S</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t>tate</w:t>
             </w:r>
             <w:r>
               <w:t>/T</w:t>
             </w:r>
             <w:r w:rsidR="00315D7A">
               <w:t>erritory</w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t xml:space="preserve"> is divided into service districts in which </w:t>
             </w:r>
             <w:r w:rsidR="0012773F">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="008C5BDC">
               <w:t>NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73D286F7" w14:textId="00CA9ED4" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="73D286F7" w14:textId="00CA9ED4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40321918" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="40321918" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CF9950B" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="5CF9950B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="6DD7B357" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="6DD7B357" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="07080379" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="07080379" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5BDC" w14:paraId="4CCE43B0" w14:textId="77777777" w:rsidTr="3756F4AF">
+      <w:tr w:rsidR="008C5BDC" w:rsidTr="3756F4AF" w14:paraId="4CCE43B0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3810D1BC" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="003B7702" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidRPr="003B7702" w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="3810D1BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="784AED70" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="784AED70" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Participant Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="227DA30F" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="008C5BDC" w14:paraId="227DA30F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Count of participants in each combination of </w:t>
             </w:r>
             <w:r w:rsidR="00CD7862">
               <w:t>filters applied on variables in the same row</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D83E137" w14:textId="47D6703C" w:rsidR="000F016B" w:rsidRDefault="000F016B" w:rsidP="008F7214">
+          <w:p w:rsidR="000F016B" w:rsidP="008F7214" w:rsidRDefault="000F016B" w14:paraId="6D83E137" w14:textId="47D6703C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="000F016B">
               <w:t xml:space="preserve">Since June 2020 there has been an issue with identifying SIL in plans as they are being completed. For these results, the numbers of SIL participants include an estimate of participants who should be identified as having SIL in their plans but do not appear as such on the Agency’s system </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000F016B">
               <w:t>at</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000F016B">
               <w:t xml:space="preserve"> 31 March 2021.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7763DAD0" w14:textId="16269A16" w:rsidR="008C5BDC" w:rsidRDefault="00CD7862" w:rsidP="008F7214">
+          <w:p w:rsidR="008C5BDC" w:rsidP="008F7214" w:rsidRDefault="00CD7862" w14:paraId="7763DAD0" w14:textId="16269A16">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00155027">
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F5DD06F" w14:textId="738519DF" w:rsidR="00F86399" w:rsidRDefault="00265FB3" w:rsidP="00F86399">
+    <w:p w:rsidR="00F86399" w:rsidP="00F86399" w:rsidRDefault="00265FB3" w14:paraId="1F5DD06F" w14:textId="738519DF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F61B60" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRPr="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="00F86399">
+    <w:p w:rsidRPr="008C5BDC" w:rsidR="008C5BDC" w:rsidP="00F86399" w:rsidRDefault="008C5BDC" w14:paraId="63F61B60" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="460C5F73" w14:textId="17159389" w:rsidR="008A344A" w:rsidRDefault="008A344A">
+    <w:p w:rsidR="008A344A" w:rsidRDefault="008A344A" w14:paraId="460C5F73" w14:textId="17159389">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="564E7886" w14:textId="4BC3C471" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="002D0179">
+    <w:p w:rsidR="008C5BDC" w:rsidP="002D0179" w:rsidRDefault="008C5BDC" w14:paraId="564E7886" w14:textId="4BC3C471">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc203656912"/>
+      <w:bookmarkStart w:name="_Toc203656912" w:id="6"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4D93E8A7" w14:textId="759D4025" w:rsidR="00EB6EC6" w:rsidRPr="00EB6EC6" w:rsidRDefault="00EB6EC6" w:rsidP="00EB6EC6">
+    <w:p w:rsidRPr="00EB6EC6" w:rsidR="00EB6EC6" w:rsidP="00EB6EC6" w:rsidRDefault="00EB6EC6" w14:paraId="4D93E8A7" w14:textId="759D4025">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB6EC6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Below are two examples of how to use the data</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F09E4D0" w14:textId="77777777" w:rsidR="00EB6EC6" w:rsidRPr="00EB6EC6" w:rsidRDefault="00EB6EC6" w:rsidP="00EB6EC6">
+    <w:p w:rsidRPr="00EB6EC6" w:rsidR="00EB6EC6" w:rsidP="00EB6EC6" w:rsidRDefault="00EB6EC6" w14:paraId="2F09E4D0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1782013F" w14:textId="4E6C02F0" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="002D0179">
+    <w:p w:rsidR="008C5BDC" w:rsidP="002D0179" w:rsidRDefault="008C5BDC" w14:paraId="1782013F" w14:textId="4E6C02F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc20304757"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Toc203656913"/>
+      <w:bookmarkStart w:name="_Toc20304757" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc25911558" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc203656913" w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: Count of participants in </w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t>NSW</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as at </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00114397" w:rsidRPr="00114397">
+      <w:r w:rsidRPr="00114397" w:rsidR="00114397">
         <w:t>the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="71767A77" w14:textId="40E8B95D" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="71767A77" w14:textId="40E8B95D">
       <w:r>
         <w:t xml:space="preserve">To get the number of participants in </w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t>NSW</w:t>
       </w:r>
       <w:r w:rsidR="00CD7862">
         <w:t xml:space="preserve"> as at </w:t>
       </w:r>
       <w:r w:rsidR="00E362A3">
         <w:t>the end of a quarter</w:t>
       </w:r>
       <w:r w:rsidR="0012773F">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the data:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69452A5A" w14:textId="56E761F6" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="69452A5A" w14:textId="56E761F6">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00114397" w:rsidRPr="00114397">
+      <w:r w:rsidRPr="00114397" w:rsidR="00114397">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003604A9">
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003604A9">
         <w:t>=NSW</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D76BA1B" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC"/>
-    <w:p w14:paraId="6ECE5780" w14:textId="07F50A48" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="002D0179">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="1D76BA1B" w14:textId="77777777"/>
+    <w:p w:rsidR="008C5BDC" w:rsidP="002D0179" w:rsidRDefault="008C5BDC" w14:paraId="6ECE5780" w14:textId="07F50A48">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc20304758"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc203656914"/>
+      <w:bookmarkStart w:name="_Toc20304758" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc25911559" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc203656914" w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: Count of participants in </w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t>Brisbane</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> service district as at </w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00114397" w:rsidRPr="00114397">
+      <w:r w:rsidRPr="00114397" w:rsidR="00114397">
         <w:t>the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="7CFFC474" w14:textId="406B161B" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="7CFFC474" w14:textId="406B161B">
       <w:r>
         <w:t>To get the count</w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t xml:space="preserve"> of participants in Brisbane</w:t>
       </w:r>
       <w:r w:rsidR="00CD7862">
         <w:t xml:space="preserve"> as at </w:t>
       </w:r>
       <w:r w:rsidR="00E362A3">
         <w:t>the end of a quarter</w:t>
       </w:r>
       <w:r>
         <w:t>, apply the following filters</w:t>
       </w:r>
       <w:r w:rsidR="0012773F">
         <w:t xml:space="preserve"> to the data</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6B0323" w14:textId="7C8E9B83" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="3A6B0323" w14:textId="7C8E9B83">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00114397" w:rsidRPr="00114397">
+      <w:r w:rsidRPr="00114397" w:rsidR="00114397">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarter end date</w:t>
       </w:r>
       <w:r w:rsidR="003604A9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C6173A">
         <w:t>SrvcDstrctNm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003604A9">
         <w:t xml:space="preserve"> = “Brisbane</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5F2EBE" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC"/>
-    <w:p w14:paraId="0641D0B2" w14:textId="77777777" w:rsidR="008C5BDC" w:rsidRDefault="008C5BDC" w:rsidP="002D0179">
+    <w:p w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="3D5F2EBE" w14:textId="77777777"/>
+    <w:p w:rsidR="008C5BDC" w:rsidP="002D0179" w:rsidRDefault="008C5BDC" w14:paraId="0641D0B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc13748873"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc203656915"/>
+      <w:bookmarkStart w:name="_Toc13748873" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc203656915" w:id="14"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="25EFFE74" w14:textId="7863BBA6" w:rsidR="008C5BDC" w:rsidRPr="00F4697D" w:rsidRDefault="008C5BDC" w:rsidP="008C5BDC">
+    <w:p w:rsidRPr="00F4697D" w:rsidR="008C5BDC" w:rsidP="008C5BDC" w:rsidRDefault="008C5BDC" w14:paraId="25EFFE74" w14:textId="6FE6ED23">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008F7214">
+      <w:r w:rsidR="00D46311">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00114397">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A3EBD2" w14:textId="213DF638" w:rsidR="002679FC" w:rsidRDefault="008C5BDC" w:rsidP="0329BB10">
+    <w:p w:rsidR="002679FC" w:rsidP="0329BB10" w:rsidRDefault="008C5BDC" w14:paraId="20A3EBD2" w14:textId="213DF638">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId11">
         <w:r w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F096A8F" w14:textId="77777777" w:rsidR="002D170B" w:rsidRPr="002D170B" w:rsidRDefault="002D170B" w:rsidP="002D170B"/>
-    <w:sectPr w:rsidR="002D170B" w:rsidRPr="002D170B" w:rsidSect="00F652B7">
+    <w:p w:rsidRPr="002D170B" w:rsidR="002D170B" w:rsidP="002D170B" w:rsidRDefault="002D170B" w14:paraId="3F096A8F" w14:textId="77777777"/>
+    <w:sectPr w:rsidRPr="002D170B" w:rsidR="002D170B" w:rsidSect="00F652B7">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="567F8973" w14:textId="77777777" w:rsidR="004D2FD6" w:rsidRDefault="004D2FD6" w:rsidP="002679FC">
+    <w:p w:rsidR="004D2FD6" w:rsidP="002679FC" w:rsidRDefault="004D2FD6" w14:paraId="567F8973" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="348EDB8C" w14:textId="77777777" w:rsidR="004D2FD6" w:rsidRDefault="004D2FD6" w:rsidP="002679FC">
+    <w:p w:rsidR="004D2FD6" w:rsidP="002679FC" w:rsidRDefault="004D2FD6" w14:paraId="348EDB8C" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1740,70 +1760,70 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="667CB0DB" w14:textId="17BBF68D" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="003C3D27" w:rsidP="00E91BE3">
+  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00E91BE3" w:rsidRDefault="003C3D27" w14:paraId="667CB0DB" w14:textId="17BBF68D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="667CB0E0" w14:textId="4A022E31" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="003C3D27" w:rsidP="00814D43">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00814D43" w:rsidRDefault="003C3D27" w14:paraId="667CB0E0" w14:textId="4A022E31">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="10065"/>
       </w:tabs>
       <w:ind w:left="720"/>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74DCF178" wp14:editId="05345FE7">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="7" name="Picture 7" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -1879,87 +1899,87 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007B6481">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D27BA4E" w14:textId="77777777" w:rsidR="004D2FD6" w:rsidRDefault="004D2FD6" w:rsidP="002679FC">
+    <w:p w:rsidR="004D2FD6" w:rsidP="002679FC" w:rsidRDefault="004D2FD6" w14:paraId="6D27BA4E" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A5DC9A8" w14:textId="77777777" w:rsidR="004D2FD6" w:rsidRDefault="004D2FD6" w:rsidP="002679FC">
+    <w:p w:rsidR="004D2FD6" w:rsidP="002679FC" w:rsidRDefault="004D2FD6" w14:paraId="6A5DC9A8" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="667CB0DA" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="667CB0DA" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="667CB0DE" w14:textId="3FDEC797" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="00FC03E5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00FC03E5" w:rsidRDefault="004D5F80" w14:paraId="667CB0DE" w14:textId="3FDEC797">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="720"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27062162" wp14:editId="7D01543C">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency colours of purple, white and green. It is the most commonly used of the agency logos. " title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
@@ -1978,955 +1998,957 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="667CB0DF" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="667CB0DF" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C88452E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="975AF4DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F3C80E6"/>
     <w:lvl w:ilvl="0" w:tplc="747C2856">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AB8C160"/>
     <w:lvl w:ilvl="0" w:tplc="2228D802">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65FAA62E"/>
     <w:lvl w:ilvl="0" w:tplc="DEF88A76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6150A5C8"/>
     <w:lvl w:ilvl="0" w:tplc="83C82DDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D5E0A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B100EACA"/>
     <w:lvl w:ilvl="0" w:tplc="0CB003CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1400325259">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="574821647">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1783527898">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="35394937">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="68891576">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="645816804">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1188249739">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="0004213F"/>
     <w:rsid w:val="00093ABD"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000F016B"/>
     <w:rsid w:val="00114397"/>
     <w:rsid w:val="0012773F"/>
     <w:rsid w:val="00155027"/>
     <w:rsid w:val="00195B7D"/>
     <w:rsid w:val="001A3A6B"/>
     <w:rsid w:val="001A5884"/>
+    <w:rsid w:val="001D0A65"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="00215D62"/>
     <w:rsid w:val="0022465C"/>
     <w:rsid w:val="002315AB"/>
     <w:rsid w:val="00262FB4"/>
     <w:rsid w:val="002654A7"/>
     <w:rsid w:val="00265FB3"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002B73A7"/>
     <w:rsid w:val="002D0179"/>
     <w:rsid w:val="002D170B"/>
     <w:rsid w:val="002E6158"/>
     <w:rsid w:val="00305BBD"/>
     <w:rsid w:val="0031368B"/>
     <w:rsid w:val="00315D7A"/>
     <w:rsid w:val="003604A9"/>
     <w:rsid w:val="003A5A75"/>
     <w:rsid w:val="003A5C65"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E4D1E"/>
     <w:rsid w:val="003F7937"/>
     <w:rsid w:val="00422DEB"/>
@@ -2968,189 +2990,191 @@
     <w:rsid w:val="008C1AA5"/>
     <w:rsid w:val="008C5BDC"/>
     <w:rsid w:val="008E5896"/>
     <w:rsid w:val="008F297E"/>
     <w:rsid w:val="008F7214"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00971A29"/>
     <w:rsid w:val="009729A4"/>
     <w:rsid w:val="009912E3"/>
     <w:rsid w:val="009F51D5"/>
     <w:rsid w:val="00A059F0"/>
     <w:rsid w:val="00A41933"/>
     <w:rsid w:val="00A82C44"/>
     <w:rsid w:val="00AE4984"/>
     <w:rsid w:val="00AF501A"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B81079"/>
     <w:rsid w:val="00B858F2"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C42184"/>
     <w:rsid w:val="00C4248F"/>
     <w:rsid w:val="00C67CC0"/>
     <w:rsid w:val="00CD7862"/>
     <w:rsid w:val="00D3550B"/>
+    <w:rsid w:val="00D46311"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DF1A1C"/>
     <w:rsid w:val="00E1512C"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E362A3"/>
     <w:rsid w:val="00E36E80"/>
     <w:rsid w:val="00E91BE3"/>
     <w:rsid w:val="00E95E03"/>
     <w:rsid w:val="00EB6EC6"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00EE225A"/>
     <w:rsid w:val="00EF1467"/>
     <w:rsid w:val="00F12017"/>
     <w:rsid w:val="00F14E37"/>
     <w:rsid w:val="00F24DE9"/>
     <w:rsid w:val="00F35FBB"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F652B7"/>
     <w:rsid w:val="00F86399"/>
     <w:rsid w:val="00FA4AC2"/>
     <w:rsid w:val="00FC03E5"/>
     <w:rsid w:val="00FE3701"/>
     <w:rsid w:val="00FF171A"/>
     <w:rsid w:val="0329BB10"/>
     <w:rsid w:val="3022B0D1"/>
     <w:rsid w:val="3756F4AF"/>
+    <w:rsid w:val="58AD36C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="667CB0C6"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3306,52 +3330,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3418,51 +3442,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -3612,383 +3636,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -4016,128 +4040,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE225A"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -4174,132 +4198,132 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C5BDC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008C5BDC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F24DE9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004213F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004213F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0004213F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004213F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0004213F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="551229263">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -4361,52 +4385,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1974407343">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -4675,61 +4698,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4927,120 +4945,118 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16112DF4-74F8-4D0A-A36C-C252666F0E28}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DC8D34A-6B9F-4F8C-9CCA-B5C76F216ACE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96905C8A-24EA-4F2D-95D5-5DA5B235A2CA}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16112DF4-74F8-4D0A-A36C-C252666F0E28}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>FaHCSIA</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">