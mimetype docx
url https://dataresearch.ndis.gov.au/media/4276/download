--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -17,51 +17,51 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7CCC9001" w14:textId="66F4DDDE" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="0068449F" w:rsidP="00A4174F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc20306782"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc25913652"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc213057164"/>
       <w:r>
         <w:t>Longitudinal outcome</w:t>
       </w:r>
       <w:r w:rsidR="0063106C">
         <w:t xml:space="preserve"> indicator</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F75D45">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00612183">
         <w:t>data rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00612183">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
@@ -80,747 +80,945 @@
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="0F89AF2E" w14:textId="77777777" w:rsidR="00D479A8" w:rsidRPr="000E6934" w:rsidRDefault="00FA6BAB">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E6934">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="20FF3B67" w14:textId="39693FF8" w:rsidR="007A7C52" w:rsidRDefault="00A4174F">
+        <w:p w14:paraId="25271ABE" w14:textId="2BA9823E" w:rsidR="0028246F" w:rsidRDefault="00A4174F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc25913652" w:history="1">
-            <w:r w:rsidR="007A7C52" w:rsidRPr="00897524">
+          <w:hyperlink w:anchor="_Toc213057164" w:history="1">
+            <w:r w:rsidR="0028246F" w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Longitudinal outcome indicators - data rules</w:t>
             </w:r>
-            <w:r w:rsidR="007A7C52">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="007A7C52">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="007A7C52">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc25913652 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A7C52">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057164 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="007A7C52">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00454C60">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="007A7C52">
+            <w:r w:rsidR="0028246F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A96A6CC" w14:textId="3960A41C" w:rsidR="007A7C52" w:rsidRDefault="007A7C52">
+        <w:p w14:paraId="6839AB16" w14:textId="22087B94" w:rsidR="0028246F" w:rsidRDefault="0028246F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc25913653" w:history="1">
-            <w:r w:rsidRPr="00897524">
+          <w:hyperlink w:anchor="_Toc213057165" w:history="1">
+            <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Longitudinal outcome indicators possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc25913653 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057165 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00454C60">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0089CBC9" w14:textId="5AC91E13" w:rsidR="007A7C52" w:rsidRDefault="007A7C52">
+        <w:p w14:paraId="07655073" w14:textId="663A79B3" w:rsidR="0028246F" w:rsidRDefault="0028246F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc25913654" w:history="1">
-            <w:r w:rsidRPr="00897524">
+          <w:hyperlink w:anchor="_Toc213057166" w:history="1">
+            <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc25913654 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057166 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00454C60">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18A5BAF6" w14:textId="70DE3A4D" w:rsidR="007A7C52" w:rsidRDefault="007A7C52">
+        <w:p w14:paraId="54CBFD01" w14:textId="15F849CF" w:rsidR="0028246F" w:rsidRDefault="0028246F">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213057167" w:history="1">
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Example 1: For the group of participants aged 15 to 24 who responded at both baseline and reassessment 3: the percentage who have a paid job at baseline, reassessment 1, reassessment 2 and reassessment 3, for each State/Territory, as at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>30 September</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057167 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="30B5F62B" w14:textId="7F1A45E4" w:rsidR="0028246F" w:rsidRDefault="0028246F">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc213057168" w:history="1">
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve">Example 2: For families/carers of participants aged 0 to 14 who live in VIC, where the same person answered at both baseline and subsequent reassessments: the results for all longitudinal indicators, as at </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>30 September</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057168 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4FB18B30" w14:textId="277FCC84" w:rsidR="0028246F" w:rsidRDefault="0028246F">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="zh-CN"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc25913657" w:history="1">
-            <w:r w:rsidRPr="00897524">
+          <w:hyperlink w:anchor="_Toc213057169" w:history="1">
+            <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc25913657 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc213057169 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00454C60">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2BE82C7C" w14:textId="566FFB0E" w:rsidR="007B0265" w:rsidRDefault="00A4174F" w:rsidP="007B0265">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="20"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="04FF53D0" w14:textId="0D138E81" w:rsidR="00FA6BAB" w:rsidRDefault="0068449F" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc25913653"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc213057165"/>
       <w:r>
         <w:t>Longitudinal outcome</w:t>
       </w:r>
       <w:r w:rsidR="00AE0833">
         <w:t xml:space="preserve"> indicator</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="2861DC04" w14:textId="777D053D" w:rsidR="00AE0833" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
+    <w:p w14:paraId="2861DC04" w14:textId="34032A6C" w:rsidR="00AE0833" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
       <w:r w:rsidR="00435BB1" w:rsidRPr="00435BB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5960">
+      <w:r w:rsidR="00D527CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00435BB1" w:rsidRPr="00435BB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> PB Longitudinal Outcome Indicators CSV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.csv data file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1690"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1672"/>
+        <w:gridCol w:w="1719"/>
+        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="2299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009726EF" w14:paraId="275C256F" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="275C256F" w14:textId="77777777" w:rsidTr="00F06416">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFE00B5" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A6DF745" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77B3F1E6" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D53EA9B" w14:textId="55B2F0FB" w:rsidR="009726EF" w:rsidRPr="009465EB" w:rsidRDefault="00AA4084" w:rsidP="00424F18">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="009726EF" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="756EB4DC" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="756EB4DC" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1514E719" w14:textId="1CE0A7B6" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="00391962" w:rsidP="00424F18">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DF26067" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00C758BF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="366943B5" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F574CFE" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="7F574CFE" w14:textId="0697656D" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data is valid as at this date</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA30B5">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D74493" w14:textId="67D895C6" w:rsidR="009726EF" w:rsidRPr="00391962" w:rsidRDefault="00846649" w:rsidP="00424F18">
+          <w:p w14:paraId="78D74493" w14:textId="787F4DC5" w:rsidR="009726EF" w:rsidRPr="00391962" w:rsidRDefault="00846649" w:rsidP="00424F18">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00AD5960">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AD5960">
+            <w:r w:rsidR="00D527CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>June</w:t>
+              <w:t>September</w:t>
             </w:r>
             <w:r w:rsidR="008F0F6F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003D1A2F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="001809A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="2EA60F59" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="2EA60F59" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="331D46B2" w14:textId="25080CF9" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>State</w:t>
             </w:r>
             <w:r w:rsidR="00391962">
               <w:t>Cd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="052DEE5D" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>State or Territory the participant resides in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E1E1524" w14:textId="06851E53" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>One of the eight State</w:t>
             </w:r>
             <w:r w:rsidR="00D007AA">
               <w:t xml:space="preserve">s/ Territories in which the NDIA </w:t>
             </w:r>
             <w:r>
               <w:t>operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731DD81F" w14:textId="4397CB32" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="731DD81F" w14:textId="0661B6F9" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">“ALL” denotes all States/ Territories </w:t>
             </w:r>
             <w:r w:rsidR="00D007AA">
               <w:t>in which the NDIA</w:t>
             </w:r>
             <w:r w:rsidR="005F09B5">
               <w:t xml:space="preserve"> operates</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA30B5">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D207157" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70A8F829" w14:textId="77777777" w:rsidR="00391962" w:rsidRDefault="00391962" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
@@ -888,592 +1086,516 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17979E71" w14:textId="18C93405" w:rsidR="009726EF" w:rsidRDefault="00391962" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00937C95" w14:paraId="5CF49306" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="5CF49306" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8C4268" w14:textId="059B6F41" w:rsidR="00937C95" w:rsidRDefault="00991DD8" w:rsidP="00424F18">
-[...7 lines deleted...]
-              <w:t>reassessment</w:t>
+          <w:p w14:paraId="1F8C4268" w14:textId="5EBA9203" w:rsidR="00937C95" w:rsidRDefault="00C55B08" w:rsidP="00424F18">
+            <w:r>
+              <w:t>Cohort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62DC51B7" w14:textId="6A9BBC25" w:rsidR="00937C95" w:rsidRDefault="00BB17F6" w:rsidP="00424F18">
-[...1 lines deleted...]
-              <w:t>Maximum number of Short Form (SF)</w:t>
+          <w:p w14:paraId="62DC51B7" w14:textId="380D0A16" w:rsidR="00C55B08" w:rsidRDefault="00611B52" w:rsidP="00611B52">
+            <w:r>
+              <w:t>Number of years participants have been in the Scheme relative to first plan approval, based on l</w:t>
+            </w:r>
+            <w:r w:rsidR="0028246F">
+              <w:t>atest</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB17F6">
+              <w:t xml:space="preserve"> Short Form (SF)</w:t>
             </w:r>
             <w:r w:rsidR="0003138A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0034069F">
-[...1 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r w:rsidR="0003138A">
-              <w:t>s contributing to the longitudinal analysis</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> contributing to the longitudinal analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7801DB50" w14:textId="77777777" w:rsidR="00AB7676" w:rsidRDefault="006752B1" w:rsidP="00424F18">
+          <w:p w14:paraId="7801DB50" w14:textId="6748B446" w:rsidR="00AB7676" w:rsidRDefault="006752B1" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Results are reported separately for participants who have had a </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="23A35DB5" w14:textId="26262A45" w:rsidR="00AB7676" w:rsidRDefault="00AB7676" w:rsidP="00424F18">
+              <w:t xml:space="preserve">Results are reported separately for participants who have had </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68B29853" w14:textId="3D508E1C" w:rsidR="00563255" w:rsidRPr="00563255" w:rsidRDefault="00D92704" w:rsidP="00563255">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00563255">
+              <w:t xml:space="preserve"> (latest </w:t>
+            </w:r>
+            <w:r w:rsidR="00563255" w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately one year after </w:t>
+            </w:r>
+            <w:r w:rsidR="00563255">
+              <w:t>first</w:t>
+            </w:r>
+            <w:r w:rsidR="00563255" w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> plan approval</w:t>
+            </w:r>
+            <w:r w:rsidR="00563255">
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D4EB495" w14:textId="19504E3C" w:rsidR="00AB7676" w:rsidRDefault="00AB7676" w:rsidP="00424F18">
+          <w:p w14:paraId="78A42FA7" w14:textId="4A55A6EC" w:rsidR="00D92704" w:rsidRDefault="00D92704" w:rsidP="00D92704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-              <w:t>sixth, seventh or eighth</w:t>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">2 (latest </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> plan approval</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F728B13" w14:textId="09DB6C53" w:rsidR="00AB7676" w:rsidRDefault="00AB7676" w:rsidP="00424F18">
+          <w:p w14:paraId="64785BE9" w14:textId="4125A4AE" w:rsidR="00D92704" w:rsidRPr="00563255" w:rsidRDefault="00D92704" w:rsidP="00D92704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-              <w:t>sixth, seventh or eighth</w:t>
+            </w:pPr>
+            <w:r>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F989B84" w14:textId="262F8FD8" w:rsidR="00D92704" w:rsidRDefault="00D92704" w:rsidP="00D92704">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">9 (latest </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> plan approval</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="484E34AA" w14:textId="7E42F7BE" w:rsidR="00AB7676" w:rsidRDefault="00AB7676" w:rsidP="00424F18">
-[...106 lines deleted...]
-          <w:p w14:paraId="3ECADC38" w14:textId="51B8FD75" w:rsidR="00AB7676" w:rsidRDefault="00582E93" w:rsidP="00424F18">
+          <w:p w14:paraId="3ECADC38" w14:textId="679F9ED9" w:rsidR="00AB7676" w:rsidRDefault="00D92704" w:rsidP="00424F18">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="5"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">plan </w:t>
+              <w:t>SF</w:t>
+            </w:r>
+            <w:r w:rsidR="00582E93">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00582E93">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00AB7676">
-              <w:t>Hence there is no overlap between the groups.</w:t>
-[...9 lines deleted...]
-              </w:numPr>
+              <w:t xml:space="preserve">Hence there is no overlap between the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>cohorts</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB7676">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9730A9" w14:textId="77777777" w:rsidR="0053041B" w:rsidRDefault="0053041B" w:rsidP="00424F18">
+            <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="5"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F2648DD" w14:textId="6377985C" w:rsidR="0053041B" w:rsidRDefault="0053041B" w:rsidP="00424F18">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="5"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Notes:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79FE7B5F" w14:textId="71334E97" w:rsidR="00B57688" w:rsidRDefault="0053041B" w:rsidP="00424F18">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Reassessment number is r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0053041B">
+              <w:t>ounded to the nearest complete year since first plan approval date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6487CA40" w14:textId="10F98C02" w:rsidR="0003138A" w:rsidRDefault="00582E93" w:rsidP="00424F18">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Consistent with the quarterly reports to disability ministers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3937D3B0" w14:textId="688DCBB9" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="00424F18">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>For family/carer questionnaires, the same respondent must have responded at all selected time points to be included.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770BDE25" w14:textId="1DCEB5C4" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
+          <w:p w14:paraId="770BDE25" w14:textId="585ADF9B" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had a </w:t>
             </w:r>
+            <w:r w:rsidR="00611B52">
+              <w:t xml:space="preserve">latest </w:t>
+            </w:r>
             <w:r>
               <w:t>first</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
-              <w:t xml:space="preserve"> SF reassessment by 30 June 2025</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D561A91" w14:textId="7B6127E9" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
+              <w:t xml:space="preserve"> SF reassessment by 30 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D527CB">
+              <w:t>September</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D561A91" w14:textId="314114C0" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had a </w:t>
             </w:r>
+            <w:r w:rsidR="00611B52">
+              <w:t xml:space="preserve">latest </w:t>
+            </w:r>
             <w:r>
               <w:t>second</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
-              <w:t xml:space="preserve"> SF reassessment by 30 June 2025</w:t>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+              <w:t xml:space="preserve"> SF reassessment by 30 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D527CB">
+              <w:t>September</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
-              <w:t xml:space="preserve">=participant has had a </w:t>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78411A44" w14:textId="567853E7" w:rsidR="00FF54A8" w:rsidRDefault="00611B52" w:rsidP="009D2943">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC0EA98" w14:textId="2A2C4BB8" w:rsidR="00611B52" w:rsidRDefault="00FF54A8" w:rsidP="00611B52">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had </w:t>
             </w:r>
-            <w:r>
-[...87 lines deleted...]
-              <w:t>SF reassessment by 30 June 2025</w:t>
+            <w:r w:rsidR="00611B52">
+              <w:t xml:space="preserve">a latest </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">ninth </w:t>
+            </w:r>
+            <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
+              <w:t xml:space="preserve">SF reassessment by 30 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D527CB">
+              <w:t>September</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="09699984" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="09699984" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A8B1452" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r w:rsidRPr="0021256F">
               <w:t>Questionnaire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="057F9767" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="4F0AA121" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="1C6519E8" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="1CFBDF3F" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="53419CAE" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="7163E127" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="5D4A94C3" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="74C7ED8B" w14:textId="77777777" w:rsidR="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="33A788F2" w14:textId="1139E30C" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D3D8DEC" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>Version of the NDIS outcomes framework questionnaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D7A60AF" w14:textId="514EF08D" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participants respond to one of four </w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t>questionnaire versions</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> depending on the participant age</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5ADC247D" w14:textId="16B97436" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Families/carers respond to one </w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t>of three questionnaire versions</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> depending on the participant age</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A70C69F" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="4A70C69F" w14:textId="3D0CF55E" w:rsidR="009726EF" w:rsidRDefault="008875DF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Due to small numbers, results for families/carers of participants aged 15 to 24 and results for families/carers of participants aged 25 and over are aggregated</w:t>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="009726EF">
+              <w:t xml:space="preserve">esults for families/carers of participants aged 15 to 24 and results for </w:t>
+            </w:r>
+            <w:r>
+              <w:t>those aged</w:t>
+            </w:r>
+            <w:r w:rsidR="009726EF">
+              <w:t xml:space="preserve"> 25 and over are aggregated</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA30B5">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63809B39" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00585B60">
               <w:t>Participant 0 to before school</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57CFD543" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00585B60">
               <w:t xml:space="preserve">Participant </w:t>
             </w:r>
             <w:r>
@@ -1514,400 +1636,354 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Family/carer of participant 0 to 14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="605DCC0B" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Family/carer of participant 15 and over</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="1FA44806" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="1FA44806" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3333166D" w14:textId="162E0A64" w:rsidR="00582E93" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r w:rsidRPr="00585B60">
               <w:t>Indicator number</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4319786E" w14:textId="77777777" w:rsidR="00582E93" w:rsidRPr="00582E93" w:rsidRDefault="00582E93" w:rsidP="00424F18"/>
           <w:p w14:paraId="7F515985" w14:textId="6EE4302F" w:rsidR="009726EF" w:rsidRPr="00582E93" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49F01349" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>Numeric code for indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A20C07F" w14:textId="51DF6190" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Assigns a numeric code starting at 1 and ending at the number of unique indicators for the questionnaire version</w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75858DF8" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">An integer between 1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="008C37C3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, where </w:t>
             </w:r>
             <w:r w:rsidRPr="008C37C3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> is the number of indicators for the questionnaire version</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009726EF" w14:paraId="7966CB8B" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="7966CB8B" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C6BDB6D" w14:textId="0C502198" w:rsidR="006B212F" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r w:rsidRPr="00CF5EF1">
               <w:t>Indicator description</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D621DCC" w14:textId="77777777" w:rsidR="006B212F" w:rsidRPr="006B212F" w:rsidRDefault="006B212F" w:rsidP="00424F18"/>
           <w:p w14:paraId="3F4B0B76" w14:textId="77777777" w:rsidR="006B212F" w:rsidRPr="006B212F" w:rsidRDefault="006B212F" w:rsidP="00424F18"/>
           <w:p w14:paraId="79258807" w14:textId="64DD79F5" w:rsidR="006B212F" w:rsidRDefault="006B212F" w:rsidP="00424F18"/>
           <w:p w14:paraId="1F9C8E3D" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="006B212F" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50CDEF37" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>Text description of what each indicator is measuring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="075EEC52" w14:textId="41A80057" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Aligns to the descriptions used in the quarterly reports to </w:t>
             </w:r>
             <w:r w:rsidR="00971886">
               <w:t>disability ministers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE63B93" w14:textId="60F37A15" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% of children attending school in a mainstream class</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="478825C2" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% who choose who supports them</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50688E10" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="4D1D5586" w14:textId="12AA40C8" w:rsidR="002927C9" w:rsidRDefault="009726EF" w:rsidP="008875DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% who have a paid job</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D1D5586" w14:textId="3BEA0E94" w:rsidR="002927C9" w:rsidRDefault="00A82E06" w:rsidP="00424F18">
-[...10 lines deleted...]
-            <w:r w:rsidR="002927C9">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0028246F" w14:paraId="5DB18BAA" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779B99D7" w14:textId="431D8E72" w:rsidR="00BA173B" w:rsidRDefault="00A2522F" w:rsidP="00424F18">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="009726EF" w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Baseline</w:t>
+            </w:r>
+            <w:r w:rsidR="008875DF">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
-            </w:r>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Baseline</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA33A1E" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="0E0842C9" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="33A20CAF" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="653B128F" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15636692" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="62DB92C6" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="74951BAE" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="116A1F49" w14:textId="69BD18C5" w:rsidR="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="166C29D7" w14:textId="77777777" w:rsidR="009726EF" w:rsidRPr="00BA173B" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2769C12C" w14:textId="58A44C40" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
-[...10 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="2769C12C" w14:textId="0CD8F90F" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+            <w:r>
+              <w:t xml:space="preserve">The percentage of respondents who meet the indicator at baseline </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="407004E2" w14:textId="4BCBA685" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="407004E2" w14:textId="7AD75FE8" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Only those who respond at baseline and </w:t>
+            </w:r>
+            <w:r w:rsidR="006A4366">
+              <w:t xml:space="preserve">latest </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00857888" w:rsidRPr="00AC63B2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00857888">
               <w:t xml:space="preserve">, where </w:t>
             </w:r>
             <w:r w:rsidR="00857888" w:rsidRPr="00AC63B2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00857888">
               <w:t xml:space="preserve"> is given by the “</w:t>
             </w:r>
-            <w:r w:rsidR="005566B7">
-              <w:t>Latest reassessment</w:t>
+            <w:r w:rsidR="006A4366">
+              <w:t>Cohort</w:t>
             </w:r>
             <w:r w:rsidR="00857888">
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00857888">
               <w:t>variable</w:t>
             </w:r>
             <w:r w:rsidR="009D6097">
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> are included</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CCFA1F7" w14:textId="6D1CD57F" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
+          <w:p w14:paraId="54DEF07C" w14:textId="4ADEAF22" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">For family/carer indicators, </w:t>
-[...27 lines deleted...]
-              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the two indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18566DCD" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Percentages based on small denominators are not reported. For these </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>cases</w:t>
             </w:r>
             <w:r w:rsidR="002A7B54">
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
@@ -1984,51 +2060,51 @@
             <w:r w:rsidR="007855B2">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="0026615E">
               <w:t xml:space="preserve"> to a question, accounting for those ageing up into a higher age group as well as questions overlapping across different forms. </w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve">The questionnaire reported is based on </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>participant</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve"> age as at latest </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0026615E">
               <w:t>Two examples are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12183318" w14:textId="6837488E" w:rsidR="0026615E" w:rsidRDefault="0026615E" w:rsidP="00424F18">
+          <w:p w14:paraId="12183318" w14:textId="5BF17FF2" w:rsidR="0026615E" w:rsidRDefault="0026615E" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If a participant turns 25 </w:t>
             </w:r>
             <w:r w:rsidR="00F511E5">
               <w:t>while in the</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Scheme and </w:t>
             </w:r>
             <w:r w:rsidR="00392AD6">
               <w:t>responds</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to an indicator common to the 15 to 24 and 25+ age g</w:t>
             </w:r>
             <w:r w:rsidR="00392AD6">
               <w:t>roups, then their responses while</w:t>
@@ -2037,2560 +2113,2265 @@
               <w:t xml:space="preserve"> aged below 25 are </w:t>
             </w:r>
             <w:r w:rsidR="00814680">
               <w:t>linked with responses after they turn 25</w:t>
             </w:r>
             <w:r w:rsidR="00392AD6">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve">ll responses are </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>reported</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve"> in the 25+ </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>age group</w:t>
-            </w:r>
-[...1 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07BC9F30" w14:textId="7FADBDB6" w:rsidR="00E9139F" w:rsidRDefault="00F511E5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If a participant turns 15 while in the Scheme, their baseline would be reset for questions present in the 15 to 24 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>questionnaire</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> but not in </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>School</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> to 14</w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00C428DE">
               <w:t>questionnaire</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CE07423" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A33BB9E" w14:textId="23652D06" w:rsidR="002A7B54" w:rsidRDefault="002A7B54" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE2FE5" w14:paraId="5F0393C4" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="5F0393C4" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="500E16BA" w14:textId="2467054C" w:rsidR="00EE2FE5" w:rsidRDefault="00A2522F" w:rsidP="00424F18">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00EE2FE5" w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>Reassessment</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="478AAFB1" w14:textId="69325318" w:rsidR="00EE2FE5" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:r>
               <w:t xml:space="preserve">The percentage of respondents who meet the indicator at </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CBCA003" w14:textId="2600E923" w:rsidR="005E29DC" w:rsidRDefault="005E29DC" w:rsidP="005E29DC">
+          <w:p w14:paraId="39C8650E" w14:textId="7E782F5C" w:rsidR="00DA30B5" w:rsidRDefault="00DA30B5" w:rsidP="005E29DC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Only those who respond at baseline and reassessment 1 are included</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="40CD1A62" w14:textId="45FD1E25" w:rsidR="00EE2FE5" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
+              <w:t>Only those in cohort 1 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1779FC31" w14:textId="7916BEAB" w:rsidR="00EE2FE5" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">For family/carer indicators, only cases where the same person responded at baseline and at </w:t>
-[...24 lines deleted...]
-              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the two indicators “% who participate in education, train</w:t>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, train</w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t>ing or skill development” and “O</w:t>
             </w:r>
             <w:r>
               <w:t>f those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A5A68BA" w14:textId="39E5648E" w:rsidR="002A3750" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
+          <w:p w14:paraId="4A5A68BA" w14:textId="4D2DC067" w:rsidR="002A3750" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Percentages based on small denominators are not reported. For these </w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> the value is reported as “</w:t>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00294D59">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...14 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01080485" w14:textId="7DDD02BE" w:rsidR="002C3CFD" w:rsidRDefault="00C428DE" w:rsidP="00657A13">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Reassessment</w:t>
             </w:r>
             <w:r w:rsidR="002A3750">
               <w:t xml:space="preserve"> 1 is </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:r>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">, there was only one "yes" option </w:t>
+            <w:r w:rsidR="002C3CFD" w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately one year after </w:t>
+            </w:r>
+            <w:r w:rsidR="002C3CFD">
+              <w:t>first</w:t>
+            </w:r>
+            <w:r w:rsidR="002C3CFD" w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E82F623" w14:textId="058814D9" w:rsidR="00DF22A5" w:rsidRDefault="002C3CFD" w:rsidP="00657A13">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00826155">
-              <w:t>denoting a positive response</w:t>
-[...8 lines deleted...]
-              <w:t>, the "yes" option was split into "yes, a lot" or "yes, a bit"</w:t>
+              <w:t>he percentage responding positively is the percentage responding</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> “yes”,</w:t>
             </w:r>
             <w:r w:rsidR="00826155">
-              <w:t>; in addition, a “did not need help in this area” was added. Under the new data system, the percentage responding positively is the percentage responding “yes, a lot” or “yes, a bit”, divided by the total number answering either option plus those answering “no”.</w:t>
+              <w:t xml:space="preserve"> “yes, a lot” or “yes, a bit”, divided by the total number answering </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">any of the above </w:t>
+            </w:r>
+            <w:r w:rsidR="00826155">
+              <w:t>option</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00826155">
+              <w:t xml:space="preserve"> plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="296D64B6" w14:textId="77777777" w:rsidR="002A7B54" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71297893" w14:textId="6D328183" w:rsidR="002A7B54" w:rsidRDefault="002A7B54" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A946FD" w14:paraId="0D818EA0" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="0028246F" w14:paraId="0D818EA0" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="102AB877" w14:textId="3A715B3D" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>Reassessment</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51F358EA" w14:textId="2F3DDB8B" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
             <w:r>
               <w:t xml:space="preserve">The percentage of respondents who meet the indicator at </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4131EC2F" w14:textId="56776821" w:rsidR="005E29DC" w:rsidRDefault="005E29DC" w:rsidP="005E29DC">
+          <w:p w14:paraId="6B988CAE" w14:textId="7E878FC0" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="002C3CFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Only those who respond at baseline and reassessment 2 are included</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3FC1175C" w14:textId="36A8969D" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+              <w:t>Only those in cohort 2 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5659DEA1" w14:textId="77777777" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="002C3CFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">For family/carer indicators, only cases where the same person responded at baseline and at subsequent </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6DA9F21F" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BEA439" w14:textId="13DCEF03" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="002C3CFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the two indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A1D45E4" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="131AD093" w14:textId="69824A0C" w:rsidR="00281F76" w:rsidRDefault="00281F76" w:rsidP="00281F76">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657A13">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00657A13">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAF0177" w14:textId="3E886F18" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="00657A13">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 2 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4030">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r w:rsidR="003B4030">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r w:rsidR="003B4030">
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BBA76F7" w14:textId="370D2CC7" w:rsidR="00826155" w:rsidRDefault="002C3CFD" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Percentages based on small denominators are not reported. For these </w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B72A432" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6811CA0F" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="1A1D4120" w14:textId="0A94A8E8" w:rsidR="00A21D63" w:rsidRDefault="00A21D63" w:rsidP="00424F18">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E54969" w14:paraId="2452872A" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5C3920" w14:textId="29CAE838" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Reassessment 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29087417" w14:textId="49D1E1B6" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53901750" w14:textId="6640993C" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Only those in cohort 3 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DB2995" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D72AF2" w14:textId="673BCF92" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C729753" w14:textId="67C90CF9" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24975C62" w14:textId="676C21D8" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 3 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445A6CBF" w14:textId="4752C764" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0106FCF9" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0AC5C9" w14:textId="04239123" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E54969" w14:paraId="741E25B0" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C41DC1" w14:textId="2CF610AA" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Reassessment 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B6505F" w14:textId="0F6FF5BD" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D20090" w14:textId="59085692" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Only those in cohort 4 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6C82AF" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDE3C67" w14:textId="49D0ED21" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB0C965" w14:textId="21891109" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BC02A8A" w14:textId="3EC69E5B" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 4 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D98453" w14:textId="73608E95" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Participants with only one plan </w:t>
-[...26 lines deleted...]
-            </w:r>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B61861" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD20BDE" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="373998F7" w14:textId="77777777" w:rsidR="002A3750" w:rsidRDefault="00C428DE" w:rsidP="00424F18">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E54969" w14:paraId="6AF25223" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3293A1A3" w14:textId="5A40B37C" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Reassessment 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ACB8AA" w14:textId="513FB057" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086182C5" w14:textId="5158C593" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Only those in cohort 5 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FE266AE" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B89F402" w14:textId="1A417C47" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="352CAC53" w14:textId="532260E2" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0662BF8E" w14:textId="35ADCA84" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 5 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44140FB0" w14:textId="5EC56082" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Reassessment</w:t>
-[...29 lines deleted...]
-          <w:p w14:paraId="2BBA76F7" w14:textId="37AE06E2" w:rsidR="00826155" w:rsidRDefault="00826155" w:rsidP="00424F18">
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="195D9C6D" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F84F686" w14:textId="3746CA34" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E54969" w14:paraId="218A51AB" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3A2A5E" w14:textId="1C10E035" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Reassessment 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="147828D9" w14:textId="20586ED7" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13475ED5" w14:textId="6DE743C5" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Only those in cohort 6 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340DBBCA" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DEA06E2" w14:textId="66E777E7" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603E0ABA" w14:textId="1CD01F5C" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6616BF0D" w14:textId="02D48FD2" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 6 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B9225A4" w14:textId="3B3406CC" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t>For the “Has the NDIS helped” questions, p</w:t>
-[...23 lines deleted...]
-              <w:t>; in addition, a “did not need help in this area” was added. Under the new data system, the percentage responding positively is the percentage responding “yes, a lot” or “yes, a bit”, divided by the total number answering either option plus those answering “no”.</w:t>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B72A432" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+          <w:p w14:paraId="40BAE71C" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6811CA0F" w14:textId="77777777" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
+          <w:p w14:paraId="5D40FF2D" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4163B" w14:paraId="2452872A" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="00E54969" w14:paraId="0AB55298" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5C3920" w14:textId="29CAE838" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+          <w:p w14:paraId="3F1D7DBA" w14:textId="0C682BB9" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+              <w:t xml:space="preserve"> Reassessment 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29087417" w14:textId="49D1E1B6" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> 3</w:t>
+          <w:p w14:paraId="696D2C4C" w14:textId="6A12859E" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3F9679" w14:textId="15ABF762" w:rsidR="005E29DC" w:rsidRDefault="005E29DC" w:rsidP="005E29DC">
+          <w:p w14:paraId="08E32983" w14:textId="4DE74EF8" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Only those who respond at baseline and reassessment 3 are included</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C0BFD95" w14:textId="46B77BD0" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+              <w:t>Only those in cohort 7 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBC3AE5" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">For family/carer indicators, only cases where the same person responded at baseline and at subsequent </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="430C04B0" w14:textId="77777777" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="092C0E6E" w14:textId="03D99267" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the two indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F1C9952" w14:textId="77777777" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3667F199" w14:textId="41FAAF9E" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A323E04" w14:textId="2C495A94" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 7 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B0C8E4" w14:textId="138E0A16" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Percentages based on small denominators are not reported. For these </w:t>
-[...136 lines deleted...]
-              <w:t>; in addition, a “did not need help in this area” was added. Under the new data system, the percentage responding positively is the percentage responding “yes, a lot” or “yes, a bit”, divided by the total number answering either option plus those answering “no”.</w:t>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0106FCF9" w14:textId="77777777" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+          <w:p w14:paraId="671790F1" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C0AC5C9" w14:textId="04239123" w:rsidR="00E4163B" w:rsidRDefault="00E4163B" w:rsidP="00424F18">
+          <w:p w14:paraId="0E205DA6" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008217BE" w14:paraId="741E25B0" w14:textId="77777777" w:rsidTr="00424F18">
-[...1128 lines deleted...]
-      <w:tr w:rsidR="00424F18" w14:paraId="37DF0BEC" w14:textId="77777777" w:rsidTr="00424F18">
+      <w:tr w:rsidR="00E54969" w14:paraId="37DF0BEC" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6484CB" w14:textId="7C6826FE" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+          <w:p w14:paraId="4B6484CB" w14:textId="7C6826FE" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Reassessment 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056958B0" w14:textId="4287351C" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+          <w:p w14:paraId="056958B0" w14:textId="4287351C" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:r>
               <w:t>The percentage of respondents who meet the indicator at reassessment 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3658" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B868EFB" w14:textId="3E208A07" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+          <w:p w14:paraId="6BA510DF" w14:textId="1A6543B8" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Only those who respond at baseline and reassessment 8 are included</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4427E7DC" w14:textId="77777777" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+              <w:t>Only those in cohort 8 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36851C0B" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>For family/carer indicators, only cases where the same person responded at baseline and at subsequent reassessments are included</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="49F6B0FF" w14:textId="77777777" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B91B487" w14:textId="38220711" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the two indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="17F10AD2" w14:textId="77777777" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8CA16F" w14:textId="2BC80A7A" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="357" w:hanging="357"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> the value is reported as “</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00281F76">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w14:paraId="5BECAF15" w14:textId="1FA7652B" w:rsidR="000A6BB4" w:rsidRDefault="00424F18" w:rsidP="000A6BB4">
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC7736A" w14:textId="63681F1F" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Participants with only one, two, three, four, five, six or seven plan reassessments (</w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="39B4A810" w14:textId="77777777" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="000A6BB4">
+              <w:t xml:space="preserve">Reassessment 8 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5234C79A" w14:textId="45CDEC5C" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Reassessment 8 is the reassessment following reassessment 7 (determined as above).</w:t>
-[...36 lines deleted...]
-              <w:t>; in addition, a “did not need help in this area” was added. Under the new data system, the percentage responding positively is the percentage responding “yes, a lot” or “yes, a bit”, divided by the total number answering either option plus those answering “no”.</w:t>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A922A3" w14:textId="77777777" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
-[...7 lines deleted...]
-            <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
+          <w:p w14:paraId="06A922A3" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D1EF88" w14:textId="614A9E56" w:rsidR="00424F18" w:rsidRDefault="00424F18" w:rsidP="00424F18">
+          <w:p w14:paraId="53D1EF88" w14:textId="614A9E56" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E54969" w14:paraId="06DB19F7" w14:textId="77777777" w:rsidTr="00F06416">
+        <w:tblPrEx>
+          <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="125"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1672" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FF915F" w14:textId="3108130A" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00531C0E">
+              <w:t>ercentage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Reassessment 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2578CE4B" w14:textId="0F92E99F" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:r>
+              <w:t>The percentage of respondents who meet the indicator at reassessment 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="478279AB" w14:textId="769037F1" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Only those in cohort 9 or higher are included.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73828283" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D5E348" w14:textId="24F3A962" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
+            </w:r>
+            <w:r w:rsidR="00294D59">
+              <w:t>For these cases, the value is reported as “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00294D59">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00294D59">
+              <w:t xml:space="preserve">” </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C8F6830" w14:textId="51F34799" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">If reassessment </w:t>
+            </w:r>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> is not applicable for cohort </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5172">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> (e.g., when</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> m &lt; 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve">), the value is </w:t>
+            </w:r>
+            <w:r>
+              <w:t>reported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281F76">
+              <w:t xml:space="preserve"> as "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>na</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00281F76">
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587D3F8F" w14:textId="614E0693" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Reassessment 9 is the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve">SF reassessment approximately </w:t>
+            </w:r>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> year</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563255">
+              <w:t xml:space="preserve"> after </w:t>
+            </w:r>
+            <w:r>
+              <w:t>first plan approval</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268ED27D" w14:textId="57FC3B45" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="722A0254" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="502DC493" w14:textId="50A84E9F" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F1961D8" w14:textId="77777777" w:rsidR="00E4163B" w:rsidRDefault="00E4163B">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc25913654"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D69EF9" w14:textId="64B06B83" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc213057166"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0518AE90" w14:textId="2510BB00" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="0518AE90" w14:textId="3EB1BB6F" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc20305530"/>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc24723573"/>
       <w:bookmarkStart w:id="11" w:name="_Toc25913655"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc213057167"/>
       <w:r>
         <w:t>Example 1: For the group of participants aged 15 to 24 who respond</w:t>
       </w:r>
       <w:r w:rsidR="002A7B54">
         <w:t>ed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at both baseline and </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>the p</w:t>
       </w:r>
       <w:r>
         <w:t>ercentage who have a paid job at</w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>baseline</w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
+      <w:r w:rsidR="003B4030">
+        <w:t>s</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> 3</w:t>
+        <w:t>, 2 and 3</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for each State/Territory, as at </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00AD5960">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>30 June</w:t>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D527CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>September</w:t>
       </w:r>
       <w:r w:rsidR="00AD5960">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C20CE3">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:t>5</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="1EED70C1" w14:textId="28738F32" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="1EED70C1" w14:textId="1A7C04BC" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
         <w:t>To obtain the percentage of young adults aged 15 to 24 who have a paid job</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t>, at baseline</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
+      <w:r w:rsidR="003B4030">
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> 3</w:t>
+        <w:t>, 2 and 3</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for each State/Territory, apply the following filters to the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160B568F" w14:textId="1ECA1030" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="160B568F" w14:textId="22CE54AD" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
         <w:t>Questionnaire</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>, State≠(unselect</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E21F9">
         <w:t>)“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001E21F9">
         <w:t>ALL”</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005566B7">
-        <w:t>Latest reassessment</w:t>
+      <w:r w:rsidR="003B4030">
+        <w:t>Cohort</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>=3</w:t>
       </w:r>
       <w:r>
         <w:t>, Indicator description</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>who have a paid job</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C047980" w14:textId="11B65CD5" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="4C047980" w14:textId="6093230C" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc24723574"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc25913656"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc24723574"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc24727199"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc25913656"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc213057168"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t xml:space="preserve">For families/carers of participants aged 0 to 14 who live in VIC, where the same person answered at both baseline and </w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t xml:space="preserve">subsequent </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>: the results for all longitudinal indicators</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, as at </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00AD5960">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>30 June</w:t>
+        <w:t xml:space="preserve">30 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D527CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>September</w:t>
       </w:r>
       <w:r w:rsidR="00AD5960">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D1A2F">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:t>5</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="62B5FD43" w14:textId="13439325" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
         <w:t xml:space="preserve">To obtain the values for </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t xml:space="preserve">longitudinal </w:t>
       </w:r>
       <w:r>
         <w:t>indicator</w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>families/carers of participants aged 0 to 14 who live in VIC</w:t>
@@ -4609,90 +4390,87 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001E21F9">
         <w:t>Family/carer of participant 0 to 14</w:t>
       </w:r>
       <w:r>
         <w:t>”, State</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001E21F9">
         <w:t>VIC</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc13748873"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc25913657"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc13748873"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc13752024"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc213057169"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="65B28503" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="7E6C20D1" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5960">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="001F6607">
+        <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidR="00092863">
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="004370FE">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00435BB1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D66EE85" w14:textId="79C98882" w:rsidR="003508F9" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
@@ -4715,168 +4493,147 @@
     <w:p w14:paraId="2FE611E6" w14:textId="77777777" w:rsidR="00EB59FC" w:rsidRPr="00EB59FC" w:rsidRDefault="00EB59FC" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="0C4C4E37" w14:textId="760A3600" w:rsidR="00EB59FC" w:rsidRDefault="00EB59FC" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="00C69909" w14:textId="7B920718" w:rsidR="00387E82" w:rsidRDefault="00387E82" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="7EE50D42" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="487036AA" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="2993F52E" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="2C2711DD" w14:textId="13EDEC6E" w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidRDefault="003508F9" w:rsidP="00387E82"/>
     <w:sectPr w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidSect="003C3D27">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74135CB4" w14:textId="77777777" w:rsidR="001D7DC8" w:rsidRDefault="001D7DC8" w:rsidP="002679FC">
+    <w:p w14:paraId="00FD2698" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ADADD3C" w14:textId="77777777" w:rsidR="001D7DC8" w:rsidRDefault="001D7DC8" w:rsidP="002679FC">
+    <w:p w14:paraId="40AFC992" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="51B71BD2" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00AD5960" w:rsidP="00D0019B">
+  <w:p w14:paraId="17E6EB46" w14:textId="43D04D28" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="001F6607" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t>July</w:t>
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">October </w:t>
     </w:r>
     <w:r w:rsidR="00F440DE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00BA173B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00435BB1">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00D0019B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
@@ -5040,85 +4797,91 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CC8A9A8" w14:textId="77777777" w:rsidR="001D7DC8" w:rsidRDefault="001D7DC8" w:rsidP="002679FC">
+    <w:p w14:paraId="2AAF5F21" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01316754" w14:textId="77777777" w:rsidR="001D7DC8" w:rsidRDefault="001D7DC8" w:rsidP="002679FC">
+    <w:p w14:paraId="70DF409A" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="649DA3FD" w14:textId="30CF1C59" w:rsidR="002927C9" w:rsidRDefault="002927C9">
+    <w:p w14:paraId="5FEE79DD" w14:textId="32EDBAC0" w:rsidR="008875DF" w:rsidRDefault="008875DF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002927C9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> are now included in the results. </w:t>
+      <w:r w:rsidR="00AF7C60">
+        <w:t>Baseline</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83A73">
+        <w:t xml:space="preserve"> refers to the selected SF that was </w:t>
+      </w:r>
+      <w:r w:rsidR="004823B0">
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00904B44">
+        <w:t>around the time of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> first plan approval.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09663B6B" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7394,371 +7157,418 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00006455"/>
     <w:rsid w:val="0003138A"/>
     <w:rsid w:val="0003385A"/>
     <w:rsid w:val="000466DA"/>
     <w:rsid w:val="00046F99"/>
     <w:rsid w:val="000508FD"/>
     <w:rsid w:val="00052A60"/>
     <w:rsid w:val="0006239D"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="000647E1"/>
     <w:rsid w:val="00070D15"/>
     <w:rsid w:val="00091882"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="00092F09"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A6BB4"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
+    <w:rsid w:val="000D5068"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E6934"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00124680"/>
     <w:rsid w:val="00134472"/>
     <w:rsid w:val="00145FAA"/>
     <w:rsid w:val="00151B37"/>
     <w:rsid w:val="00166098"/>
     <w:rsid w:val="00173A66"/>
     <w:rsid w:val="001809A1"/>
     <w:rsid w:val="001B3E85"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D7DC8"/>
     <w:rsid w:val="001E21F9"/>
     <w:rsid w:val="001E4ACE"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001F29A5"/>
+    <w:rsid w:val="001F6607"/>
     <w:rsid w:val="00221CA1"/>
     <w:rsid w:val="00230627"/>
     <w:rsid w:val="00252C1F"/>
     <w:rsid w:val="002603B3"/>
     <w:rsid w:val="002631CE"/>
     <w:rsid w:val="00264551"/>
     <w:rsid w:val="0026615E"/>
+    <w:rsid w:val="0026677D"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00274E10"/>
+    <w:rsid w:val="00281F76"/>
+    <w:rsid w:val="0028246F"/>
     <w:rsid w:val="002927C9"/>
+    <w:rsid w:val="00294D59"/>
     <w:rsid w:val="002A3750"/>
     <w:rsid w:val="002A7B54"/>
     <w:rsid w:val="002B6542"/>
     <w:rsid w:val="002B74FA"/>
+    <w:rsid w:val="002C3CFD"/>
     <w:rsid w:val="002D6C03"/>
     <w:rsid w:val="002E207C"/>
     <w:rsid w:val="002F003A"/>
     <w:rsid w:val="00331872"/>
+    <w:rsid w:val="00333C9B"/>
     <w:rsid w:val="00336FB0"/>
     <w:rsid w:val="0034069F"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="003508F9"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003716E7"/>
     <w:rsid w:val="00377A63"/>
     <w:rsid w:val="0038333C"/>
     <w:rsid w:val="003857B4"/>
     <w:rsid w:val="00387E82"/>
     <w:rsid w:val="00391962"/>
     <w:rsid w:val="00392AD6"/>
     <w:rsid w:val="003B2BB8"/>
+    <w:rsid w:val="003B4030"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D19BD"/>
     <w:rsid w:val="003D1A2F"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
+    <w:rsid w:val="003E3944"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00424F18"/>
     <w:rsid w:val="00435BB1"/>
     <w:rsid w:val="004370FE"/>
     <w:rsid w:val="00447B67"/>
     <w:rsid w:val="00454C60"/>
     <w:rsid w:val="00460D31"/>
     <w:rsid w:val="00461998"/>
     <w:rsid w:val="00463C47"/>
+    <w:rsid w:val="004823B0"/>
     <w:rsid w:val="00484030"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="00491066"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B0179"/>
     <w:rsid w:val="004B1F11"/>
     <w:rsid w:val="004B2DF6"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="0050004E"/>
     <w:rsid w:val="00513DC7"/>
     <w:rsid w:val="00524613"/>
+    <w:rsid w:val="0053041B"/>
     <w:rsid w:val="00542C50"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="005566B7"/>
     <w:rsid w:val="005572C3"/>
     <w:rsid w:val="00562C79"/>
+    <w:rsid w:val="00563255"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00582E93"/>
     <w:rsid w:val="00583CF7"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005A24DB"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C349F"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D2192"/>
     <w:rsid w:val="005D2341"/>
     <w:rsid w:val="005D4282"/>
     <w:rsid w:val="005D4E59"/>
     <w:rsid w:val="005E087B"/>
     <w:rsid w:val="005E29DC"/>
     <w:rsid w:val="005E3CDB"/>
     <w:rsid w:val="005E669D"/>
+    <w:rsid w:val="005E7434"/>
     <w:rsid w:val="005F09B5"/>
     <w:rsid w:val="005F21AA"/>
+    <w:rsid w:val="005F7C19"/>
+    <w:rsid w:val="00611B52"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="0063106C"/>
     <w:rsid w:val="00640864"/>
+    <w:rsid w:val="00657A13"/>
     <w:rsid w:val="00667792"/>
+    <w:rsid w:val="0067092D"/>
     <w:rsid w:val="00671F6E"/>
+    <w:rsid w:val="006749D5"/>
     <w:rsid w:val="006752B1"/>
     <w:rsid w:val="0068449F"/>
     <w:rsid w:val="006970BE"/>
+    <w:rsid w:val="006A4366"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B212F"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="00711341"/>
     <w:rsid w:val="00715356"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00744E16"/>
     <w:rsid w:val="007462CD"/>
     <w:rsid w:val="00756D63"/>
     <w:rsid w:val="00757235"/>
+    <w:rsid w:val="007608E5"/>
     <w:rsid w:val="007721E8"/>
     <w:rsid w:val="00774A90"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007855B2"/>
+    <w:rsid w:val="007A7905"/>
     <w:rsid w:val="007A7C52"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B46A8"/>
     <w:rsid w:val="007E2DA0"/>
     <w:rsid w:val="007E2F49"/>
     <w:rsid w:val="008018B3"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814680"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00816D2A"/>
     <w:rsid w:val="008217BE"/>
     <w:rsid w:val="0082501B"/>
     <w:rsid w:val="00826155"/>
     <w:rsid w:val="008311EF"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00846649"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="0085256B"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008813F1"/>
+    <w:rsid w:val="008861B0"/>
+    <w:rsid w:val="008875DF"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="0089391F"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008C37C3"/>
     <w:rsid w:val="008F0F6F"/>
+    <w:rsid w:val="00904B44"/>
     <w:rsid w:val="009110EF"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="00937C95"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
+    <w:rsid w:val="0096680F"/>
     <w:rsid w:val="00971886"/>
     <w:rsid w:val="009726EF"/>
     <w:rsid w:val="00976547"/>
     <w:rsid w:val="00985448"/>
     <w:rsid w:val="00991990"/>
     <w:rsid w:val="00991DD8"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009D2943"/>
     <w:rsid w:val="009D6097"/>
     <w:rsid w:val="009F2408"/>
     <w:rsid w:val="009F491C"/>
     <w:rsid w:val="00A06020"/>
     <w:rsid w:val="00A075CF"/>
+    <w:rsid w:val="00A12D92"/>
     <w:rsid w:val="00A21D63"/>
     <w:rsid w:val="00A227F3"/>
     <w:rsid w:val="00A240A5"/>
     <w:rsid w:val="00A2522F"/>
     <w:rsid w:val="00A308C0"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A41C0C"/>
     <w:rsid w:val="00A53535"/>
     <w:rsid w:val="00A70BEA"/>
     <w:rsid w:val="00A70E08"/>
     <w:rsid w:val="00A762FC"/>
     <w:rsid w:val="00A82E06"/>
+    <w:rsid w:val="00A83A73"/>
     <w:rsid w:val="00A84AD2"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A946FD"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AA3DF4"/>
     <w:rsid w:val="00AA4084"/>
     <w:rsid w:val="00AA66FF"/>
     <w:rsid w:val="00AB7676"/>
     <w:rsid w:val="00AC01CD"/>
     <w:rsid w:val="00AC63B2"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AE0106"/>
     <w:rsid w:val="00AE0833"/>
     <w:rsid w:val="00AE2B41"/>
+    <w:rsid w:val="00AF7C60"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B16FDD"/>
+    <w:rsid w:val="00B20FFE"/>
     <w:rsid w:val="00B33155"/>
+    <w:rsid w:val="00B3354A"/>
     <w:rsid w:val="00B343EB"/>
+    <w:rsid w:val="00B57688"/>
     <w:rsid w:val="00B61245"/>
     <w:rsid w:val="00B622EF"/>
+    <w:rsid w:val="00B62656"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
+    <w:rsid w:val="00B84016"/>
     <w:rsid w:val="00B8480E"/>
     <w:rsid w:val="00B85596"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B92A4A"/>
+    <w:rsid w:val="00B95624"/>
     <w:rsid w:val="00BA173B"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB17F6"/>
     <w:rsid w:val="00BB3C55"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BD22C6"/>
     <w:rsid w:val="00BE1DF7"/>
     <w:rsid w:val="00BE44F1"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C00735"/>
     <w:rsid w:val="00C11D93"/>
     <w:rsid w:val="00C20CE3"/>
     <w:rsid w:val="00C22CCC"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C428DE"/>
     <w:rsid w:val="00C5021A"/>
     <w:rsid w:val="00C535C9"/>
+    <w:rsid w:val="00C55B08"/>
     <w:rsid w:val="00C55DAD"/>
     <w:rsid w:val="00C64834"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00C76BC4"/>
     <w:rsid w:val="00C77601"/>
     <w:rsid w:val="00C83A40"/>
     <w:rsid w:val="00C87E55"/>
     <w:rsid w:val="00CA0C77"/>
     <w:rsid w:val="00CA2343"/>
     <w:rsid w:val="00CA44E0"/>
     <w:rsid w:val="00CD0362"/>
     <w:rsid w:val="00CF4D26"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D007AA"/>
     <w:rsid w:val="00D026F9"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D311B0"/>
     <w:rsid w:val="00D32570"/>
     <w:rsid w:val="00D423B9"/>
+    <w:rsid w:val="00D433CE"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
+    <w:rsid w:val="00D527CB"/>
     <w:rsid w:val="00D61AA2"/>
     <w:rsid w:val="00D76F17"/>
+    <w:rsid w:val="00D92704"/>
     <w:rsid w:val="00D95CA0"/>
+    <w:rsid w:val="00DA30B5"/>
     <w:rsid w:val="00DB4B98"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DF22A5"/>
+    <w:rsid w:val="00E1532D"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E4163B"/>
+    <w:rsid w:val="00E54969"/>
+    <w:rsid w:val="00E57F59"/>
     <w:rsid w:val="00E718F6"/>
     <w:rsid w:val="00E748F8"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E9139F"/>
     <w:rsid w:val="00EB59FC"/>
     <w:rsid w:val="00ED2258"/>
     <w:rsid w:val="00EE1607"/>
     <w:rsid w:val="00EE2FE5"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EF2B62"/>
+    <w:rsid w:val="00F06416"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F511E5"/>
     <w:rsid w:val="00F657B7"/>
     <w:rsid w:val="00F713D1"/>
     <w:rsid w:val="00F75D45"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB137B"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FB7122"/>
     <w:rsid w:val="00FC24FA"/>
     <w:rsid w:val="00FC3C9C"/>
+    <w:rsid w:val="00FC467A"/>
     <w:rsid w:val="00FD4B0B"/>
     <w:rsid w:val="00FF4AE8"/>
+    <w:rsid w:val="00FF54A8"/>
     <w:rsid w:val="00FF69BF"/>
     <w:rsid w:val="00FF7EFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
+  <w:themeFontLang/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67652B53"/>
-  <w15:docId w15:val="{48A7EEF7-7046-4C2A-8A0B-EC67491F2859}"/>
+  <w15:docId w15:val="{520A5096-1E18-493A-B50B-FE585DF9047E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8912,67 +8722,65 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
@@ -9051,50 +8859,102 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="735592871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1024405155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1080981242">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1312097545">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1831601522">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1921060877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
@@ -9383,52 +9243,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9625,140 +9509,242 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E842278-B555-47C4-838A-EB70698C4223}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="4da16539-3d62-4b70-9621-d9a62245e0f3"/>
     <ds:schemaRef ds:uri="ac0b378e-f260-4fc9-a95b-44a51f97f020"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{230484BF-34B8-4207-8C02-14A95B1BD357}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76FF6E0D-07C7-4B97-AAF5-BB3961B10823}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2900</Words>
-  <Characters>16534</Characters>
+  <Words>2414</Words>
+  <Characters>13765</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>6</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19396</CharactersWithSpaces>
+  <CharactersWithSpaces>16147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="42" baseType="variant">
+      <vt:variant>
+        <vt:i4>7929932</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:scheme.actuary@ndis.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>32</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057169</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>26</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057168</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>20</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057167</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>14</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057166</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057165</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1507381</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc213057164</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>