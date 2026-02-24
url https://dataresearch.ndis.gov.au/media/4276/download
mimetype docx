--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -326,82 +326,109 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54CBFD01" w14:textId="15F849CF" w:rsidR="0028246F" w:rsidRDefault="0028246F">
+        <w:p w14:paraId="54CBFD01" w14:textId="4020D3BB" w:rsidR="0028246F" w:rsidRDefault="0028246F">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="zh-CN"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213057167" w:history="1">
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Example 1: For the group of participants aged 15 to 24 who responded at both baseline and reassessment 3: the percentage who have a paid job at baseline, reassessment 1, reassessment 2 and reassessment 3, for each State/Territory, as at </w:t>
             </w:r>
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>30 September</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D84205">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D84205">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -416,82 +443,109 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30B5F62B" w14:textId="7F1A45E4" w:rsidR="0028246F" w:rsidRDefault="0028246F">
+        <w:p w14:paraId="30B5F62B" w14:textId="4F7770F8" w:rsidR="0028246F" w:rsidRDefault="0028246F">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="zh-CN"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213057168" w:history="1">
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve">Example 2: For families/carers of participants aged 0 to 14 who live in VIC, where the same person answered at both baseline and subsequent reassessments: the results for all longitudinal indicators, as at </w:t>
             </w:r>
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>30 September</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D84205">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C113E1">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D84205">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidRPr="00C113E1">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -633,79 +687,79 @@
       <w:r>
         <w:t>Longitudinal outcome</w:t>
       </w:r>
       <w:r w:rsidR="00AE0833">
         <w:t xml:space="preserve"> indicator</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="2861DC04" w14:textId="34032A6C" w:rsidR="00AE0833" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
+    <w:p w14:paraId="2861DC04" w14:textId="70B8B8E8" w:rsidR="00AE0833" w:rsidRDefault="00AE0833" w:rsidP="00AE0833">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
       <w:r w:rsidR="00435BB1" w:rsidRPr="00435BB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>50</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D527CB">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84205">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00435BB1" w:rsidRPr="00435BB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> PB Longitudinal Outcome Indicators CSV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.csv data file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1672"/>
@@ -836,89 +890,89 @@
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F574CFE" w14:textId="0697656D" w:rsidR="009726EF" w:rsidRPr="00377A63" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data is valid as at this date</w:t>
             </w:r>
             <w:r w:rsidR="00DA30B5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78D74493" w14:textId="787F4DC5" w:rsidR="009726EF" w:rsidRPr="00391962" w:rsidRDefault="00846649" w:rsidP="00424F18">
+          <w:p w14:paraId="78D74493" w14:textId="3B14F4AA" w:rsidR="009726EF" w:rsidRPr="00391962" w:rsidRDefault="00846649" w:rsidP="00424F18">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00AD5960">
+            <w:r w:rsidR="00AA5EAA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D527CB">
+            <w:r w:rsidR="00AA5EAA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>September</w:t>
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidR="008F0F6F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003D1A2F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="001809A1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1103,122 +1157,128 @@
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028246F" w14:paraId="5CF49306" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F8C4268" w14:textId="5EBA9203" w:rsidR="00937C95" w:rsidRDefault="00C55B08" w:rsidP="00424F18">
             <w:r>
               <w:t>Cohort</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62DC51B7" w14:textId="380D0A16" w:rsidR="00C55B08" w:rsidRDefault="00611B52" w:rsidP="00611B52">
             <w:r>
-              <w:t>Number of years participants have been in the Scheme relative to first plan approval, based on l</w:t>
+              <w:t xml:space="preserve">Number of years participants have been in the Scheme </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>relative to first plan approval, based on l</w:t>
             </w:r>
             <w:r w:rsidR="0028246F">
               <w:t>atest</w:t>
             </w:r>
             <w:r w:rsidR="00BB17F6">
               <w:t xml:space="preserve"> Short Form (SF)</w:t>
             </w:r>
             <w:r w:rsidR="0003138A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t>reassessment</w:t>
             </w:r>
             <w:r w:rsidR="0003138A">
               <w:t xml:space="preserve"> contributing to the longitudinal analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7801DB50" w14:textId="6748B446" w:rsidR="00AB7676" w:rsidRDefault="006752B1" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Results are reported separately for participants who have had </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B29853" w14:textId="3D508E1C" w:rsidR="00563255" w:rsidRPr="00563255" w:rsidRDefault="00D92704" w:rsidP="00563255">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00563255">
               <w:t xml:space="preserve"> (latest </w:t>
             </w:r>
             <w:r w:rsidR="00563255" w:rsidRPr="00563255">
               <w:t xml:space="preserve">SF reassessment approximately one year after </w:t>
             </w:r>
             <w:r w:rsidR="00563255">
               <w:t>first</w:t>
             </w:r>
             <w:r w:rsidR="00563255" w:rsidRPr="00563255">
               <w:t xml:space="preserve"> plan approval</w:t>
             </w:r>
             <w:r w:rsidR="00563255">
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78A42FA7" w14:textId="4A55A6EC" w:rsidR="00D92704" w:rsidRDefault="00D92704" w:rsidP="00D92704">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2 (latest </w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve">SF reassessment approximately </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> year</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> after </w:t>
             </w:r>
             <w:r>
               <w:t>first</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> plan approval</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
@@ -1342,161 +1402,191 @@
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Consistent with the quarterly reports to disability ministers</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3937D3B0" w14:textId="688DCBB9" w:rsidR="002C3CFD" w:rsidRDefault="002C3CFD" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>For family/carer questionnaires, the same respondent must have responded at all selected time points to be included.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="770BDE25" w14:textId="585ADF9B" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="770BDE25" w14:textId="04C3A265" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had a </w:t>
             </w:r>
             <w:r w:rsidR="00611B52">
               <w:t xml:space="preserve">latest </w:t>
             </w:r>
             <w:r>
               <w:t>first</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
-              <w:t xml:space="preserve"> SF reassessment by 30 </w:t>
-[...2 lines deleted...]
-              <w:t>September</w:t>
+              <w:t xml:space="preserve"> SF reassessment by 3</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>December</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D561A91" w14:textId="314114C0" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="00221CA1">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1D561A91" w14:textId="1BE11D02" w:rsidR="00221CA1" w:rsidRPr="00A53535" w:rsidRDefault="00221CA1" w:rsidP="001B2E72">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had a </w:t>
             </w:r>
             <w:r w:rsidR="00611B52">
               <w:t xml:space="preserve">latest </w:t>
             </w:r>
             <w:r>
               <w:t>second</w:t>
             </w:r>
             <w:r w:rsidRPr="00A53535">
-              <w:t xml:space="preserve"> SF reassessment by 30 </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> SF reassessment by </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
               <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78411A44" w14:textId="567853E7" w:rsidR="00FF54A8" w:rsidRDefault="00611B52" w:rsidP="009D2943">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>…</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC0EA98" w14:textId="2A2C4BB8" w:rsidR="00611B52" w:rsidRDefault="00FF54A8" w:rsidP="00611B52">
+          <w:p w14:paraId="2DC0EA98" w14:textId="19FEBF9E" w:rsidR="00611B52" w:rsidRDefault="00FF54A8" w:rsidP="00611B52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
               <w:t xml:space="preserve">=participant has had </w:t>
             </w:r>
             <w:r w:rsidR="00611B52">
               <w:t xml:space="preserve">a latest </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ninth </w:t>
             </w:r>
             <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
-              <w:t xml:space="preserve">SF reassessment by 30 </w:t>
-[...2 lines deleted...]
-              <w:t>September</w:t>
+              <w:t xml:space="preserve">SF reassessment by </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72">
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2E72" w:rsidRPr="00A53535">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D2943" w:rsidRPr="00A53535">
-              <w:t xml:space="preserve"> 2025</w:t>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028246F" w14:paraId="09699984" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A8B1452" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r w:rsidRPr="0021256F">
+              <w:lastRenderedPageBreak/>
               <w:t>Questionnaire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="057F9767" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="4F0AA121" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="1C6519E8" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="1CFBDF3F" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="53419CAE" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="7163E127" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="5D4A94C3" w14:textId="77777777" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="74C7ED8B" w14:textId="77777777" w:rsidR="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18"/>
           <w:p w14:paraId="33A788F2" w14:textId="1139E30C" w:rsidR="00C64834" w:rsidRPr="00C64834" w:rsidRDefault="00C64834" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D3D8DEC" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:r>
               <w:t>Version of the NDIS outcomes framework questionnaire</w:t>
             </w:r>
@@ -1822,50 +1912,51 @@
             <w:r>
               <w:t>% who choose who supports them</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D1D5586" w14:textId="12AA40C8" w:rsidR="002927C9" w:rsidRDefault="009726EF" w:rsidP="008875DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% who have a paid job</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028246F" w14:paraId="5DB18BAA" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="779B99D7" w14:textId="431D8E72" w:rsidR="00BA173B" w:rsidRDefault="00A2522F" w:rsidP="00424F18">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009726EF" w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Baseline</w:t>
             </w:r>
             <w:r w:rsidR="008875DF">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA33A1E" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="0E0842C9" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="33A20CAF" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="653B128F" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15636692" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
           <w:p w14:paraId="62DB92C6" w14:textId="77777777" w:rsidR="00BA173B" w:rsidRPr="00BA173B" w:rsidRDefault="00BA173B" w:rsidP="00424F18"/>
@@ -1994,59 +2085,51 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53034BCD" w14:textId="77777777" w:rsidR="005D4E59" w:rsidRDefault="005D4E59" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">For the “Has the NDIS helped?” indicators, participants do not respond at baseline (since they have only just entered the Scheme). For these </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> the value is reported as “</w:t>
+              <w:t>For the “Has the NDIS helped?” indicators, participants do not respond at baseline (since they have only just entered the Scheme). For these cases; the value is reported as “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>”</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17E987EE" w14:textId="285E3A74" w:rsidR="0026615E" w:rsidRDefault="00D026F9" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">For </w:t>
             </w:r>
             <w:r w:rsidR="0026615E">
               <w:t xml:space="preserve">questions other than “Has the NDIS helped” indicators, baseline is defined as the first time that </w:t>
@@ -2125,79 +2208,61 @@
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve">ll responses are </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>reported</w:t>
             </w:r>
             <w:r w:rsidR="00046F99">
               <w:t xml:space="preserve"> in the 25+ </w:t>
             </w:r>
             <w:r w:rsidR="007855B2">
               <w:t>age group</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07BC9F30" w14:textId="7FADBDB6" w:rsidR="00E9139F" w:rsidRDefault="00F511E5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">If a participant turns 15 while in the Scheme, their baseline would be reset for questions present in the 15 to 24 </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> but not in </w:t>
+              <w:t xml:space="preserve">If a participant turns 15 while in the Scheme, their baseline would be reset for questions present in the 15 to 24 questionnaire but not in </w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> to 14</w:t>
+            <w:r>
+              <w:t>School to 14</w:t>
             </w:r>
             <w:r w:rsidR="00C428DE">
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> questionnaire</w:t>
+            </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CE07423" w14:textId="77777777" w:rsidR="009726EF" w:rsidRDefault="009726EF" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A33BB9E" w14:textId="23652D06" w:rsidR="002A7B54" w:rsidRDefault="002A7B54" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -2263,51 +2328,55 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Only those in cohort 1 or higher are included.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1779FC31" w14:textId="7916BEAB" w:rsidR="00EE2FE5" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, train</w:t>
             </w:r>
             <w:r w:rsidR="003716E7">
               <w:t>ing or skill development” and “O</w:t>
             </w:r>
             <w:r>
-              <w:t>f those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
+              <w:t xml:space="preserve">f those who participate, % who do </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A5A68BA" w14:textId="4D2DC067" w:rsidR="002A3750" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
             </w:r>
             <w:r w:rsidR="00294D59">
               <w:t>For these cases, the value is reported as “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00294D59">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00294D59">
               <w:t xml:space="preserve">” </w:t>
             </w:r>
@@ -2366,50 +2435,51 @@
             </w:r>
             <w:r w:rsidR="00826155">
               <w:t>option</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00826155">
               <w:t xml:space="preserve"> plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="296D64B6" w14:textId="77777777" w:rsidR="002A7B54" w:rsidRDefault="00EE2FE5" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71297893" w14:textId="6D328183" w:rsidR="002A7B54" w:rsidRDefault="002A7B54" w:rsidP="00424F18">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028246F" w14:paraId="0D818EA0" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="102AB877" w14:textId="3A715B3D" w:rsidR="00A946FD" w:rsidRDefault="00A946FD" w:rsidP="00424F18">
@@ -2669,50 +2739,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="59DB2995" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Where the indicator is only applicable to a subset, the denominator is the number belonging to that subset. For example, for the indicators “% who participate in education, training or skill development” and “Of those who participate, % who do so in mainstream settings”, the denominator for the second indicator only includes participants who meet the first indicator</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47D72AF2" w14:textId="673BCF92" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
             </w:r>
             <w:r w:rsidR="00294D59">
               <w:t>For these cases, the value is reported as “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00294D59">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00294D59">
               <w:t xml:space="preserve">” </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C729753" w14:textId="67C90CF9" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve">If reassessment </w:t>
@@ -2786,50 +2857,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0106FCF9" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C0AC5C9" w14:textId="04239123" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54969" w14:paraId="741E25B0" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42C41DC1" w14:textId="2CF610AA" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
@@ -3101,50 +3173,51 @@
             <w:r>
               <w:t xml:space="preserve">Percentages based on small denominators are not reported. </w:t>
             </w:r>
             <w:r w:rsidR="00294D59">
               <w:t>For these cases, the value is reported as “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00294D59">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00294D59">
               <w:t xml:space="preserve">” </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="352CAC53" w14:textId="532260E2" w:rsidR="006749D5" w:rsidRDefault="006749D5" w:rsidP="006749D5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00281F76">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">If reassessment </w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve"> is not applicable for cohort </w:t>
             </w:r>
             <w:r w:rsidRPr="009A5172">
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve"> (e.g., when</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> m &lt; 5</w:t>
             </w:r>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve">), the value is </w:t>
             </w:r>
             <w:r>
               <w:t>reported</w:t>
             </w:r>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve"> as "</w:t>
@@ -3196,50 +3269,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="195D9C6D" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F84F686" w14:textId="3746CA34" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54969" w14:paraId="218A51AB" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A3A2A5E" w14:textId="1C10E035" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
@@ -3556,100 +3630,102 @@
             <w:r>
               <w:t>reported</w:t>
             </w:r>
             <w:r w:rsidRPr="00281F76">
               <w:t xml:space="preserve"> as "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00281F76">
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00281F76">
               <w:t>"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A323E04" w14:textId="2C495A94" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Reassessment 7 is the </w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve">SF reassessment approximately </w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> year</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> after </w:t>
             </w:r>
             <w:r>
               <w:t>first plan approval</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26B0C8E4" w14:textId="138E0A16" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="671790F1" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E205DA6" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E54969" w14:paraId="37DF0BEC" w14:textId="77777777" w:rsidTr="00F06416">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="125"/>
@@ -4007,121 +4083,124 @@
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> year</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00563255">
               <w:t xml:space="preserve"> after </w:t>
             </w:r>
             <w:r>
               <w:t>first plan approval</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="268ED27D" w14:textId="57FC3B45" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>The percentage responding positively is the percentage responding “yes”, “yes, a lot” or “yes, a bit”, divided by the total number answering any of the above options plus those answering “no”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="722A0254" w14:textId="77777777" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>A percentage rounded to 0 decimal places, between 0% and 100%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="502DC493" w14:textId="50A84E9F" w:rsidR="00E54969" w:rsidRDefault="00E54969" w:rsidP="00E54969">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>na</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F1961D8" w14:textId="77777777" w:rsidR="00E4163B" w:rsidRDefault="00E4163B">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D69EF9" w14:textId="64B06B83" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc213057166"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0518AE90" w14:textId="3EB1BB6F" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="0518AE90" w14:textId="791BFDE7" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc20305530"/>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc24723573"/>
       <w:bookmarkStart w:id="11" w:name="_Toc25913655"/>
       <w:bookmarkStart w:id="12" w:name="_Toc213057167"/>
       <w:r>
         <w:t>Example 1: For the group of participants aged 15 to 24 who respond</w:t>
       </w:r>
       <w:r w:rsidR="002A7B54">
         <w:t>ed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at both baseline and </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
         <w:t>3</w:t>
@@ -4147,339 +4226,314 @@
       <w:r w:rsidR="00CA2343">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r w:rsidR="003B4030">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00CA2343">
         <w:t>, 2 and 3</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">for each State/Territory, as at </w:t>
+        <w:t xml:space="preserve">for each State/Territory, as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00AD5960">
-[...13 lines deleted...]
-      <w:r w:rsidR="00AD5960">
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C20CE3">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:t>5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="1EED70C1" w14:textId="1A7C04BC" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
         <w:t>To obtain the percentage of young adults aged 15 to 24 who have a paid job</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t>, at baseline</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r w:rsidR="003B4030">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>, 2 and 3</w:t>
       </w:r>
       <w:r w:rsidR="00B92A4A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for each State/Territory, apply the following filters to the data: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160B568F" w14:textId="22CE54AD" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
-        <w:t>Questionnaire</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Questionnaire=“</w:t>
+      </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
-        <w:t>, State≠(unselect</w:t>
-[...7 lines deleted...]
-        <w:t>ALL”</w:t>
+        <w:t>, State≠(unselect)“ALL”</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003B4030">
         <w:t>Cohort</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>=3</w:t>
       </w:r>
       <w:r>
-        <w:t>, Indicator description</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, Indicator description=“</w:t>
+      </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>who have a paid job</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C047980" w14:textId="6093230C" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
+    <w:p w14:paraId="4C047980" w14:textId="0E9D7892" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc24723574"/>
       <w:bookmarkStart w:id="14" w:name="_Toc24727199"/>
       <w:bookmarkStart w:id="15" w:name="_Toc25913656"/>
       <w:bookmarkStart w:id="16" w:name="_Toc213057168"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t xml:space="preserve">For families/carers of participants aged 0 to 14 who live in VIC, where the same person answered at both baseline and </w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t xml:space="preserve">subsequent </w:t>
       </w:r>
       <w:r w:rsidR="00C428DE">
         <w:t>reassessment</w:t>
       </w:r>
       <w:r w:rsidR="00BA173B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>: the results for all longitudinal indicators</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, as at </w:t>
+        <w:t xml:space="preserve">, as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidR="00AD5960">
-[...13 lines deleted...]
-      <w:r w:rsidR="00AD5960">
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F">
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="0090299F" w:rsidRPr="00A53535">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D1A2F">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="001809A1">
         <w:t>5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="62B5FD43" w14:textId="13439325" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
         <w:t xml:space="preserve">To obtain the values for </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t xml:space="preserve">longitudinal </w:t>
       </w:r>
       <w:r>
         <w:t>indicator</w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="000508FD">
         <w:t>families/carers of participants aged 0 to 14 who live in VIC</w:t>
       </w:r>
       <w:r>
         <w:t>, apply the following filters to the data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC1E467" w14:textId="392BFD7B" w:rsidR="00991990" w:rsidRDefault="00991990" w:rsidP="00991990">
       <w:r>
-        <w:t>Questionnaire</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Questionnaire=“</w:t>
+      </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>Family/carer of participant 0 to 14</w:t>
       </w:r>
       <w:r>
-        <w:t>”, State</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>”, State=“</w:t>
+      </w:r>
       <w:r w:rsidR="001E21F9">
         <w:t>VIC</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="18" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="19" w:name="_Toc213057169"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="7E6C20D1" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="5F0E0F96" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F6607">
-[...9 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0090299F">
+        <w:t>January 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D66EE85" w14:textId="79C98882" w:rsidR="003508F9" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -4493,165 +4547,186 @@
     <w:p w14:paraId="2FE611E6" w14:textId="77777777" w:rsidR="00EB59FC" w:rsidRPr="00EB59FC" w:rsidRDefault="00EB59FC" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="0C4C4E37" w14:textId="760A3600" w:rsidR="00EB59FC" w:rsidRDefault="00EB59FC" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="00C69909" w14:textId="7B920718" w:rsidR="00387E82" w:rsidRDefault="00387E82" w:rsidP="00EB59FC"/>
     <w:p w14:paraId="7EE50D42" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="487036AA" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="2993F52E" w14:textId="77777777" w:rsidR="00387E82" w:rsidRPr="00387E82" w:rsidRDefault="00387E82" w:rsidP="00387E82"/>
     <w:p w14:paraId="2C2711DD" w14:textId="13EDEC6E" w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidRDefault="003508F9" w:rsidP="00387E82"/>
     <w:sectPr w:rsidR="003508F9" w:rsidRPr="00387E82" w:rsidSect="003C3D27">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00FD2698" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
+    <w:p w14:paraId="46A6DB72" w14:textId="77777777" w:rsidR="00937180" w:rsidRDefault="00937180" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40AFC992" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
+    <w:p w14:paraId="73DC5863" w14:textId="77777777" w:rsidR="00937180" w:rsidRDefault="00937180" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="43D04D28" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="001F6607" w:rsidP="00D0019B">
+  <w:p w14:paraId="17E6EB46" w14:textId="628A0D66" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="0090299F" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve">October </w:t>
+      <w:t>January</w:t>
+    </w:r>
+    <w:r w:rsidR="001F6607">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00F440DE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00BA173B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00435BB1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00D0019B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
@@ -4797,58 +4872,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AAF5F21" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
+    <w:p w14:paraId="1663EA97" w14:textId="77777777" w:rsidR="00937180" w:rsidRDefault="00937180" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70DF409A" w14:textId="77777777" w:rsidR="003E3944" w:rsidRDefault="003E3944" w:rsidP="002679FC">
+    <w:p w14:paraId="279B1E83" w14:textId="77777777" w:rsidR="00937180" w:rsidRDefault="00937180" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="5FEE79DD" w14:textId="32EDBAC0" w:rsidR="008875DF" w:rsidRDefault="008875DF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF7C60">
         <w:t>Baseline</w:t>
       </w:r>
       <w:r w:rsidR="00A83A73">
         <w:t xml:space="preserve"> refers to the selected SF that was </w:t>
       </w:r>
@@ -7168,50 +7243,51 @@
     <w:rsid w:val="00046F99"/>
     <w:rsid w:val="000508FD"/>
     <w:rsid w:val="00052A60"/>
     <w:rsid w:val="0006239D"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="000647E1"/>
     <w:rsid w:val="00070D15"/>
     <w:rsid w:val="00091882"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="00092F09"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A6BB4"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D5068"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E6934"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00124680"/>
     <w:rsid w:val="00134472"/>
     <w:rsid w:val="00145FAA"/>
     <w:rsid w:val="00151B37"/>
     <w:rsid w:val="00166098"/>
     <w:rsid w:val="00173A66"/>
     <w:rsid w:val="001809A1"/>
+    <w:rsid w:val="001B2E72"/>
     <w:rsid w:val="001B3E85"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D7DC8"/>
     <w:rsid w:val="001E21F9"/>
     <w:rsid w:val="001E4ACE"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001F29A5"/>
     <w:rsid w:val="001F6607"/>
     <w:rsid w:val="00221CA1"/>
     <w:rsid w:val="00230627"/>
     <w:rsid w:val="00252C1F"/>
     <w:rsid w:val="002603B3"/>
     <w:rsid w:val="002631CE"/>
     <w:rsid w:val="00264551"/>
     <w:rsid w:val="0026615E"/>
     <w:rsid w:val="0026677D"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00274E10"/>
     <w:rsid w:val="00281F76"/>
     <w:rsid w:val="0028246F"/>
     <w:rsid w:val="002927C9"/>
     <w:rsid w:val="00294D59"/>
     <w:rsid w:val="002A3750"/>
     <w:rsid w:val="002A7B54"/>
@@ -7343,91 +7419,95 @@
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814680"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00816D2A"/>
     <w:rsid w:val="008217BE"/>
     <w:rsid w:val="0082501B"/>
     <w:rsid w:val="00826155"/>
     <w:rsid w:val="008311EF"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00846649"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="0085256B"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00857888"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008813F1"/>
     <w:rsid w:val="008861B0"/>
     <w:rsid w:val="008875DF"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="0089391F"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008C37C3"/>
     <w:rsid w:val="008F0F6F"/>
+    <w:rsid w:val="0090299F"/>
     <w:rsid w:val="00904B44"/>
     <w:rsid w:val="009110EF"/>
     <w:rsid w:val="009225F0"/>
+    <w:rsid w:val="00937180"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="00937C95"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="0096680F"/>
     <w:rsid w:val="00971886"/>
     <w:rsid w:val="009726EF"/>
     <w:rsid w:val="00976547"/>
     <w:rsid w:val="00985448"/>
     <w:rsid w:val="00991990"/>
     <w:rsid w:val="00991DD8"/>
     <w:rsid w:val="009A41BC"/>
+    <w:rsid w:val="009C5C7B"/>
     <w:rsid w:val="009D2943"/>
     <w:rsid w:val="009D6097"/>
     <w:rsid w:val="009F2408"/>
     <w:rsid w:val="009F491C"/>
     <w:rsid w:val="00A06020"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A12D92"/>
     <w:rsid w:val="00A21D63"/>
     <w:rsid w:val="00A227F3"/>
     <w:rsid w:val="00A240A5"/>
     <w:rsid w:val="00A2522F"/>
     <w:rsid w:val="00A308C0"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A41C0C"/>
     <w:rsid w:val="00A53535"/>
     <w:rsid w:val="00A70BEA"/>
     <w:rsid w:val="00A70E08"/>
     <w:rsid w:val="00A762FC"/>
     <w:rsid w:val="00A82E06"/>
     <w:rsid w:val="00A83A73"/>
     <w:rsid w:val="00A84AD2"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A946FD"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AA3DF4"/>
     <w:rsid w:val="00AA4084"/>
+    <w:rsid w:val="00AA5EAA"/>
     <w:rsid w:val="00AA66FF"/>
     <w:rsid w:val="00AB7676"/>
     <w:rsid w:val="00AC01CD"/>
     <w:rsid w:val="00AC63B2"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AE0106"/>
     <w:rsid w:val="00AE0833"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AF7C60"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B16FDD"/>
     <w:rsid w:val="00B20FFE"/>
     <w:rsid w:val="00B33155"/>
     <w:rsid w:val="00B3354A"/>
     <w:rsid w:val="00B343EB"/>
     <w:rsid w:val="00B57688"/>
     <w:rsid w:val="00B61245"/>
     <w:rsid w:val="00B622EF"/>
     <w:rsid w:val="00B62656"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B84016"/>
     <w:rsid w:val="00B8480E"/>
     <w:rsid w:val="00B85596"/>
@@ -7456,50 +7536,51 @@
     <w:rsid w:val="00C55DAD"/>
     <w:rsid w:val="00C64834"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00C76BC4"/>
     <w:rsid w:val="00C77601"/>
     <w:rsid w:val="00C83A40"/>
     <w:rsid w:val="00C87E55"/>
     <w:rsid w:val="00CA0C77"/>
     <w:rsid w:val="00CA2343"/>
     <w:rsid w:val="00CA44E0"/>
     <w:rsid w:val="00CD0362"/>
     <w:rsid w:val="00CF4D26"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D007AA"/>
     <w:rsid w:val="00D026F9"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D311B0"/>
     <w:rsid w:val="00D32570"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D433CE"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D527CB"/>
     <w:rsid w:val="00D61AA2"/>
     <w:rsid w:val="00D76F17"/>
+    <w:rsid w:val="00D84205"/>
     <w:rsid w:val="00D92704"/>
     <w:rsid w:val="00D95CA0"/>
     <w:rsid w:val="00DA30B5"/>
     <w:rsid w:val="00DB4B98"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DF22A5"/>
     <w:rsid w:val="00E1532D"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E4163B"/>
     <w:rsid w:val="00E54969"/>
     <w:rsid w:val="00E57F59"/>
     <w:rsid w:val="00E718F6"/>
     <w:rsid w:val="00E748F8"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E9139F"/>
     <w:rsid w:val="00EB59FC"/>
     <w:rsid w:val="00ED2258"/>
     <w:rsid w:val="00EE1607"/>
     <w:rsid w:val="00EE2FE5"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EF2B62"/>
     <w:rsid w:val="00F06416"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
@@ -7513,51 +7594,51 @@
     <w:rsid w:val="00FB137B"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FB7122"/>
     <w:rsid w:val="00FC24FA"/>
     <w:rsid w:val="00FC3C9C"/>
     <w:rsid w:val="00FC467A"/>
     <w:rsid w:val="00FD4B0B"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="00FF54A8"/>
     <w:rsid w:val="00FF69BF"/>
     <w:rsid w:val="00FF7EFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67652B53"/>
   <w15:docId w15:val="{520A5096-1E18-493A-B50B-FE585DF9047E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -9243,76 +9324,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9510,110 +9591,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{230484BF-34B8-4207-8C02-14A95B1BD357}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="ac0b378e-f260-4fc9-a95b-44a51f97f020"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{230484BF-34B8-4207-8C02-14A95B1BD357}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4da16539-3d62-4b70-9621-d9a62245e0f3"/>
+    <ds:schemaRef ds:uri="ac0b378e-f260-4fc9-a95b-44a51f97f020"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76FF6E0D-07C7-4B97-AAF5-BB3961B10823}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A0D9BE8-C076-4916-B5A7-959D375DCAC6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>13765</Characters>
+  <Pages>9</Pages>
+  <Words>2411</Words>
+  <Characters>13748</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>6</DocSecurity>
+  <DocSecurity>2</DocSecurity>
   <Lines>114</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16147</CharactersWithSpaces>
+  <CharactersWithSpaces>16127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>7929932</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>39</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:scheme.actuary@ndis.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1507381</vt:i4>
       </vt:variant>
       <vt:variant>