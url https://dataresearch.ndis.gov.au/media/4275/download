--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -425,78 +425,84 @@
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="04FF53D0" w14:textId="6EFCE048" w:rsidR="00FA6BAB" w:rsidRDefault="00C201E0" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="5" w:name="_Toc25676831"/>
       <w:r>
         <w:t>Baseline outcome indicators</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="45C87F6E" w14:textId="3D82FDD5" w:rsidR="00BF52F6" w:rsidRDefault="00BF52F6" w:rsidP="00C201E0">
+    <w:p w14:paraId="45C87F6E" w14:textId="78BBC712" w:rsidR="00BF52F6" w:rsidRDefault="00BF52F6" w:rsidP="00C201E0">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
+      <w:r w:rsidR="00D2492C" w:rsidRPr="00EF4BB8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2492C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>509</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2492C" w:rsidRPr="00EF4BB8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00EF4BB8" w:rsidRPr="00EF4BB8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> PB Baseline Outcome Indicators CSV</w:t>
+        <w:t>PB Baseline Outcome Indicators CSV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.csv data file.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1653"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="3658"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D2341" w14:paraId="6EDB4B16" w14:textId="77777777" w:rsidTr="0037093C">
         <w:trPr>
           <w:tblHeader/>
@@ -617,97 +623,90 @@
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53E46F7D" w14:textId="39A71376" w:rsidR="00BF52F6" w:rsidRPr="00377A63" w:rsidRDefault="00BF52F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data is valid as at this date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D95FFB3" w14:textId="380CA01A" w:rsidR="005D2341" w:rsidRPr="00E3767D" w:rsidRDefault="00DC612D" w:rsidP="009142C6">
+          <w:p w14:paraId="7D95FFB3" w14:textId="2A9A9416" w:rsidR="005D2341" w:rsidRPr="00E3767D" w:rsidRDefault="00DC612D" w:rsidP="009142C6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008108E1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008108E1">
+            <w:r w:rsidR="00D2492C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>June</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">September </w:t>
             </w:r>
             <w:r w:rsidR="00DB1706">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00044EAA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D3AD3" w14:paraId="06B2E353" w14:textId="77777777" w:rsidTr="0037093C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA0D77E" w14:textId="59FBD729" w:rsidR="007D3AD3" w:rsidRDefault="007D3AD3" w:rsidP="007D3AD3">
             <w:r>
@@ -1056,51 +1055,50 @@
             <w:r>
               <w:t>Family/carer of participant 0 to 14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BFB622A" w14:textId="05C5FD20" w:rsidR="00585B60" w:rsidRDefault="00585B60" w:rsidP="00585B60">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Family/carer of participant 15 and over</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D3AD3" w14:paraId="2AB30761" w14:textId="77777777" w:rsidTr="0037093C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="643E5D10" w14:textId="213F114C" w:rsidR="007D3AD3" w:rsidRDefault="00585B60" w:rsidP="007D3AD3">
             <w:r w:rsidRPr="00585B60">
-              <w:lastRenderedPageBreak/>
               <w:t>Indicator number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47850BCC" w14:textId="7C89401C" w:rsidR="007D3AD3" w:rsidRDefault="00585B60" w:rsidP="007D3AD3">
             <w:r>
               <w:t>Numeric code for indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56227AE8" w14:textId="1D747383" w:rsidR="007D3AD3" w:rsidRDefault="00585B60" w:rsidP="007D3AD3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
@@ -1198,66 +1196,60 @@
           </w:p>
           <w:p w14:paraId="09356CED" w14:textId="0D041D75" w:rsidR="003628F2" w:rsidRDefault="003628F2" w:rsidP="003628F2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% who choose who supports them</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7336950F" w14:textId="77777777" w:rsidR="003628F2" w:rsidRDefault="003628F2" w:rsidP="003628F2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>% who have a paid job</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79BDA8C0" w14:textId="21227DE4" w:rsidR="00724DCA" w:rsidRDefault="00724DCA" w:rsidP="003628F2">
+          <w:p w14:paraId="79BDA8C0" w14:textId="69E862B5" w:rsidR="00724DCA" w:rsidRDefault="00724DCA" w:rsidP="003628F2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82E06">
               <w:t>% who have been actively involved in a community, cultural or religious group in the last 12 months</w:t>
-            </w:r>
-[...4 lines deleted...]
-              <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00531C0E" w14:paraId="328752FB" w14:textId="77777777" w:rsidTr="0037093C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B2D4CE8" w14:textId="03BFE7E0" w:rsidR="00531C0E" w:rsidRPr="00CF5EF1" w:rsidRDefault="00531C0E" w:rsidP="007D3AD3">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00531C0E">
               <w:t>ercentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53EC3ED7" w14:textId="377E4574" w:rsidR="00531C0E" w:rsidRDefault="007938D3" w:rsidP="007938D3">
             <w:r>
               <w:t xml:space="preserve">The percentage </w:t>
@@ -1383,79 +1375,84 @@
     </w:p>
     <w:p w14:paraId="3405B95D" w14:textId="24A72CCC" w:rsidR="00997B5E" w:rsidRDefault="00997B5E">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D69EF9" w14:textId="2E815E27" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc25676832"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B4DA6E" w14:textId="41A4FC3A" w:rsidR="00024924" w:rsidRDefault="00024924" w:rsidP="00024924">
+    <w:p w14:paraId="38B4DA6E" w14:textId="09FE75CC" w:rsidR="00024924" w:rsidRDefault="00024924" w:rsidP="00024924">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc20305530"/>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc24723573"/>
       <w:bookmarkStart w:id="11" w:name="_Toc25676506"/>
       <w:bookmarkStart w:id="12" w:name="_Toc25676833"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: Percentage of participants aged 0 to before starting school who participate in </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00024924">
         <w:t>age</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
-        <w:t>appropriate community, cultural or</w:t>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00024924">
+        <w:t xml:space="preserve"> community, cultural or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t>religious activities</w:t>
       </w:r>
       <w:r w:rsidR="000A46B3">
         <w:t xml:space="preserve"> at baseline</w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> each State/Territory </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t xml:space="preserve">and overall, </w:t>
       </w:r>
@@ -1466,63 +1463,56 @@
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00DC612D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="008108E1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00DC612D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008108E1">
+      <w:r w:rsidR="00D2492C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">September </w:t>
       </w:r>
       <w:r w:rsidR="00DF7B27">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00044EAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2C899A" w14:textId="3AE584D6" w:rsidR="00967B4D" w:rsidRDefault="00024924" w:rsidP="00024924">
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>obtain</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the </w:t>
@@ -1544,51 +1534,51 @@
       <w:r>
         <w:t>Questionnaire</w:t>
       </w:r>
       <w:r w:rsidR="00024924">
         <w:t>=“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t>Participant 0 to before school</w:t>
       </w:r>
       <w:r w:rsidR="00024924">
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:r>
         <w:t>Indicator number=4 (or Indicator description=</w:t>
       </w:r>
       <w:r w:rsidR="00843A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t>% of children who participate in age appropriate community, cultural or religious activities</w:t>
       </w:r>
       <w:r>
         <w:t>”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8F061E" w14:textId="42B62570" w:rsidR="00401860" w:rsidRDefault="00401860" w:rsidP="00401860">
+    <w:p w14:paraId="7E8F061E" w14:textId="6521E739" w:rsidR="00401860" w:rsidRDefault="00401860" w:rsidP="00401860">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc24723574"/>
       <w:bookmarkStart w:id="14" w:name="_Toc25676507"/>
       <w:bookmarkStart w:id="15" w:name="_Toc25676834"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="00721EDD">
         <w:t xml:space="preserve">Percentage of </w:t>
       </w:r>
       <w:r w:rsidR="000215EA">
         <w:t xml:space="preserve">ACT </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="000215EA">
         <w:t>aged 15 to 24 or 25 and over who rate their health as good, very good or excellent</w:t>
       </w:r>
       <w:r w:rsidR="000A46B3">
         <w:t xml:space="preserve"> at baseline</w:t>
       </w:r>
       <w:r>
@@ -1602,145 +1592,139 @@
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="0068476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="008108E1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="0068476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008108E1">
+      <w:r w:rsidR="00D2492C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t xml:space="preserve">September </w:t>
       </w:r>
       <w:r w:rsidR="0068476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00044EAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07444543" w14:textId="28EA66F5" w:rsidR="00363DEE" w:rsidRDefault="000215EA" w:rsidP="00024924">
       <w:r>
         <w:t>To obtain the values for the self-reported health indicator for young adult and older adult participants in ACT and nationally, apply the following filters to the data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437C9208" w14:textId="3C112489" w:rsidR="000215EA" w:rsidRDefault="00721EDD" w:rsidP="00024924">
       <w:r>
         <w:t>Questionnaire=“Participant 15 to 24” or “Participant 25 and over”, State=</w:t>
       </w:r>
       <w:r w:rsidR="00843A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>ACT” or “ALL”, Indicator description=</w:t>
       </w:r>
       <w:r w:rsidR="00843A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r>
         <w:t>who rate their health as good, very good or excellent”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="17" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="18" w:name="_Toc25676835"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="3E186F85" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="6BB9BF0D" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D22844">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008108E1">
+      <w:r w:rsidR="001D2EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>July</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">October </w:t>
       </w:r>
       <w:r w:rsidR="00D46B4F">
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D66EE85" w14:textId="4C868381" w:rsidR="00EF355F" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
@@ -1772,58 +1756,58 @@
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00542C50" w:rsidRPr="00EF355F" w:rsidSect="003C3D27">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26215649" w14:textId="77777777" w:rsidR="006B3466" w:rsidRDefault="006B3466" w:rsidP="002679FC">
+    <w:p w14:paraId="5E88E383" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E7464FA" w14:textId="77777777" w:rsidR="006B3466" w:rsidRDefault="006B3466" w:rsidP="002679FC">
+    <w:p w14:paraId="71E36D99" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1866,73 +1850,67 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="4C4A607D" w:rsidR="003C3D27" w:rsidRPr="00456121" w:rsidRDefault="008108E1" w:rsidP="00D0019B">
+  <w:p w14:paraId="17E6EB46" w14:textId="287617AA" w:rsidR="003C3D27" w:rsidRPr="00456121" w:rsidRDefault="00D2492C" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t>July</w:t>
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">October </w:t>
     </w:r>
     <w:r w:rsidR="00D46B4F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00D0019B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
@@ -2084,85 +2062,60 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76157768" w14:textId="77777777" w:rsidR="006B3466" w:rsidRDefault="006B3466" w:rsidP="002679FC">
+    <w:p w14:paraId="7B44B7D1" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07A250C0" w14:textId="77777777" w:rsidR="006B3466" w:rsidRDefault="006B3466" w:rsidP="002679FC">
+    <w:p w14:paraId="195274BD" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> are now included in the results. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09663B6B" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4482,61 +4435,64 @@
     <w:rsid w:val="00024924"/>
     <w:rsid w:val="00043E34"/>
     <w:rsid w:val="00044EAA"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000936A6"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A46B3"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D12C1"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E6934"/>
     <w:rsid w:val="000F2879"/>
     <w:rsid w:val="000F2DDE"/>
     <w:rsid w:val="00104B4B"/>
     <w:rsid w:val="00110420"/>
     <w:rsid w:val="00122F84"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001369F7"/>
     <w:rsid w:val="00142E65"/>
     <w:rsid w:val="00143AB4"/>
     <w:rsid w:val="001B3E85"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
+    <w:rsid w:val="001D2EC5"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001F2BAB"/>
     <w:rsid w:val="0021256F"/>
     <w:rsid w:val="00230627"/>
     <w:rsid w:val="00243966"/>
     <w:rsid w:val="002509C3"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00294CEF"/>
     <w:rsid w:val="002F003A"/>
     <w:rsid w:val="003030FC"/>
+    <w:rsid w:val="00305A3F"/>
     <w:rsid w:val="00310814"/>
+    <w:rsid w:val="00322A8C"/>
     <w:rsid w:val="00336FB0"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003628F2"/>
     <w:rsid w:val="00363DEE"/>
     <w:rsid w:val="0037093C"/>
     <w:rsid w:val="00373847"/>
     <w:rsid w:val="00374052"/>
     <w:rsid w:val="00377A63"/>
     <w:rsid w:val="003857B4"/>
     <w:rsid w:val="003B10A3"/>
     <w:rsid w:val="003B227F"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B51AD"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003C59EC"/>
     <w:rsid w:val="003D19BD"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E0ADE"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F2026"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="00401860"/>
@@ -4606,50 +4562,51 @@
     <w:rsid w:val="007F2EE3"/>
     <w:rsid w:val="007F3C68"/>
     <w:rsid w:val="007F68E9"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008108E1"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814024"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00820191"/>
     <w:rsid w:val="008311EF"/>
     <w:rsid w:val="00842087"/>
     <w:rsid w:val="00843A5C"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00847E0B"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00852E91"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008718EA"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
+    <w:rsid w:val="008F544A"/>
     <w:rsid w:val="009142C6"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="00961E01"/>
     <w:rsid w:val="00967B4D"/>
     <w:rsid w:val="009716B4"/>
     <w:rsid w:val="00997B5E"/>
     <w:rsid w:val="009A23FF"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009E71E8"/>
     <w:rsid w:val="009F09D4"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A22E8C"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A5414E"/>
     <w:rsid w:val="00A622FA"/>
     <w:rsid w:val="00A77246"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A911CA"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE05A0"/>
     <w:rsid w:val="00AE2B41"/>
@@ -4667,53 +4624,55 @@
     <w:rsid w:val="00BE44F1"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4262"/>
     <w:rsid w:val="00BF52F6"/>
     <w:rsid w:val="00C12552"/>
     <w:rsid w:val="00C15AF6"/>
     <w:rsid w:val="00C16AA4"/>
     <w:rsid w:val="00C201E0"/>
     <w:rsid w:val="00C27683"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C37C33"/>
     <w:rsid w:val="00C44614"/>
     <w:rsid w:val="00C535C9"/>
     <w:rsid w:val="00C6176E"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00C76BC4"/>
     <w:rsid w:val="00C8007B"/>
     <w:rsid w:val="00C820EF"/>
     <w:rsid w:val="00C83B7F"/>
     <w:rsid w:val="00C85690"/>
     <w:rsid w:val="00CA2435"/>
     <w:rsid w:val="00CB37ED"/>
     <w:rsid w:val="00CD73B4"/>
     <w:rsid w:val="00CF5EF1"/>
+    <w:rsid w:val="00CF725A"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D01DA7"/>
     <w:rsid w:val="00D22844"/>
+    <w:rsid w:val="00D2492C"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D46B4F"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D5103A"/>
     <w:rsid w:val="00D61AA2"/>
     <w:rsid w:val="00D7241B"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DB1706"/>
     <w:rsid w:val="00DC612D"/>
     <w:rsid w:val="00DC64FC"/>
     <w:rsid w:val="00DD2D69"/>
     <w:rsid w:val="00DD5D5E"/>
     <w:rsid w:val="00DE0EE2"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DF7B27"/>
     <w:rsid w:val="00E23017"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E3767D"/>
     <w:rsid w:val="00E5234B"/>
     <w:rsid w:val="00E57E41"/>
     <w:rsid w:val="00E64460"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E816E2"/>
@@ -6505,52 +6464,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6775,83 +6734,83 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4da16539-3d62-4b70-9621-d9a62245e0f3"/>
     <ds:schemaRef ds:uri="ac0b378e-f260-4fc9-a95b-44a51f97f020"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BBABD65-26AC-4A03-997E-DAEE837C6E50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFDAE47D-06D6-4960-9148-5A243900D17A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21C7A15F-49FF-4D5F-BF3E-2CB83D19F9EB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>654</Words>
-  <Characters>3729</Characters>
+  <Words>656</Words>
+  <Characters>3744</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4375</CharactersWithSpaces>
+  <CharactersWithSpaces>4392</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>