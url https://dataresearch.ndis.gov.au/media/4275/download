--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -425,53 +425,53 @@
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="04FF53D0" w14:textId="6EFCE048" w:rsidR="00FA6BAB" w:rsidRDefault="00C201E0" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="5" w:name="_Toc25676831"/>
       <w:r>
         <w:t>Baseline outcome indicators</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="45C87F6E" w14:textId="78BBC712" w:rsidR="00BF52F6" w:rsidRDefault="00BF52F6" w:rsidP="00C201E0">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
       <w:r w:rsidR="00D2492C" w:rsidRPr="00EF4BB8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00D2492C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>509</w:t>
       </w:r>
       <w:r w:rsidR="00D2492C" w:rsidRPr="00EF4BB8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -623,90 +623,83 @@
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53E46F7D" w14:textId="39A71376" w:rsidR="00BF52F6" w:rsidRPr="00377A63" w:rsidRDefault="00BF52F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data is valid as at this date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D95FFB3" w14:textId="2A9A9416" w:rsidR="005D2341" w:rsidRPr="00E3767D" w:rsidRDefault="00DC612D" w:rsidP="009142C6">
+          <w:p w14:paraId="7D95FFB3" w14:textId="077DD897" w:rsidR="005D2341" w:rsidRPr="00E3767D" w:rsidRDefault="00DC612D" w:rsidP="009142C6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="008108E1">
+            <w:r w:rsidR="006E3049">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1 December</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2492C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">September </w:t>
             </w:r>
             <w:r w:rsidR="00DB1706">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00044EAA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D3AD3" w14:paraId="06B2E353" w14:textId="77777777" w:rsidTr="0037093C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA0D77E" w14:textId="59FBD729" w:rsidR="007D3AD3" w:rsidRDefault="007D3AD3" w:rsidP="007D3AD3">
             <w:r>
@@ -1375,144 +1368,146 @@
     </w:p>
     <w:p w14:paraId="3405B95D" w14:textId="24A72CCC" w:rsidR="00997B5E" w:rsidRDefault="00997B5E">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D69EF9" w14:textId="2E815E27" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc25676832"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B4DA6E" w14:textId="09FE75CC" w:rsidR="00024924" w:rsidRDefault="00024924" w:rsidP="00024924">
+    <w:p w14:paraId="38B4DA6E" w14:textId="3974B60B" w:rsidR="00024924" w:rsidRDefault="00024924" w:rsidP="00024924">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc20305530"/>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc24723573"/>
       <w:bookmarkStart w:id="11" w:name="_Toc25676506"/>
       <w:bookmarkStart w:id="12" w:name="_Toc25676833"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: Percentage of participants aged 0 to before starting school who participate in </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00024924">
         <w:t>age</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
-        <w:t>appropriate</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> community, cultural or</w:t>
+        <w:t>appropriate community, cultural or</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t>religious activities</w:t>
       </w:r>
       <w:r w:rsidR="000A46B3">
         <w:t xml:space="preserve"> at baseline</w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00024924">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> each State/Territory </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t xml:space="preserve">and overall, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as at </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00DC612D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008108E1">
+      <w:r w:rsidR="006E3049">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00DC612D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006E3049">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
       <w:r w:rsidR="00D2492C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">September </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF7B27">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00044EAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2C899A" w14:textId="3AE584D6" w:rsidR="00967B4D" w:rsidRDefault="00024924" w:rsidP="00024924">
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00363DEE">
         <w:t>obtain</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the </w:t>
@@ -1534,114 +1529,107 @@
       <w:r>
         <w:t>Questionnaire</w:t>
       </w:r>
       <w:r w:rsidR="00024924">
         <w:t>=“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t>Participant 0 to before school</w:t>
       </w:r>
       <w:r w:rsidR="00024924">
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:r>
         <w:t>Indicator number=4 (or Indicator description=</w:t>
       </w:r>
       <w:r w:rsidR="00843A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t>% of children who participate in age appropriate community, cultural or religious activities</w:t>
       </w:r>
       <w:r>
         <w:t>”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8F061E" w14:textId="6521E739" w:rsidR="00401860" w:rsidRDefault="00401860" w:rsidP="00401860">
+    <w:p w14:paraId="7E8F061E" w14:textId="28F855DD" w:rsidR="00401860" w:rsidRDefault="00401860" w:rsidP="00401860">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc24723574"/>
       <w:bookmarkStart w:id="14" w:name="_Toc25676507"/>
       <w:bookmarkStart w:id="15" w:name="_Toc25676834"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="00721EDD">
         <w:t xml:space="preserve">Percentage of </w:t>
       </w:r>
       <w:r w:rsidR="000215EA">
         <w:t xml:space="preserve">ACT </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="000215EA">
         <w:t>aged 15 to 24 or 25 and over who rate their health as good, very good or excellent</w:t>
       </w:r>
       <w:r w:rsidR="000A46B3">
         <w:t xml:space="preserve"> at baseline</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000215EA">
         <w:t xml:space="preserve">and national figures, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">as at </w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="0068476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="008108E1">
+      <w:r w:rsidR="006E3049">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0068476C">
+        <w:t>1 December</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2492C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">September </w:t>
       </w:r>
       <w:r w:rsidR="0068476C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00044EAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07444543" w14:textId="28EA66F5" w:rsidR="00363DEE" w:rsidRDefault="000215EA" w:rsidP="00024924">
       <w:r>
         <w:t>To obtain the values for the self-reported health indicator for young adult and older adult participants in ACT and nationally, apply the following filters to the data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437C9208" w14:textId="3C112489" w:rsidR="000215EA" w:rsidRDefault="00721EDD" w:rsidP="00024924">
       <w:r>
         <w:t>Questionnaire=“Participant 15 to 24” or “Participant 25 and over”, State=</w:t>
       </w:r>
@@ -1654,80 +1642,89 @@
       <w:r w:rsidR="00843A5C">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00363DEE">
         <w:t xml:space="preserve">% </w:t>
       </w:r>
       <w:r>
         <w:t>who rate their health as good, very good or excellent”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="17" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="18" w:name="_Toc25676835"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="6BB9BF0D" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="0CD7906F" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D22844">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00FF0B1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>January</w:t>
+      </w:r>
       <w:r w:rsidR="001D2EC5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">October </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D46B4F">
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0B1D">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D66EE85" w14:textId="4C868381" w:rsidR="00EF355F" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0000FF" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -1756,58 +1753,58 @@
           <w:tab w:val="left" w:pos="915"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00542C50" w:rsidRPr="00EF355F" w:rsidSect="003C3D27">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E88E383" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
+    <w:p w14:paraId="6252B8FA" w14:textId="77777777" w:rsidR="00EF045A" w:rsidRDefault="00EF045A" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71E36D99" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
+    <w:p w14:paraId="02457F7E" w14:textId="77777777" w:rsidR="00EF045A" w:rsidRDefault="00EF045A" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1850,73 +1847,79 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="287617AA" w:rsidR="003C3D27" w:rsidRPr="00456121" w:rsidRDefault="00D2492C" w:rsidP="00D0019B">
+  <w:p w14:paraId="17E6EB46" w14:textId="28F1D23E" w:rsidR="003C3D27" w:rsidRPr="00456121" w:rsidRDefault="007A525A" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve">October </w:t>
+      <w:t xml:space="preserve">January </w:t>
     </w:r>
     <w:r w:rsidR="00D46B4F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00D0019B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
@@ -2062,58 +2065,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B44B7D1" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
+    <w:p w14:paraId="10BAAF94" w14:textId="77777777" w:rsidR="00EF045A" w:rsidRDefault="00EF045A" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="195274BD" w14:textId="77777777" w:rsidR="00305A3F" w:rsidRDefault="00305A3F" w:rsidP="002679FC">
+    <w:p w14:paraId="2E0A7C60" w14:textId="77777777" w:rsidR="00EF045A" w:rsidRDefault="00EF045A" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09663B6B" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -4383,51 +4386,50 @@
   <w:num w:numId="13" w16cid:durableId="145442371">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2012679546">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2012364401">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="664016015">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1239364162">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="782845779">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
@@ -4522,197 +4524,206 @@
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00585B60"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C349F"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005C4DC6"/>
     <w:rsid w:val="005D2341"/>
     <w:rsid w:val="005D798C"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F21AA"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="006268EF"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0068476C"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B3466"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006D1AF1"/>
     <w:rsid w:val="006D60F4"/>
     <w:rsid w:val="006D6148"/>
     <w:rsid w:val="006D6ECD"/>
+    <w:rsid w:val="006E3049"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="006F459B"/>
+    <w:rsid w:val="00706C18"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00721EDD"/>
     <w:rsid w:val="00724DCA"/>
     <w:rsid w:val="0078322F"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007938D3"/>
     <w:rsid w:val="00796922"/>
     <w:rsid w:val="007A25D5"/>
+    <w:rsid w:val="007A525A"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007D3AD3"/>
     <w:rsid w:val="007E7109"/>
     <w:rsid w:val="007F2EE3"/>
     <w:rsid w:val="007F3C68"/>
     <w:rsid w:val="007F68E9"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008108E1"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814024"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00820191"/>
+    <w:rsid w:val="00821B74"/>
     <w:rsid w:val="008311EF"/>
     <w:rsid w:val="00842087"/>
     <w:rsid w:val="00843A5C"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00847E0B"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00852E91"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008718EA"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008F544A"/>
     <w:rsid w:val="009142C6"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="00961E01"/>
     <w:rsid w:val="00967B4D"/>
     <w:rsid w:val="009716B4"/>
     <w:rsid w:val="00997B5E"/>
     <w:rsid w:val="009A23FF"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009E71E8"/>
     <w:rsid w:val="009F09D4"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A22E8C"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A5414E"/>
     <w:rsid w:val="00A622FA"/>
     <w:rsid w:val="00A77246"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A911CA"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE05A0"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B145A5"/>
+    <w:rsid w:val="00B157A6"/>
     <w:rsid w:val="00B32A02"/>
     <w:rsid w:val="00B61245"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B8480E"/>
     <w:rsid w:val="00B85596"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BE1DF7"/>
+    <w:rsid w:val="00BE3F1B"/>
     <w:rsid w:val="00BE44F1"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4262"/>
     <w:rsid w:val="00BF52F6"/>
     <w:rsid w:val="00C12552"/>
     <w:rsid w:val="00C15AF6"/>
     <w:rsid w:val="00C16AA4"/>
     <w:rsid w:val="00C201E0"/>
     <w:rsid w:val="00C27683"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C37C33"/>
     <w:rsid w:val="00C44614"/>
     <w:rsid w:val="00C535C9"/>
     <w:rsid w:val="00C6176E"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00C76BC4"/>
     <w:rsid w:val="00C8007B"/>
     <w:rsid w:val="00C820EF"/>
     <w:rsid w:val="00C83B7F"/>
     <w:rsid w:val="00C85690"/>
     <w:rsid w:val="00CA2435"/>
     <w:rsid w:val="00CB37ED"/>
     <w:rsid w:val="00CD73B4"/>
     <w:rsid w:val="00CF5EF1"/>
     <w:rsid w:val="00CF725A"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D01DA7"/>
     <w:rsid w:val="00D22844"/>
     <w:rsid w:val="00D2492C"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D46B4F"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D5103A"/>
     <w:rsid w:val="00D61AA2"/>
     <w:rsid w:val="00D7241B"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DB1706"/>
     <w:rsid w:val="00DC612D"/>
     <w:rsid w:val="00DC64FC"/>
     <w:rsid w:val="00DD2D69"/>
     <w:rsid w:val="00DD5D5E"/>
     <w:rsid w:val="00DE0EE2"/>
     <w:rsid w:val="00DE214C"/>
+    <w:rsid w:val="00DE75DB"/>
     <w:rsid w:val="00DF7B27"/>
     <w:rsid w:val="00E23017"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E3767D"/>
     <w:rsid w:val="00E5234B"/>
     <w:rsid w:val="00E57E41"/>
     <w:rsid w:val="00E64460"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E816E2"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EE1607"/>
     <w:rsid w:val="00EE3AEC"/>
+    <w:rsid w:val="00EF045A"/>
     <w:rsid w:val="00EF355F"/>
     <w:rsid w:val="00EF4BB8"/>
     <w:rsid w:val="00F12FC8"/>
     <w:rsid w:val="00F24ED8"/>
     <w:rsid w:val="00F27073"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FB7EF1"/>
+    <w:rsid w:val="00FF0B1D"/>
     <w:rsid w:val="00FF4AE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6440,76 +6451,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6706,111 +6697,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BBABD65-26AC-4A03-997E-DAEE837C6E50}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{102F8018-EF4D-4C3E-A546-38EB0D63A823}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4da16539-3d62-4b70-9621-d9a62245e0f3"/>
     <ds:schemaRef ds:uri="ac0b378e-f260-4fc9-a95b-44a51f97f020"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21C7A15F-49FF-4D5F-BF3E-2CB83D19F9EB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>656</Words>
-  <Characters>3744</Characters>
+  <Characters>3741</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4392</CharactersWithSpaces>
+  <CharactersWithSpaces>4389</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>