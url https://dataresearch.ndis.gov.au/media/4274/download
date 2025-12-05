--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -54,65 +54,64 @@
       <w:bookmarkStart w:id="4" w:name="_Toc13752341"/>
       <w:bookmarkStart w:id="5" w:name="_Toc13754190"/>
       <w:bookmarkStart w:id="6" w:name="_Toc13813765"/>
       <w:r w:rsidR="5B67C929" w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5B67C929">
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="0099185B">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009B3397">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00937682">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1905348475"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7487B713" w14:textId="77777777" w:rsidR="006A33F3" w:rsidRDefault="00FA6BAB">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="59ED4AC2">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="61B00EE5" w14:textId="131E9F1B" w:rsidR="006D128F" w:rsidRDefault="59ED4AC2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
@@ -666,1476 +665,1438 @@
         <w:t xml:space="preserve"> plans at the date of reporting. </w:t>
       </w:r>
       <w:r w:rsidR="00092863" w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The table below outlines the poss</w:t>
       </w:r>
       <w:r w:rsidR="00CE00C4" w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ible values and rules.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the ActivePlanParticipants.csv data file"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2638"/>
-        <w:gridCol w:w="2035"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2806"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="2239"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00092863" w14:paraId="6FF9EBCE" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00092863" w14:paraId="6FF9EBCE" w14:textId="77777777" w:rsidTr="002108DC">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E518EBE" w14:textId="4D5FE47A" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="003C2A10" w:rsidP="002D2A39">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59DDD59B" w14:textId="77777777" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="00092863" w:rsidP="002D2A39">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E587932" w14:textId="77777777" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="00092863" w:rsidP="002D2A39">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="132E3D7F" w14:textId="39403709" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="0086152A" w:rsidP="002D2A39">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00092863" w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="6F319EB6" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00092863" w14:paraId="6F319EB6" w14:textId="77777777" w:rsidTr="002108DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61D8204A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="61D8204A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B5BAACC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="3B5BAACC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B42DE0" w14:textId="129B04F1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="46B42DE0" w14:textId="129B04F1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
             <w:r w:rsidR="0F488933">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="783F9DC6" w14:textId="12319DFF" w:rsidR="00092863" w:rsidRDefault="0184649F" w:rsidP="005235CD">
+          <w:p w14:paraId="783F9DC6" w14:textId="12319DFF" w:rsidR="00092863" w:rsidRDefault="0184649F" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set contains</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
             <w:r w:rsidR="0F488933">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A0F9FA4" w14:textId="0CB7E5EE" w:rsidR="00C14DB3" w:rsidRPr="00AD75E9" w:rsidRDefault="00C14DB3" w:rsidP="00C14DB3">
+          <w:p w14:paraId="1D9584BD" w14:textId="77777777" w:rsidR="00F35551" w:rsidRPr="00EE79EA" w:rsidRDefault="00F35551" w:rsidP="00F80085">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:textAlignment w:val="center"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>30-Sep-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A0F9FA4" w14:textId="3B96A71B" w:rsidR="00C14DB3" w:rsidRPr="00EE79EA" w:rsidRDefault="00C14DB3" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>30-Jun-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DACE1C8" w14:textId="0638854D" w:rsidR="008C34CF" w:rsidRPr="00EE79EA" w:rsidRDefault="008C34CF" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>31-Mar-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49143696" w14:textId="544D89D0" w:rsidR="00BB1B64" w:rsidRPr="00EE79EA" w:rsidRDefault="00BB1B64" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>31-Dec-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7703E0" w14:textId="262DE0C2" w:rsidR="00CF3955" w:rsidRPr="00EE79EA" w:rsidRDefault="00CF3955" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>30-Sep-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DF5AFC4" w14:textId="203E2DFD" w:rsidR="00AB6D83" w:rsidRPr="00EE79EA" w:rsidRDefault="00AB6D83" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE79EA">
+              <w:t>30-Jun-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49AF8FEF" w14:textId="4DDE5636" w:rsidR="002E74BE" w:rsidRPr="008C34CF" w:rsidRDefault="008C34CF" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E74BE">
-[...241 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00EE79EA">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA26F9" w14:paraId="5C402622" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00AA26F9" w14:paraId="5C402622" w14:textId="77777777" w:rsidTr="002108DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22EF9231" w14:textId="26592F37" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002D2A39">
+          <w:p w14:paraId="22EF9231" w14:textId="26592F37" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002A2BA9">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BC8241C" w14:textId="27453CAE" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002D2A39">
+          <w:p w14:paraId="5BC8241C" w14:textId="27453CAE" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002A2BA9">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D67F7D7" w14:textId="1F301EBD" w:rsidR="00AA26F9" w:rsidRDefault="39F9D260" w:rsidP="007461B6">
+          <w:p w14:paraId="7D67F7D7" w14:textId="1F301EBD" w:rsidR="00AA26F9" w:rsidRDefault="39F9D260" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the States/Territories</w:t>
             </w:r>
             <w:r w:rsidR="04B01BAA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007461B6">
               <w:t>in which the</w:t>
             </w:r>
             <w:r w:rsidR="04B01BAA">
               <w:t xml:space="preserve"> NDIA operates</w:t>
             </w:r>
             <w:r w:rsidR="7F69FBE3">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281E3CDC" w14:textId="0D1CC5CF" w:rsidR="00C559E6" w:rsidRDefault="6AC89993" w:rsidP="00B84B28">
+          <w:p w14:paraId="281E3CDC" w14:textId="3E4435B3" w:rsidR="00C559E6" w:rsidRDefault="6AC89993" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> includes </w:t>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="003164EC">
+              <w:t>Other Territories</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>participants from Norfolk Island</w:t>
+              <w:t>Digital Boundaries, Australia 2011 standard and includes participants from Norfolk Island</w:t>
             </w:r>
             <w:r w:rsidR="4B6DB3FD">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6120D262" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="6120D262" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4333EA12" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="4333EA12" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39A780AB" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="39A780AB" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FFE893" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="69FFE893" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="198A420C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="198A420C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68147663" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="68147663" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="740E9E5C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="740E9E5C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDE2CED" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="6FDE2CED" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="396E6387" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="396E6387" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AED0D61" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="5AED0D61" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1192F9" w14:textId="53272C30" w:rsidR="007461B6" w:rsidRDefault="000B064C" w:rsidP="000B064C">
+          <w:p w14:paraId="2B1192F9" w14:textId="53272C30" w:rsidR="007461B6" w:rsidRDefault="000B064C" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF69BB" w14:paraId="48769771" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00BF69BB" w14:paraId="48769771" w14:textId="77777777" w:rsidTr="002108DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65D137F0" w14:textId="6E2627DE" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="002D2A39">
-[...2 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="65D137F0" w14:textId="45CC0F94" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>MMMCd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4964285B" w14:textId="5BDED520" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="002D2A39">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> code for remoteness</w:t>
+          <w:p w14:paraId="4964285B" w14:textId="41F95119" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Modified Monash Model code for remoteness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EC5701A" w14:textId="0EA30FE9" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="5EC5701A" w14:textId="0EA30FE9" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM1: Major Cities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="576A77E6" w14:textId="20A6049C" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="576A77E6" w14:textId="20A6049C" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM2: Population &gt; 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A86A652" w14:textId="1C0B9989" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="2A86A652" w14:textId="1C0B9989" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM3: Population between 15,000 and 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AA7639F" w14:textId="040DCD7A" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="0AA7639F" w14:textId="040DCD7A" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM4: Population between 5,000 and 15,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13528AB1" w14:textId="20907759" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="13528AB1" w14:textId="20907759" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM5: Population less than 5,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B624D4E" w14:textId="77777777" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="265BCEE0" w14:textId="70A66264" w:rsidR="00C11B01" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM6 &amp; 7: Remote and Very Remote</w:t>
-            </w:r>
-[...23 lines deleted...]
-              <w:t>was being used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7144A081" w14:textId="3547BD53" w:rsidR="4D9B6C40" w:rsidRPr="00A418AD" w:rsidRDefault="00BF69BB" w:rsidP="75DDB4F2">
+          <w:p w14:paraId="7144A081" w14:textId="6A534045" w:rsidR="4D9B6C40" w:rsidRDefault="00BF69BB" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM6 and MM7 are merged due to privacy concerns reporting small number of participants</w:t>
             </w:r>
-            <w:r w:rsidR="4AF7268A">
+            <w:r w:rsidR="002108DC">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C36F996" w14:textId="65847BD7" w:rsidR="00A418AD" w:rsidRPr="00E21A25" w:rsidRDefault="00A418AD" w:rsidP="00A418AD">
+          <w:p w14:paraId="1730B0BF" w14:textId="77777777" w:rsidR="002108DC" w:rsidRPr="00A418AD" w:rsidRDefault="002108DC" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C36F996" w14:textId="4712B871" w:rsidR="00A418AD" w:rsidRDefault="00A418AD" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>Participants with missing remoteness information are only reported under "ALL" category (MMMCd_2015 = ALL)</w:t>
+              <w:t>Participants with missing remoteness information are only reported under "ALL" category (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>MMMCd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> = ALL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C34F362" w14:textId="126E7D8B" w:rsidR="1E27E93B" w:rsidRDefault="1E27E93B" w:rsidP="4A64D96F">
+          <w:p w14:paraId="038E0720" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRPr="00E21A25" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C34F362" w14:textId="126E7D8B" w:rsidR="1E27E93B" w:rsidRPr="00646AC7" w:rsidRDefault="1E27E93B" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="4A64D96F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>MM category contains missing remoteness information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71D8A45F" w14:textId="30D0FCAB" w:rsidR="4A64D96F" w:rsidRDefault="4A64D96F" w:rsidP="4A64D96F"/>
-          <w:p w14:paraId="2B1C354D" w14:textId="526B2FF0" w:rsidR="00912EFB" w:rsidRDefault="00912EFB" w:rsidP="00912EFB">
+          <w:p w14:paraId="24971272" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
+            <w:r w:rsidRPr="006C1A69">
+              <w:t>Modified Monash Model</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> uses the 2023 version from 30-Sep-2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AB5AE8" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">From 31-Mar-2024 to 30-Jun-2025, the 2019 version was used. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1C354D" w14:textId="2D6C45B0" w:rsidR="00912EFB" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Up to 31-Dec-2023, the 2015 version was used.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19A9431D" w14:textId="5308ED54" w:rsidR="000B064C" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="19A9431D" w14:textId="5308ED54" w:rsidR="000B064C" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="000B064C">
               <w:t>MM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E4D90C" w14:textId="18858A7B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="40E4D90C" w14:textId="18858A7B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2124D3E2" w14:textId="561E57CA" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="2124D3E2" w14:textId="561E57CA" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5872E10C" w14:textId="651AC8AE" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="5872E10C" w14:textId="651AC8AE" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F23DBFF" w14:textId="4F91B56B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="3F23DBFF" w14:textId="4F91B56B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1E367E" w14:textId="23E9AD87" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="0086152A">
+          <w:p w14:paraId="5B1E367E" w14:textId="23E9AD87" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05CBD5A1" w14:textId="56B2DDD9" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00912EFB">
+          <w:p w14:paraId="05CBD5A1" w14:textId="56B2DDD9" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM6 &amp; 7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7435A136" w14:textId="6F8E0D92" w:rsidR="00A418AD" w:rsidRDefault="00A418AD" w:rsidP="00912EFB">
+          <w:p w14:paraId="7435A136" w14:textId="6F8E0D92" w:rsidR="00A418AD" w:rsidRDefault="00A418AD" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="48270FB3" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00092863" w14:paraId="48270FB3" w14:textId="77777777" w:rsidTr="002108DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BBBBB85" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="4BBBBB85" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C15C29E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="7C15C29E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t>Participant count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69D8176A" w14:textId="3C2DB06F" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="69D8176A" w14:textId="3C2DB06F" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Count of participants in each combination of categories</w:t>
             </w:r>
             <w:r w:rsidR="69DF28A3">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22072CA1" w14:textId="01104687" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+          <w:p w14:paraId="22072CA1" w14:textId="01104687" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of the participants. The aggregated totals have not been modified</w:t>
             </w:r>
             <w:r w:rsidR="5E115FC9">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23EA0B83" w14:textId="2406605C" w:rsidR="00092863" w:rsidRDefault="00081542" w:rsidP="00092863">
+          <w:p w14:paraId="23EA0B83" w14:textId="2406605C" w:rsidR="00092863" w:rsidRDefault="00081542" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0847DE47" w14:textId="23B2F83D" w:rsidR="00081542" w:rsidRDefault="00081542" w:rsidP="0086152A">
+          <w:p w14:paraId="0847DE47" w14:textId="23B2F83D" w:rsidR="00081542" w:rsidRDefault="00081542" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="1DDB6A27" w14:textId="77777777" w:rsidTr="4A64D96F">
+      <w:tr w:rsidR="00092863" w14:paraId="1DDB6A27" w14:textId="77777777" w:rsidTr="002108DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9231ED" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="1D9231ED" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C921A28" w14:textId="578F60E1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00FF1468">
+          <w:p w14:paraId="0C921A28" w14:textId="578F60E1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002A2BA9">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Avera</w:t>
             </w:r>
             <w:r w:rsidR="00494DDD">
               <w:t>ge annualised committed support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00564E25" w14:textId="4BB014FD" w:rsidR="00FD2324" w:rsidRDefault="00092863" w:rsidP="00FD2324">
+          <w:p w14:paraId="00564E25" w14:textId="4BB014FD" w:rsidR="00FD2324" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participants have committed </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in their plans. The </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">committed support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in plans </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">annualised </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t>to compare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t>like-for-like values</w:t>
             </w:r>
             <w:r w:rsidR="7BCB5C24">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C0227D4" w14:textId="5389CBEA" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="5C0227D4" w14:textId="5389CBEA" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">The value represents the average of the annualised amounts in </w:t>
-[...3 lines deleted...]
-              <w:t>the participants’ active plans</w:t>
+              <w:t>The value represents the average of the annualised amounts in the participants’ active plans</w:t>
             </w:r>
             <w:r w:rsidR="4DBF5DF2">
               <w:t xml:space="preserve"> (Total Annualised Budget </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t xml:space="preserve">divided by </w:t>
             </w:r>
             <w:r w:rsidR="4DBF5DF2">
               <w:t>Participant Count)</w:t>
             </w:r>
             <w:r w:rsidR="5463EB29">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59BECBCD" w14:textId="3C46133A" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="59BECBCD" w14:textId="3C46133A" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The amounts are rounded to the nearest thousand dollars</w:t>
             </w:r>
             <w:r w:rsidR="784885FA">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4733917B" w14:textId="4AC9D635" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+          <w:p w14:paraId="4733917B" w14:textId="4AC9D635" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of the participants. Therefore, you cannot multiply the average annualised support budget total with the participant count to arrive at the total annualised committed support budget</w:t>
             </w:r>
             <w:r w:rsidR="73D96DE5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="079D64DF" w14:textId="0E1D79C3" w:rsidR="00092863" w:rsidRDefault="73D96DE5" w:rsidP="001B5B75">
+          <w:p w14:paraId="079D64DF" w14:textId="0CD4BDA7" w:rsidR="00B04974" w:rsidRPr="00A431B0" w:rsidRDefault="73D96DE5" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">For rows with </w:t>
             </w:r>
             <w:r w:rsidR="00C81FF2">
               <w:t>less than 11</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> participants, the average budget has been removed</w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">, as the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">low participant count </w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">results in an </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">average </w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">which </w:t>
             </w:r>
             <w:r>
               <w:t>is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C3379FB" w14:textId="08F1C208" w:rsidR="00092863" w:rsidRDefault="005235CD" w:rsidP="00FD2324">
+          <w:p w14:paraId="3C3379FB" w14:textId="08F1C208" w:rsidR="00092863" w:rsidRDefault="005235CD" w:rsidP="00F80085">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Numerical</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> values </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t>greater than zero</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37767452" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="0099185B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc13752023"/>
       <w:bookmarkStart w:id="10" w:name="_Toc203655455"/>
@@ -2224,336 +2185,341 @@
       <w:r>
         <w:t>tate</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00383637">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>erritory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, regardless of </w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>remoteness</w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401CB0F8" w14:textId="39AF86DC" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w14:paraId="401CB0F8" w14:textId="6FE79D5B" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t>0JUN</w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F26760">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>≠</w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t>(unselect</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EE3AEC">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">ALL”, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF69BB">
-        <w:t>MMMCd_2015</w:t>
+        <w:t>MMMCd</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A363E1">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=”ALL</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BE00D2" w14:textId="77777777" w:rsidR="009522E1" w:rsidRDefault="009522E1" w:rsidP="00FA6BAB"/>
     <w:p w14:paraId="3F325341" w14:textId="11154695" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc19268205"/>
       <w:bookmarkStart w:id="16" w:name="_Toc25832966"/>
       <w:bookmarkStart w:id="17" w:name="_Toc43202922"/>
       <w:bookmarkStart w:id="18" w:name="_Toc203655457"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="5699B274">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67D64642">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="5699B274">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipants </w:t>
       </w:r>
       <w:r w:rsidR="00A1622C">
         <w:t xml:space="preserve">in NSW </w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="0003403E">
         <w:t>as at the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="08B0ABB9" w14:textId="134AFE2E" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="24F0226F">
+    <w:p w14:paraId="08B0ABB9" w14:textId="6C19E05C" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="24F0226F">
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t xml:space="preserve">get the count of all the </w:t>
       </w:r>
       <w:r w:rsidR="11A25B8D">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="7815C357">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="00439DBF">
         <w:t xml:space="preserve">residing in NSW </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00439DBF">
         <w:t>at</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00439DBF">
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t xml:space="preserve">0 June </w:t>
       </w:r>
       <w:r w:rsidR="00439DBF">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00F26760">
-        <w:t>3</w:t>
+      <w:r w:rsidR="00A363E1">
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB89A24" w14:textId="20927839" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w14:paraId="7CB89A24" w14:textId="044200AC" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t>0JUN</w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F26760">
-        <w:t>3</w:t>
+      <w:r w:rsidR="00A363E1">
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>NSW”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FE5149" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="001731F0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47814140" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="20" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="21" w:name="_Toc203655458"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="44B10506" w14:textId="0FEF5088" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="59ED4AC2">
+    <w:p w14:paraId="44B10506" w14:textId="3235713F" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="59ED4AC2">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="009B7CCE">
+      <w:r w:rsidR="00A363E1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00EC721B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C38DE08" w14:textId="1523C812" w:rsidR="002679FC" w:rsidRPr="00A418AD" w:rsidRDefault="000B7A2E" w:rsidP="00A418AD">
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="002679FC" w:rsidRPr="00A418AD" w:rsidSect="00CB4A94">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="757C5417" w14:textId="77777777" w:rsidR="00987BB9" w:rsidRDefault="00987BB9" w:rsidP="002679FC">
+    <w:p w14:paraId="48BA59E6" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C70A72" w14:textId="77777777" w:rsidR="00987BB9" w:rsidRDefault="00987BB9" w:rsidP="002679FC">
+    <w:p w14:paraId="150131C2" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2714,58 +2680,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EBB724D" w14:textId="77777777" w:rsidR="00987BB9" w:rsidRDefault="00987BB9" w:rsidP="002679FC">
+    <w:p w14:paraId="52CDB53A" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="335E3E41" w14:textId="77777777" w:rsidR="00987BB9" w:rsidRDefault="00987BB9" w:rsidP="002679FC">
+    <w:p w14:paraId="123B5477" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="187DB151" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -3619,50 +3585,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C704DA4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9FAAEA84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3732,51 +3847,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49EF1D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BF656DC"/>
     <w:lvl w:ilvl="0" w:tplc="BB902F68">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3844,51 +3959,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3958,51 +4073,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4072,51 +4187,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4186,51 +4301,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -4336,51 +4451,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672D6583"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="342030AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4485,51 +4600,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4598,51 +4713,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -4710,51 +4825,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4834,187 +4949,196 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="83189020">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="511796018">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="319700001">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="976955247">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1004161527">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1148550756">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1739325458">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1236665418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="883178151">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="275217532">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="188951233">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1378044180">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="332882293">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="544680093">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="496768832">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="951938860">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="606809289">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1311667474">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="0003403E"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00081542"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B064C"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="00105BE9"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00130847"/>
     <w:rsid w:val="0013244F"/>
     <w:rsid w:val="0014300D"/>
     <w:rsid w:val="001731F0"/>
+    <w:rsid w:val="00181129"/>
     <w:rsid w:val="001A11D1"/>
     <w:rsid w:val="001B5B75"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E29DC"/>
     <w:rsid w:val="001E630D"/>
+    <w:rsid w:val="002108DC"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0028167C"/>
     <w:rsid w:val="00297892"/>
+    <w:rsid w:val="002A2BA9"/>
     <w:rsid w:val="002E74BE"/>
     <w:rsid w:val="00306A47"/>
+    <w:rsid w:val="003164EC"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00361575"/>
     <w:rsid w:val="00364E83"/>
     <w:rsid w:val="00383637"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B44EC"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C2A10"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F0D83"/>
     <w:rsid w:val="003F5258"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00439DBF"/>
     <w:rsid w:val="004513E6"/>
     <w:rsid w:val="00451E12"/>
     <w:rsid w:val="004633A8"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="00494DDD"/>
     <w:rsid w:val="004B393C"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E308A"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="0052008D"/>
     <w:rsid w:val="005235CD"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00565ADC"/>
     <w:rsid w:val="00570B8F"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005A3440"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="00617719"/>
+    <w:rsid w:val="00646AC7"/>
     <w:rsid w:val="00655A98"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006A33F3"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B1E25"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006D128F"/>
     <w:rsid w:val="006D7060"/>
     <w:rsid w:val="006E3F6F"/>
     <w:rsid w:val="006E4EFF"/>
     <w:rsid w:val="00700D31"/>
     <w:rsid w:val="007461B6"/>
     <w:rsid w:val="00753578"/>
     <w:rsid w:val="0076460B"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="00795EF0"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008159AE"/>
@@ -5027,63 +5151,66 @@
     <w:rsid w:val="008B1131"/>
     <w:rsid w:val="008C34CF"/>
     <w:rsid w:val="00904F12"/>
     <w:rsid w:val="00912EFB"/>
     <w:rsid w:val="00920FB8"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="0092554A"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608E6"/>
     <w:rsid w:val="00987BB9"/>
     <w:rsid w:val="0099185B"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009A44A3"/>
     <w:rsid w:val="009B3397"/>
     <w:rsid w:val="009B4380"/>
     <w:rsid w:val="009B7CCE"/>
     <w:rsid w:val="009C372B"/>
     <w:rsid w:val="009E2235"/>
     <w:rsid w:val="009F646F"/>
     <w:rsid w:val="00A05FE4"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A1622C"/>
     <w:rsid w:val="00A17816"/>
+    <w:rsid w:val="00A363E1"/>
     <w:rsid w:val="00A418AD"/>
+    <w:rsid w:val="00A431B0"/>
     <w:rsid w:val="00A7652F"/>
     <w:rsid w:val="00A77246"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AA26F9"/>
     <w:rsid w:val="00AB546B"/>
     <w:rsid w:val="00AB6D83"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD748C"/>
     <w:rsid w:val="00AD75E9"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AE57EC"/>
     <w:rsid w:val="00AF2645"/>
+    <w:rsid w:val="00B04974"/>
     <w:rsid w:val="00B07FD1"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B370CD"/>
     <w:rsid w:val="00B37C44"/>
     <w:rsid w:val="00B4304D"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B84B28"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB1B64"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC126D"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF69BB"/>
     <w:rsid w:val="00C11B01"/>
     <w:rsid w:val="00C14DB3"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C30EF4"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C559E6"/>
     <w:rsid w:val="00C7044B"/>
     <w:rsid w:val="00C81FF2"/>
     <w:rsid w:val="00C93DBD"/>
     <w:rsid w:val="00CB4A94"/>
@@ -5092,60 +5219,65 @@
     <w:rsid w:val="00CD3ED1"/>
     <w:rsid w:val="00CD5A5E"/>
     <w:rsid w:val="00CD77AD"/>
     <w:rsid w:val="00CE00C4"/>
     <w:rsid w:val="00CF3955"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D06227"/>
     <w:rsid w:val="00D10817"/>
     <w:rsid w:val="00D42703"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D47EB7"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D8241D"/>
     <w:rsid w:val="00D92165"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00E21A25"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E83171"/>
     <w:rsid w:val="00E943CB"/>
     <w:rsid w:val="00EB12A7"/>
     <w:rsid w:val="00EC721B"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED7D9D"/>
     <w:rsid w:val="00EE3AEC"/>
+    <w:rsid w:val="00EE79EA"/>
     <w:rsid w:val="00EF49F7"/>
     <w:rsid w:val="00EF571F"/>
     <w:rsid w:val="00F153EB"/>
     <w:rsid w:val="00F16525"/>
     <w:rsid w:val="00F26760"/>
+    <w:rsid w:val="00F35551"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
+    <w:rsid w:val="00F51434"/>
     <w:rsid w:val="00F75E82"/>
+    <w:rsid w:val="00F80085"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FB3389"/>
+    <w:rsid w:val="00FD0483"/>
     <w:rsid w:val="00FD2324"/>
     <w:rsid w:val="00FF1468"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0184649F"/>
     <w:rsid w:val="04B01BAA"/>
     <w:rsid w:val="07FFA8BE"/>
     <w:rsid w:val="0B11C820"/>
     <w:rsid w:val="0EB26461"/>
     <w:rsid w:val="0F488933"/>
     <w:rsid w:val="11A25B8D"/>
     <w:rsid w:val="13A8C077"/>
     <w:rsid w:val="179ACA44"/>
     <w:rsid w:val="18B19A7B"/>
     <w:rsid w:val="190A878D"/>
     <w:rsid w:val="1E27E93B"/>
     <w:rsid w:val="24F0226F"/>
     <w:rsid w:val="26BE4939"/>
     <w:rsid w:val="26C8EE75"/>
     <w:rsid w:val="2CE6478F"/>
     <w:rsid w:val="2E6EDB31"/>
     <w:rsid w:val="321CF25D"/>
     <w:rsid w:val="3350BA3D"/>
     <w:rsid w:val="3388FD20"/>
     <w:rsid w:val="34510D29"/>
     <w:rsid w:val="37280D83"/>
@@ -6916,56 +7048,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7163,115 +7300,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F20063A-CEB6-4547-B571-2106CF3ED06B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC966628-B4EB-49D8-AF06-B07EF498BC82}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C7363C3-F980-4640-9A53-875EE172CB9E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F20063A-CEB6-4547-B571-2106CF3ED06B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42B87923-D002-42B2-8441-BDB1CF7FD3A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>639</Words>
-  <Characters>3646</Characters>
+  <Words>647</Words>
+  <Characters>3691</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4277</CharactersWithSpaces>
+  <CharactersWithSpaces>4330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>