--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -12,151 +12,151 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5A383864" w14:textId="52F1A333" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="4ADC0A62" w:rsidP="00FA6BAB">
+    <w:p w:rsidRPr="00E04B3B" w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="4ADC0A62" w14:paraId="5A383864" w14:textId="52F1A333">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc13752342"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc203655453"/>
+      <w:bookmarkStart w:name="_Toc13752342" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc13748872" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc203655453" w:id="2"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>First Nations</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Toc13727742"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="5B67C929" w:rsidRPr="59ED4AC2">
+      <w:bookmarkStart w:name="_Toc13727742" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc13752341" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc13754190" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc13813765" w:id="6"/>
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="5B67C929">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5B67C929">
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="0099185B">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009B3397">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00937682">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1905348475"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="7487B713" w14:textId="77777777" w:rsidR="006A33F3" w:rsidRDefault="00FA6BAB">
+        <w:p w:rsidR="006A33F3" w:rsidRDefault="00FA6BAB" w14:paraId="7487B713" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="59ED4AC2">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="61B00EE5" w14:textId="131E9F1B" w:rsidR="006D128F" w:rsidRDefault="59ED4AC2">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="59ED4AC2" w14:paraId="61B00EE5" w14:textId="131E9F1B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00CB4D99">
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc203655453" w:history="1">
-            <w:r w:rsidR="006D128F" w:rsidRPr="002C3669">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655453">
+            <w:r w:rsidRPr="002C3669" w:rsidR="006D128F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First Nations participants - data rules</w:t>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -169,67 +169,67 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="006D128F">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A385689" w14:textId="52FB7760" w:rsidR="006D128F" w:rsidRDefault="006D128F">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="006D128F" w14:paraId="3A385689" w14:textId="52FB7760">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203655454" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655454">
             <w:r w:rsidRPr="002C3669">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>First Nations participants data possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -243,67 +243,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E5C9C77" w14:textId="7724F474" w:rsidR="006D128F" w:rsidRDefault="006D128F">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="006D128F" w14:paraId="1E5C9C77" w14:textId="7724F474">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203655455" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655455">
             <w:r w:rsidRPr="002C3669">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -317,67 +317,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61EB3AC6" w14:textId="1E763840" w:rsidR="006D128F" w:rsidRDefault="006D128F">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="006D128F" w14:paraId="61EB3AC6" w14:textId="1E763840">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203655456" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655456">
             <w:r w:rsidRPr="002C3669">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 1: First Nations participants in each State/Territory as at the end of a quarter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -391,67 +391,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="183AAAF4" w14:textId="6659FFEC" w:rsidR="006D128F" w:rsidRDefault="006D128F">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="006D128F" w14:paraId="183AAAF4" w14:textId="6659FFEC">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203655457" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655457">
             <w:r w:rsidRPr="002C3669">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 2:  First Nations participants in NSW as at the end of a quarter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -465,67 +465,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1DBD1122" w14:textId="732AD542" w:rsidR="006D128F" w:rsidRDefault="006D128F">
+        <w:p w:rsidR="006D128F" w:rsidRDefault="006D128F" w14:paraId="1DBD1122" w14:textId="732AD542">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203655458" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203655458">
             <w:r w:rsidRPr="002C3669">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -539,1987 +539,2022 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="462B0E28" w14:textId="79470B8E" w:rsidR="59ED4AC2" w:rsidRDefault="59ED4AC2" w:rsidP="59ED4AC2">
+        <w:p w:rsidR="59ED4AC2" w:rsidP="59ED4AC2" w:rsidRDefault="59ED4AC2" w14:paraId="462B0E28" w14:textId="79470B8E">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10455"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4FB346CE" w14:textId="04E717D6" w:rsidR="007B0265" w:rsidRDefault="007B0265" w:rsidP="007B0265">
+    <w:p w:rsidR="007B0265" w:rsidP="007B0265" w:rsidRDefault="007B0265" w14:paraId="4FB346CE" w14:textId="04E717D6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BB02CD2" w14:textId="3A24F451" w:rsidR="00FA6BAB" w:rsidRDefault="5167A331" w:rsidP="007B0265">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="5167A331" w14:paraId="2BB02CD2" w14:textId="3A24F451">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc13754191"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc203655454"/>
+      <w:bookmarkStart w:name="_Toc13754191" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc203655454" w:id="8"/>
       <w:r>
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="4B47BCF5">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00D8241D">
         <w:t>articipant</w:t>
       </w:r>
       <w:r w:rsidR="3388FD20">
         <w:t>s data</w:t>
       </w:r>
       <w:r w:rsidR="00D8241D">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="20B441EB" w14:textId="2FE6DE3B" w:rsidR="00092863" w:rsidRDefault="42B030B5" w:rsidP="5859392E">
+    <w:p w:rsidR="00092863" w:rsidP="5859392E" w:rsidRDefault="42B030B5" w14:paraId="20B441EB" w14:textId="2FE6DE3B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This dataset includes information about </w:t>
       </w:r>
-      <w:r w:rsidR="37280D83" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="37280D83">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> participant numbers broken down by State/Territory, remoteness and average annualised committed support.</w:t>
       </w:r>
-      <w:r w:rsidR="009B4380" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="009B4380">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00361575" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="00361575">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants are considered active by the NDIA when they have </w:t>
       </w:r>
-      <w:r w:rsidR="007461B6" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="007461B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>current</w:t>
       </w:r>
-      <w:r w:rsidR="00361575" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="00361575">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> plans at the date of reporting. </w:t>
       </w:r>
-      <w:r w:rsidR="00092863" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="00092863">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The table below outlines the poss</w:t>
       </w:r>
-      <w:r w:rsidR="00CE00C4" w:rsidRPr="59ED4AC2">
+      <w:r w:rsidRPr="59ED4AC2" w:rsidR="00CE00C4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ible values and rules.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the ActivePlanParticipants.csv data file"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2638"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="3119"/>
         <w:gridCol w:w="2239"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00092863" w14:paraId="6FF9EBCE" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00092863" w:rsidTr="37434BE2" w14:paraId="6FF9EBCE" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E518EBE" w14:textId="4D5FE47A" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="003C2A10" w:rsidP="002D2A39">
+          <w:p w:rsidRPr="00CB4D99" w:rsidR="00092863" w:rsidP="002D2A39" w:rsidRDefault="003C2A10" w14:paraId="3E518EBE" w14:textId="4D5FE47A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59DDD59B" w14:textId="77777777" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w:rsidRPr="00CB4D99" w:rsidR="00092863" w:rsidP="002D2A39" w:rsidRDefault="00092863" w14:paraId="59DDD59B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E587932" w14:textId="77777777" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w:rsidRPr="00CB4D99" w:rsidR="00092863" w:rsidP="002D2A39" w:rsidRDefault="00092863" w14:paraId="2E587932" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="132E3D7F" w14:textId="39403709" w:rsidR="00092863" w:rsidRPr="00CB4D99" w:rsidRDefault="0086152A" w:rsidP="002D2A39">
+          <w:p w:rsidRPr="00CB4D99" w:rsidR="00092863" w:rsidP="002D2A39" w:rsidRDefault="0086152A" w14:paraId="132E3D7F" w14:textId="39403709">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidR="00092863" w:rsidRPr="00CB4D99">
+            <w:r w:rsidRPr="00CB4D99" w:rsidR="00092863">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="6F319EB6" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00092863" w:rsidTr="37434BE2" w14:paraId="6F319EB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61D8204A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00092863" w:rsidP="00EE79EA" w:rsidRDefault="00092863" w14:paraId="61D8204A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B5BAACC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00092863" w:rsidP="00EE79EA" w:rsidRDefault="00092863" w14:paraId="3B5BAACC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B42DE0" w14:textId="129B04F1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="46B42DE0" w14:textId="129B04F1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
             <w:r w:rsidR="0F488933">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="783F9DC6" w14:textId="12319DFF" w:rsidR="00092863" w:rsidRDefault="0184649F" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="0184649F" w14:paraId="783F9DC6" w14:textId="12319DFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set contains</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
             <w:r w:rsidR="0F488933">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9584BD" w14:textId="77777777" w:rsidR="00F35551" w:rsidRPr="00EE79EA" w:rsidRDefault="00F35551" w:rsidP="00F80085">
+          <w:p w:rsidR="00B01C25" w:rsidP="00F80085" w:rsidRDefault="00B01C25" w14:paraId="551DC364" w14:textId="35C70BD6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r w:rsidR="00B01C25">
+              <w:rPr/>
+              <w:t>31-Dec-2</w:t>
+            </w:r>
+            <w:r w:rsidR="54A1F0AC">
+              <w:rPr/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="00F35551" w:rsidP="00F80085" w:rsidRDefault="00F35551" w14:paraId="1D9584BD" w14:textId="1561699F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>30-Sep-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0F9FA4" w14:textId="3B96A71B" w:rsidR="00C14DB3" w:rsidRPr="00EE79EA" w:rsidRDefault="00C14DB3" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="00C14DB3" w:rsidP="00F80085" w:rsidRDefault="00C14DB3" w14:paraId="5A0F9FA4" w14:textId="3B96A71B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>30-Jun-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DACE1C8" w14:textId="0638854D" w:rsidR="008C34CF" w:rsidRPr="00EE79EA" w:rsidRDefault="008C34CF" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="008C34CF" w:rsidP="00F80085" w:rsidRDefault="008C34CF" w14:paraId="3DACE1C8" w14:textId="0638854D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>31-Mar-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49143696" w14:textId="544D89D0" w:rsidR="00BB1B64" w:rsidRPr="00EE79EA" w:rsidRDefault="00BB1B64" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="00BB1B64" w:rsidP="00F80085" w:rsidRDefault="00BB1B64" w14:paraId="49143696" w14:textId="544D89D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>31-Dec-24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C7703E0" w14:textId="262DE0C2" w:rsidR="00CF3955" w:rsidRPr="00EE79EA" w:rsidRDefault="00CF3955" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="00CF3955" w:rsidP="00F80085" w:rsidRDefault="00CF3955" w14:paraId="0C7703E0" w14:textId="262DE0C2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>30-Sep-24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DF5AFC4" w14:textId="203E2DFD" w:rsidR="00AB6D83" w:rsidRPr="00EE79EA" w:rsidRDefault="00AB6D83" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00EE79EA" w:rsidR="00AB6D83" w:rsidP="00F80085" w:rsidRDefault="00AB6D83" w14:paraId="6DF5AFC4" w14:textId="203E2DFD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>30-Jun-24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49AF8FEF" w14:textId="4DDE5636" w:rsidR="002E74BE" w:rsidRPr="008C34CF" w:rsidRDefault="008C34CF" w:rsidP="00F80085">
+          <w:p w:rsidRPr="008C34CF" w:rsidR="002E74BE" w:rsidP="00F80085" w:rsidRDefault="008C34CF" w14:paraId="49AF8FEF" w14:textId="4DDE5636">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE79EA">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA26F9" w14:paraId="5C402622" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00AA26F9" w:rsidTr="37434BE2" w14:paraId="5C402622" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="22EF9231" w14:textId="26592F37" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002A2BA9">
+          <w:p w:rsidR="00AA26F9" w:rsidP="002A2BA9" w:rsidRDefault="00AA26F9" w14:paraId="22EF9231" w14:textId="26592F37">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5BC8241C" w14:textId="27453CAE" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002A2BA9">
+          <w:p w:rsidR="00AA26F9" w:rsidP="002A2BA9" w:rsidRDefault="00AA26F9" w14:paraId="5BC8241C" w14:textId="27453CAE">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7D67F7D7" w14:textId="1F301EBD" w:rsidR="00AA26F9" w:rsidRDefault="39F9D260" w:rsidP="00F80085">
+          <w:p w:rsidR="00AA26F9" w:rsidP="00F80085" w:rsidRDefault="39F9D260" w14:paraId="7D67F7D7" w14:textId="1F301EBD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the States/Territories</w:t>
             </w:r>
             <w:r w:rsidR="04B01BAA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007461B6">
               <w:t>in which the</w:t>
             </w:r>
             <w:r w:rsidR="04B01BAA">
               <w:t xml:space="preserve"> NDIA operates</w:t>
             </w:r>
             <w:r w:rsidR="7F69FBE3">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281E3CDC" w14:textId="3E4435B3" w:rsidR="00C559E6" w:rsidRDefault="6AC89993" w:rsidP="00F80085">
+          <w:p w:rsidR="00C559E6" w:rsidP="00F80085" w:rsidRDefault="6AC89993" w14:paraId="281E3CDC" w14:textId="3E4435B3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
             </w:r>
             <w:r w:rsidR="003164EC">
               <w:t>Other Territories</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) </w:t>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Digital Boundaries, Australia 2011 standard and includes participants from Norfolk Island</w:t>
+              <w:t>Classification (ASGC) Digital Boundaries, Australia 2011 standard and includes participants from Norfolk Island</w:t>
             </w:r>
             <w:r w:rsidR="4B6DB3FD">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6120D262" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="6120D262" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4333EA12" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="4333EA12" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39A780AB" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="39A780AB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FFE893" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="69FFE893" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="198A420C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="198A420C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68147663" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="68147663" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="740E9E5C" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="740E9E5C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDE2CED" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="6FDE2CED" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="396E6387" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="396E6387" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AED0D61" w14:textId="77777777" w:rsidR="000B064C" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="5AED0D61" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1192F9" w14:textId="53272C30" w:rsidR="007461B6" w:rsidRDefault="000B064C" w:rsidP="00F80085">
+          <w:p w:rsidR="007461B6" w:rsidP="00F80085" w:rsidRDefault="000B064C" w14:paraId="2B1192F9" w14:textId="53272C30">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BF69BB" w14:paraId="48769771" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00BF69BB" w:rsidTr="37434BE2" w14:paraId="48769771" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="65D137F0" w14:textId="45CC0F94" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00EE79EA" w:rsidRDefault="00BF69BB" w14:paraId="65D137F0" w14:textId="45CC0F94">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>MMMCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4964285B" w14:textId="41F95119" w:rsidR="00BF69BB" w:rsidRDefault="00BF69BB" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00EE79EA" w:rsidRDefault="00BF69BB" w14:paraId="4964285B" w14:textId="41F95119">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Modified Monash Model code for remoteness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EC5701A" w14:textId="0EA30FE9" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00912EFB" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="5EC5701A" w14:textId="0EA30FE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM1: Major Cities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="576A77E6" w14:textId="20A6049C" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00912EFB" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="576A77E6" w14:textId="20A6049C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM2: Population &gt; 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A86A652" w14:textId="1C0B9989" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00912EFB" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="2A86A652" w14:textId="1C0B9989">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM3: Population between 15,000 and 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AA7639F" w14:textId="040DCD7A" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00912EFB" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="0AA7639F" w14:textId="040DCD7A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM4: Population between 5,000 and 15,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13528AB1" w14:textId="20907759" w:rsidR="00912EFB" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00912EFB" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="13528AB1" w14:textId="20907759">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM5: Population less than 5,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="265BCEE0" w14:textId="70A66264" w:rsidR="00C11B01" w:rsidRDefault="0052008D" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00C11B01" w:rsidP="00EE79EA" w:rsidRDefault="0052008D" w14:paraId="265BCEE0" w14:textId="70A66264">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="2CE6478F">
               <w:t>MM6 &amp; 7: Remote and Very Remote</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7144A081" w14:textId="6A534045" w:rsidR="4D9B6C40" w:rsidRDefault="00BF69BB" w:rsidP="00F80085">
+          <w:p w:rsidR="4D9B6C40" w:rsidP="00F80085" w:rsidRDefault="00BF69BB" w14:paraId="7144A081" w14:textId="6A534045">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM6 and MM7 are merged due to privacy concerns reporting small number of participants</w:t>
             </w:r>
             <w:r w:rsidR="002108DC">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1730B0BF" w14:textId="77777777" w:rsidR="002108DC" w:rsidRPr="00A418AD" w:rsidRDefault="002108DC" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00A418AD" w:rsidR="002108DC" w:rsidP="00F80085" w:rsidRDefault="002108DC" w14:paraId="1730B0BF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C36F996" w14:textId="4712B871" w:rsidR="00A418AD" w:rsidRDefault="00A418AD" w:rsidP="00F80085">
+          <w:p w:rsidR="00A418AD" w:rsidP="00F80085" w:rsidRDefault="00A418AD" w14:paraId="1C36F996" w14:textId="4712B871">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Participants with missing remoteness information are only reported under "ALL" category (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>MMMCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> = ALL)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="038E0720" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRPr="00E21A25" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00E21A25" w:rsidR="00646AC7" w:rsidP="00F80085" w:rsidRDefault="00646AC7" w14:paraId="038E0720" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3C34F362" w14:textId="126E7D8B" w:rsidR="1E27E93B" w:rsidRPr="00646AC7" w:rsidRDefault="1E27E93B" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00646AC7" w:rsidR="1E27E93B" w:rsidP="00F80085" w:rsidRDefault="1E27E93B" w14:paraId="3C34F362" w14:textId="126E7D8B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="4A64D96F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>MM category contains missing remoteness information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24971272" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+          <w:p w:rsidR="00646AC7" w:rsidP="00F80085" w:rsidRDefault="00646AC7" w14:paraId="24971272" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Modified Monash Model</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> uses the 2023 version from 30-Sep-2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52AB5AE8" w14:textId="77777777" w:rsidR="00646AC7" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+          <w:p w:rsidR="00646AC7" w:rsidP="00F80085" w:rsidRDefault="00646AC7" w14:paraId="52AB5AE8" w14:textId="77777777">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">From 31-Mar-2024 to 30-Jun-2025, the 2019 version was used. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1C354D" w14:textId="2D6C45B0" w:rsidR="00912EFB" w:rsidRDefault="00646AC7" w:rsidP="00F80085">
+          <w:p w:rsidR="00912EFB" w:rsidP="00F80085" w:rsidRDefault="00646AC7" w14:paraId="2B1C354D" w14:textId="2D6C45B0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Up to 31-Dec-2023, the 2015 version was used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="19A9431D" w14:textId="5308ED54" w:rsidR="000B064C" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="000B064C" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="19A9431D" w14:textId="5308ED54">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="000B064C">
               <w:t>MM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E4D90C" w14:textId="18858A7B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="40E4D90C" w14:textId="18858A7B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2124D3E2" w14:textId="561E57CA" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="2124D3E2" w14:textId="561E57CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5872E10C" w14:textId="651AC8AE" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="5872E10C" w14:textId="651AC8AE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F23DBFF" w14:textId="4F91B56B" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="3F23DBFF" w14:textId="4F91B56B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B1E367E" w14:textId="23E9AD87" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="5B1E367E" w14:textId="23E9AD87">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05CBD5A1" w14:textId="56B2DDD9" w:rsidR="00BF69BB" w:rsidRDefault="0052008D" w:rsidP="00F80085">
+          <w:p w:rsidR="00BF69BB" w:rsidP="00F80085" w:rsidRDefault="0052008D" w14:paraId="05CBD5A1" w14:textId="56B2DDD9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00BF69BB">
               <w:t>MM6 &amp; 7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7435A136" w14:textId="6F8E0D92" w:rsidR="00A418AD" w:rsidRDefault="00A418AD" w:rsidP="00F80085">
+          <w:p w:rsidR="00A418AD" w:rsidP="00F80085" w:rsidRDefault="00A418AD" w14:paraId="7435A136" w14:textId="6F8E0D92">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="48270FB3" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00092863" w:rsidTr="37434BE2" w14:paraId="48270FB3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BBBBB85" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00092863" w:rsidP="00EE79EA" w:rsidRDefault="00092863" w14:paraId="4BBBBB85" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C15C29E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00092863" w:rsidP="00EE79EA" w:rsidRDefault="00092863" w14:paraId="7C15C29E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Participant count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69D8176A" w14:textId="3C2DB06F" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="69D8176A" w14:textId="3C2DB06F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Count of participants in each combination of categories</w:t>
             </w:r>
             <w:r w:rsidR="69DF28A3">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22072CA1" w14:textId="01104687" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="22072CA1" w14:textId="01104687">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of the participants. The aggregated totals have not been modified</w:t>
             </w:r>
             <w:r w:rsidR="5E115FC9">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="23EA0B83" w14:textId="2406605C" w:rsidR="00092863" w:rsidRDefault="00081542" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00081542" w14:paraId="23EA0B83" w14:textId="2406605C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0847DE47" w14:textId="23B2F83D" w:rsidR="00081542" w:rsidRDefault="00081542" w:rsidP="00F80085">
+          <w:p w:rsidR="00081542" w:rsidP="00F80085" w:rsidRDefault="00081542" w14:paraId="0847DE47" w14:textId="23B2F83D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00092863" w14:paraId="1DDB6A27" w14:textId="77777777" w:rsidTr="002108DC">
+      <w:tr w:rsidR="00092863" w:rsidTr="37434BE2" w14:paraId="1DDB6A27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9231ED" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00EE79EA">
+          <w:p w:rsidR="00092863" w:rsidP="00EE79EA" w:rsidRDefault="00092863" w14:paraId="1D9231ED" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C921A28" w14:textId="578F60E1" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002A2BA9">
+          <w:p w:rsidR="00092863" w:rsidP="002A2BA9" w:rsidRDefault="00092863" w14:paraId="0C921A28" w14:textId="578F60E1">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Avera</w:t>
             </w:r>
             <w:r w:rsidR="00494DDD">
               <w:t>ge annualised committed support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00564E25" w14:textId="4BB014FD" w:rsidR="00FD2324" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00FD2324" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="00564E25" w14:textId="4BB014FD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participants have committed </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in their plans. The </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">committed support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in plans </w:t>
             </w:r>
             <w:r w:rsidR="3350BA3D">
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">annualised </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t>to compare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t>like-for-like values</w:t>
             </w:r>
             <w:r w:rsidR="7BCB5C24">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C0227D4" w14:textId="5389CBEA" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="5C0227D4" w14:textId="5389CBEA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The value represents the average of the annualised amounts in the participants’ active plans</w:t>
             </w:r>
             <w:r w:rsidR="4DBF5DF2">
               <w:t xml:space="preserve"> (Total Annualised Budget </w:t>
             </w:r>
             <w:r w:rsidR="26C8EE75">
               <w:t xml:space="preserve">divided by </w:t>
             </w:r>
             <w:r w:rsidR="4DBF5DF2">
               <w:t>Participant Count)</w:t>
             </w:r>
             <w:r w:rsidR="5463EB29">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59BECBCD" w14:textId="3C46133A" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="59BECBCD" w14:textId="3C46133A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The amounts are rounded to the nearest thousand dollars</w:t>
             </w:r>
             <w:r w:rsidR="784885FA">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4733917B" w14:textId="4AC9D635" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="00092863" w14:paraId="4733917B" w14:textId="4AC9D635">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of the participants. Therefore, you cannot multiply the average annualised support budget total with the participant count to arrive at the total annualised committed support budget</w:t>
             </w:r>
             <w:r w:rsidR="73D96DE5">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="079D64DF" w14:textId="0CD4BDA7" w:rsidR="00B04974" w:rsidRPr="00A431B0" w:rsidRDefault="73D96DE5" w:rsidP="00F80085">
+          <w:p w:rsidRPr="00A431B0" w:rsidR="00B04974" w:rsidP="00F80085" w:rsidRDefault="73D96DE5" w14:paraId="079D64DF" w14:textId="0CD4BDA7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">For rows with </w:t>
             </w:r>
             <w:r w:rsidR="00C81FF2">
               <w:t>less than 11</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> participants, the average budget has been removed</w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">, as the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">low participant count </w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">results in an </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">average </w:t>
             </w:r>
             <w:r w:rsidR="00FF1468">
               <w:t xml:space="preserve">which </w:t>
             </w:r>
             <w:r>
               <w:t>is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2239" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3C3379FB" w14:textId="08F1C208" w:rsidR="00092863" w:rsidRDefault="005235CD" w:rsidP="00F80085">
+          <w:p w:rsidR="00092863" w:rsidP="00F80085" w:rsidRDefault="005235CD" w14:paraId="3C3379FB" w14:textId="08F1C208">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Numerical</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> values </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t>greater than zero</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37767452" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="0099185B">
+    <w:p w:rsidR="000B7A2E" w:rsidP="0099185B" w:rsidRDefault="000B7A2E" w14:paraId="37767452" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc13752023"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc203655455"/>
+      <w:bookmarkStart w:name="_Toc13752023" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc203655455" w:id="10"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="565932A6" w14:textId="6B253E8B" w:rsidR="00FA6BAB" w:rsidRDefault="00F153EB" w:rsidP="00FA6BAB">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00F153EB" w14:paraId="565932A6" w14:textId="6B253E8B">
       <w:r>
         <w:t xml:space="preserve">Below are two examples of how to </w:t>
       </w:r>
       <w:r w:rsidR="0092554A">
         <w:t>use</w:t>
       </w:r>
       <w:r w:rsidR="004633A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F8E15F" w14:textId="0218AF2F" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00D0019B" w:rsidRDefault="00FA6BAB" w14:paraId="36F8E15F" w14:textId="6D7E9760">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc19268204"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc203655456"/>
+      <w:bookmarkStart w:name="_Toc19268204" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc25832965" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc43202921" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc203655456" w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:r w:rsidR="51DEB73A">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="3B828EFD">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipants in each </w:t>
       </w:r>
       <w:r w:rsidR="004633A8">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="004633A8">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>erritory</w:t>
       </w:r>
       <w:r w:rsidR="00A1622C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="0003403E">
-        <w:t>as at the end of a quarter</w:t>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE52CC">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="0003403E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00B01C25">
+        <w:t>30 June 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01C25">
+        <w:t>5</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="04EAD5E7" w14:textId="79C4A2E6" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00FA6BAB" w14:paraId="04EAD5E7" w14:textId="79C4A2E6">
       <w:r>
         <w:t xml:space="preserve">To get the number and average budget of </w:t>
       </w:r>
       <w:r w:rsidR="179ACA44">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="3BBE5E15">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">participants in each </w:t>
       </w:r>
       <w:r w:rsidR="00383637">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00383637">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00B82EB3">
         <w:t>erritory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, regardless of </w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>remoteness</w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401CB0F8" w14:textId="6FE79D5B" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00FA6BAB" w14:paraId="401CB0F8" w14:textId="5EAAF51C">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>=“</w:t>
-[...3 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>=“3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t>0JUN</w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F26760">
-        <w:t>3</w:t>
+      <w:r w:rsidR="00B01C25">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>≠</w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
-        <w:t>(unselect</w:t>
-[...3 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(unselect)</w:t>
       </w:r>
       <w:r>
-        <w:t>“</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ALL”, </w:t>
+        <w:t xml:space="preserve">“ALL”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF69BB">
         <w:t>MMMCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A363E1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>=”ALL</w:t>
-[...3 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>=”ALL”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BE00D2" w14:textId="77777777" w:rsidR="009522E1" w:rsidRDefault="009522E1" w:rsidP="00FA6BAB"/>
-    <w:p w14:paraId="3F325341" w14:textId="11154695" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
+    <w:p w:rsidR="009522E1" w:rsidP="00FA6BAB" w:rsidRDefault="009522E1" w14:paraId="27BE00D2" w14:textId="77777777"/>
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00D0019B" w:rsidRDefault="00FA6BAB" w14:paraId="3F325341" w14:textId="1CEF9473">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc19268205"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc203655457"/>
+      <w:bookmarkStart w:name="_Toc19268205" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc25832966" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc43202922" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc203655457" w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="5699B274">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67D64642">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="5699B274">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipants </w:t>
       </w:r>
       <w:r w:rsidR="00A1622C">
         <w:t xml:space="preserve">in NSW </w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="0003403E">
-        <w:t>as at the end of a quarter</w:t>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE52CC">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="0003403E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00B01C25">
+        <w:t>30 June 2024</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08B0ABB9" w14:textId="6C19E05C" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="24F0226F">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="24F0226F" w:rsidRDefault="00FA6BAB" w14:paraId="08B0ABB9" w14:textId="17A36455">
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t xml:space="preserve">get the count of all the </w:t>
       </w:r>
       <w:r w:rsidR="11A25B8D">
         <w:t>First Nations</w:t>
       </w:r>
       <w:r w:rsidR="7815C357">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
       <w:r w:rsidR="00439DBF">
         <w:t xml:space="preserve">residing in NSW </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE52CC">
+        <w:t>on</w:t>
+      </w:r>
       <w:r w:rsidR="00439DBF">
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t xml:space="preserve">0 June </w:t>
       </w:r>
       <w:r w:rsidR="00439DBF">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00A363E1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB89A24" w14:textId="044200AC" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00FA6BAB" w14:paraId="7CB89A24" w14:textId="044200AC">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>=“</w:t>
-[...3 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>=“3</w:t>
       </w:r>
       <w:r w:rsidR="00565ADC">
         <w:t>0JUN</w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00BF69BB">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00A363E1">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>=“</w:t>
-[...3 lines deleted...]
-        <w:t>NSW”</w:t>
+        <w:t>=“NSW”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FE5149" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="001731F0">
+    <w:p w:rsidR="000B7A2E" w:rsidP="001731F0" w:rsidRDefault="000B7A2E" w14:paraId="50FE5149" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47814140" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="47814140" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc13748873"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Toc203655458"/>
+      <w:bookmarkStart w:name="_Toc13748873" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc13752024" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc203655458" w:id="21"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="44B10506" w14:textId="3235713F" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="59ED4AC2">
+    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="59ED4AC2" w:rsidRDefault="000B7A2E" w14:paraId="44B10506" w14:textId="4BDDEA9F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="59ED4AC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00A363E1">
+      <w:r w:rsidR="00B01C25">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00EC721B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C38DE08" w14:textId="1523C812" w:rsidR="002679FC" w:rsidRPr="00A418AD" w:rsidRDefault="000B7A2E" w:rsidP="00A418AD">
+    <w:p w:rsidRPr="00A418AD" w:rsidR="002679FC" w:rsidP="00A418AD" w:rsidRDefault="000B7A2E" w14:paraId="7C38DE08" w14:textId="1523C812">
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="002679FC" w:rsidRPr="00A418AD" w:rsidSect="00CB4A94">
+    <w:sectPr w:rsidRPr="00A418AD" w:rsidR="002679FC" w:rsidSect="00CB4A94">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48BA59E6" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
+    <w:p w:rsidR="00BF2D03" w:rsidP="002679FC" w:rsidRDefault="00BF2D03" w14:paraId="0BB8A0C9" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="150131C2" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
+    <w:p w:rsidR="00BF2D03" w:rsidP="002679FC" w:rsidRDefault="00BF2D03" w14:paraId="364ECB0D" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2553,52 +2588,52 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6EB24CAA" w14:textId="2C64187A" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="6EB24CAA" w14:textId="2C64187A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A422009" wp14:editId="35D3E072">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2632,135 +2667,135 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003B44EC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52CDB53A" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
+    <w:p w:rsidR="00BF2D03" w:rsidP="002679FC" w:rsidRDefault="00BF2D03" w14:paraId="042CB0FB" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="123B5477" w14:textId="77777777" w:rsidR="00FD0483" w:rsidRDefault="00FD0483" w:rsidP="002679FC">
+    <w:p w:rsidR="00BF2D03" w:rsidP="002679FC" w:rsidRDefault="00BF2D03" w14:paraId="0736FD62" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="187DB151" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="187DB151" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3536F34C" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="75DDB4F2" w:rsidP="00AD241C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="75DDB4F2" w14:paraId="3536F34C" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="261D5D2E" wp14:editId="67D94ED5">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="342456818" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 5"/>
@@ -2772,2214 +2807,2214 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="18207F95" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="18207F95" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="31CB29DB" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="31CB29DB" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="690C5B1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E43091B4"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="356361C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60F2ADD0"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C704DA4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9FAAEA84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49EF1D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BF656DC"/>
     <w:lvl w:ilvl="0" w:tplc="BB902F68">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672D6583"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="342030AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="83189020">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="511796018">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="319700001">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="976955247">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1004161527">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1148550756">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1739325458">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1236665418">
@@ -4999,51 +5034,52 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="332882293">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="544680093">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="496768832">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="951938860">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="606809289">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1311667474">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="0003403E"/>
@@ -5161,70 +5197,74 @@
     <w:rsid w:val="00987BB9"/>
     <w:rsid w:val="0099185B"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009A44A3"/>
     <w:rsid w:val="009B3397"/>
     <w:rsid w:val="009B4380"/>
     <w:rsid w:val="009B7CCE"/>
     <w:rsid w:val="009C372B"/>
     <w:rsid w:val="009E2235"/>
     <w:rsid w:val="009F646F"/>
     <w:rsid w:val="00A05FE4"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A1622C"/>
     <w:rsid w:val="00A17816"/>
     <w:rsid w:val="00A363E1"/>
     <w:rsid w:val="00A418AD"/>
     <w:rsid w:val="00A431B0"/>
     <w:rsid w:val="00A7652F"/>
     <w:rsid w:val="00A77246"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AA26F9"/>
     <w:rsid w:val="00AB546B"/>
     <w:rsid w:val="00AB6D83"/>
     <w:rsid w:val="00AD241C"/>
+    <w:rsid w:val="00AD2CB5"/>
     <w:rsid w:val="00AD748C"/>
     <w:rsid w:val="00AD75E9"/>
     <w:rsid w:val="00AE2B41"/>
+    <w:rsid w:val="00AE52CC"/>
     <w:rsid w:val="00AE57EC"/>
     <w:rsid w:val="00AF2645"/>
+    <w:rsid w:val="00B01C25"/>
     <w:rsid w:val="00B04974"/>
     <w:rsid w:val="00B07FD1"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B370CD"/>
     <w:rsid w:val="00B37C44"/>
     <w:rsid w:val="00B4304D"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B84B28"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB1B64"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC126D"/>
     <w:rsid w:val="00BE7148"/>
+    <w:rsid w:val="00BF2D03"/>
     <w:rsid w:val="00BF69BB"/>
     <w:rsid w:val="00C11B01"/>
     <w:rsid w:val="00C14DB3"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C30EF4"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C559E6"/>
     <w:rsid w:val="00C7044B"/>
     <w:rsid w:val="00C81FF2"/>
     <w:rsid w:val="00C93DBD"/>
     <w:rsid w:val="00CB4A94"/>
     <w:rsid w:val="00CB4B2C"/>
     <w:rsid w:val="00CB4D99"/>
     <w:rsid w:val="00CD3ED1"/>
     <w:rsid w:val="00CD5A5E"/>
     <w:rsid w:val="00CD77AD"/>
     <w:rsid w:val="00CE00C4"/>
     <w:rsid w:val="00CF3955"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D06227"/>
     <w:rsid w:val="00D10817"/>
     <w:rsid w:val="00D42703"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D47EB7"/>
     <w:rsid w:val="00D76F17"/>
@@ -5259,69 +5299,71 @@
     <w:rsid w:val="00FD2324"/>
     <w:rsid w:val="00FF1468"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0184649F"/>
     <w:rsid w:val="04B01BAA"/>
     <w:rsid w:val="07FFA8BE"/>
     <w:rsid w:val="0B11C820"/>
     <w:rsid w:val="0EB26461"/>
     <w:rsid w:val="0F488933"/>
     <w:rsid w:val="11A25B8D"/>
     <w:rsid w:val="13A8C077"/>
     <w:rsid w:val="179ACA44"/>
     <w:rsid w:val="18B19A7B"/>
     <w:rsid w:val="190A878D"/>
     <w:rsid w:val="1E27E93B"/>
     <w:rsid w:val="24F0226F"/>
     <w:rsid w:val="26BE4939"/>
     <w:rsid w:val="26C8EE75"/>
     <w:rsid w:val="2CE6478F"/>
     <w:rsid w:val="2E6EDB31"/>
     <w:rsid w:val="321CF25D"/>
     <w:rsid w:val="3350BA3D"/>
     <w:rsid w:val="3388FD20"/>
     <w:rsid w:val="34510D29"/>
     <w:rsid w:val="37280D83"/>
+    <w:rsid w:val="37434BE2"/>
     <w:rsid w:val="39F9D260"/>
     <w:rsid w:val="3B828EFD"/>
     <w:rsid w:val="3BBE5E15"/>
     <w:rsid w:val="42B030B5"/>
     <w:rsid w:val="445E844F"/>
     <w:rsid w:val="45D224F7"/>
     <w:rsid w:val="48D2BCE0"/>
     <w:rsid w:val="4A614BBF"/>
     <w:rsid w:val="4A64D96F"/>
     <w:rsid w:val="4ADC0A62"/>
     <w:rsid w:val="4AF7268A"/>
     <w:rsid w:val="4B47BCF5"/>
     <w:rsid w:val="4B6DB3FD"/>
     <w:rsid w:val="4D9B6C40"/>
     <w:rsid w:val="4DBF5DF2"/>
     <w:rsid w:val="50171289"/>
     <w:rsid w:val="5167A331"/>
     <w:rsid w:val="51DEB73A"/>
     <w:rsid w:val="5463EB29"/>
+    <w:rsid w:val="54A1F0AC"/>
     <w:rsid w:val="5699B274"/>
     <w:rsid w:val="5859392E"/>
     <w:rsid w:val="59ED4AC2"/>
     <w:rsid w:val="5B67C929"/>
     <w:rsid w:val="5E115FC9"/>
     <w:rsid w:val="64D0ACF1"/>
     <w:rsid w:val="656E557E"/>
     <w:rsid w:val="67D64642"/>
     <w:rsid w:val="680994BC"/>
     <w:rsid w:val="69DF28A3"/>
     <w:rsid w:val="6AC89993"/>
     <w:rsid w:val="73D96DE5"/>
     <w:rsid w:val="75638614"/>
     <w:rsid w:val="75DDB4F2"/>
     <w:rsid w:val="75F9AECE"/>
     <w:rsid w:val="7815C357"/>
     <w:rsid w:val="784885FA"/>
     <w:rsid w:val="792F151C"/>
     <w:rsid w:val="7BCB5C24"/>
     <w:rsid w:val="7D95F686"/>
     <w:rsid w:val="7F2B0740"/>
     <w:rsid w:val="7F69FBE3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -5334,129 +5376,129 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D48AB24"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5612,52 +5654,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5724,51 +5766,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -5918,383 +5960,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -6322,128 +6364,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB4D99"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -6480,132 +6522,132 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008159AE"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008159AE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008159AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008159AE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008159AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007461B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6734,52 +6776,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1628925428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -7048,61 +7089,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7300,114 +7336,112 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F20063A-CEB6-4547-B571-2106CF3ED06B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C7363C3-F980-4640-9A53-875EE172CB9E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD0D0D3-7E8B-4DC0-AD95-78E5EDACAE7A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F20063A-CEB6-4547-B571-2106CF3ED06B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42B87923-D002-42B2-8441-BDB1CF7FD3A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>FaHCSIA</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">