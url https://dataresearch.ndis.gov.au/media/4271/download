--- v0 (2025-10-21)
+++ v1 (2026-02-24)
@@ -1,70 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E397918" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00197011" w:rsidP="00FA6BAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="54486408" w14:textId="77777777" w:rsidR="00625E37" w:rsidRPr="00625E37" w:rsidRDefault="00625E37" w:rsidP="00625E37">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc13727742"/>
       <w:bookmarkStart w:id="1" w:name="_Toc13752341"/>
       <w:bookmarkStart w:id="2" w:name="_Toc13754190"/>
       <w:bookmarkStart w:id="3" w:name="_Toc13813765"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc190774686"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219988417"/>
+      <w:r w:rsidRPr="00625E37">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The contents of this document are OFFICIAL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E397918" w14:textId="60E88BCF" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00197011" w:rsidP="00FA6BAB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
         <w:t>Active and p</w:t>
       </w:r>
       <w:r w:rsidR="00574EB2">
         <w:t>rojected p</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve">articipant numbers </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0099185B">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009B3397">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00937682">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
@@ -86,547 +107,547 @@
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="5DE77F9C" w14:textId="77777777" w:rsidR="006A33F3" w:rsidRDefault="00FA6BAB">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E819CD">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4ECB0D3A" w14:textId="6B48440D" w:rsidR="00624CDB" w:rsidRDefault="00CB4D99">
+        <w:p w14:paraId="1FA5BA58" w14:textId="3BC3C9D3" w:rsidR="003A37C9" w:rsidRDefault="00CB4D99">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc190774686" w:history="1">
-            <w:r w:rsidR="00624CDB" w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988417" w:history="1">
+            <w:r w:rsidR="003A37C9" w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Active and projected participant numbers - data rules</w:t>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774686 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00624CDB">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988417 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00624CDB">
+            <w:r w:rsidR="003A37C9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5EC73D8A" w14:textId="6038AF4E" w:rsidR="00624CDB" w:rsidRDefault="00624CDB">
+        <w:p w14:paraId="33EA9747" w14:textId="04828D73" w:rsidR="003A37C9" w:rsidRDefault="003A37C9">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc190774687" w:history="1">
-            <w:r w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988418" w:history="1">
+            <w:r w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Projected participant numbers possible values and rules</w:t>
+              <w:t>Projected participant numbers - possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774687 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988418 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C90BE50" w14:textId="489D6D2C" w:rsidR="00624CDB" w:rsidRDefault="00624CDB">
+        <w:p w14:paraId="49BA3DB2" w14:textId="03527696" w:rsidR="003A37C9" w:rsidRDefault="003A37C9">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc190774688" w:history="1">
-            <w:r w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988419" w:history="1">
+            <w:r w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774688 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988419 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="77E1BB1B" w14:textId="77029835" w:rsidR="00624CDB" w:rsidRDefault="00624CDB">
+        <w:p w14:paraId="08DDAF05" w14:textId="366CFBCE" w:rsidR="003A37C9" w:rsidRDefault="003A37C9">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc190774689" w:history="1">
-            <w:r w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988420" w:history="1">
+            <w:r w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Example 1: Active participants as at 30 June 2024 and projected participants as at each 30 June until 2034 in Sydney</w:t>
+              <w:t>Example 1: Active participants as at 30 June 2025 and projected participants as at each 30 June until 2035 in Sydney</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774689 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988420 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29D3F5EB" w14:textId="06F1DCED" w:rsidR="00624CDB" w:rsidRDefault="00624CDB">
+        <w:p w14:paraId="3B900A6A" w14:textId="6A0B2E1E" w:rsidR="003A37C9" w:rsidRDefault="003A37C9">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc190774690" w:history="1">
-            <w:r w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988421" w:history="1">
+            <w:r w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Example 2: Active participants as at 30 June 2024 and projected participants as at each 30 June until 2034 in all service districts</w:t>
+              <w:t>Example 2: Active participants as at 30 June 2025 and projected participants as at each 30 June until 2035 in all service districts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774690 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988421 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="438DFCA2" w14:textId="11BEB0D4" w:rsidR="00624CDB" w:rsidRDefault="00624CDB">
+        <w:p w14:paraId="1FEC55CF" w14:textId="5B7F4098" w:rsidR="003A37C9" w:rsidRDefault="003A37C9">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc190774691" w:history="1">
-            <w:r w:rsidRPr="00546FDB">
+          <w:hyperlink w:anchor="_Toc219988422" w:history="1">
+            <w:r w:rsidRPr="00186CA5">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc190774691 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219988422 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="370FBD5C" w14:textId="77777777" w:rsidR="007B0265" w:rsidRDefault="00CB4D99" w:rsidP="007B0265">
+        <w:p w14:paraId="370FBD5C" w14:textId="48A49CBF" w:rsidR="007B0265" w:rsidRDefault="00CB4D99" w:rsidP="007B0265">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="44"/>
               <w:szCs w:val="28"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="5" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="6" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="71E046CA" w14:textId="1BBA2FAC" w:rsidR="00FA6BAB" w:rsidRDefault="00574EB2" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc13754191"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc190774687"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc219988418"/>
       <w:r>
         <w:t>Projected p</w:t>
       </w:r>
       <w:r w:rsidR="00D8241D">
         <w:t xml:space="preserve">articipant numbers </w:t>
       </w:r>
       <w:r w:rsidR="001F7205">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00D8241D">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="4408A174" w14:textId="36B3BE15" w:rsidR="00DB087E" w:rsidRDefault="00DB087E" w:rsidP="00092863">
       <w:pPr>
         <w:rPr>
@@ -681,60 +702,52 @@
         </w:rPr>
         <w:t>State/Territory</w:t>
       </w:r>
       <w:r w:rsidR="0014246B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the</w:t>
       </w:r>
       <w:r w:rsidR="000A1C96">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0059614D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>service district</w:t>
       </w:r>
       <w:r w:rsidR="0014246B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">s within these </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>s within these jurisdictions</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A26B28A" w14:textId="77777777" w:rsidR="0059614D" w:rsidRDefault="0059614D" w:rsidP="00092863">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The projected participant numbers are estimates only and are subject to change as more Scheme experience becomes available.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="599C11FA" w14:textId="1B7F903A" w:rsidR="000A1C96" w:rsidRDefault="00361575" w:rsidP="00092863">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
@@ -1096,58 +1109,56 @@
               <w:t xml:space="preserve"> standard </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00AD5D19" w:rsidRPr="00B84B28">
               <w:t>and also</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00AD5D19" w:rsidRPr="00B84B28">
               <w:t xml:space="preserve"> includes participants from Norfolk Island commencing from the December 2019 data release onwards. Prior to this, Norfolk</w:t>
             </w:r>
             <w:r w:rsidR="00AD5D19">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AD5D19" w:rsidRPr="00B84B28">
               <w:t>Island</w:t>
             </w:r>
             <w:r w:rsidR="00AD5D19">
               <w:t xml:space="preserve"> participants were captured as </w:t>
             </w:r>
             <w:r w:rsidR="00D211C6">
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00AD5D19" w:rsidRPr="00B84B28">
               <w:t>NSW</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00D211C6">
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="002B79A8">
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="0B3A018C" w14:textId="404332DF" w:rsidR="00C3444E" w:rsidRPr="00AA4084" w:rsidRDefault="00C3444E" w:rsidP="00A46D6C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00E84910">
               <w:t>UNK” includes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> participants where residential address information is incomplete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
@@ -1342,61 +1353,67 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="510AA593" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00647655" w:rsidP="00782DD3">
             <w:r>
               <w:t>Service district where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="207EE6D9" w14:textId="77777777" w:rsidR="00736116" w:rsidRDefault="00647655" w:rsidP="00736116">
+          <w:p w14:paraId="207EE6D9" w14:textId="41DABA35" w:rsidR="00736116" w:rsidRDefault="00647655" w:rsidP="00736116">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Each State/Territory is divided into service districts in which NDIA operates</w:t>
+              <w:t xml:space="preserve">Each State/Territory is divided into service districts in which </w:t>
+            </w:r>
+            <w:r w:rsidR="00C203AD">
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>NDIA operates</w:t>
             </w:r>
             <w:r w:rsidR="00736116">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22862588" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00647655" w:rsidP="001F7205">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all service districts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F6AE2A2" w14:textId="730C4B68" w:rsidR="00624CDB" w:rsidRDefault="00624CDB" w:rsidP="00782DD3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1525,71 +1542,64 @@
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3FFAD313" w14:textId="77777777" w:rsidR="00AA26F9" w:rsidRDefault="00C729EC" w:rsidP="00782DD3">
             <w:r>
               <w:t>ActvPrtcpnts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14804CDB" w14:textId="39B5C985" w:rsidR="00AA26F9" w:rsidRDefault="00C729EC" w:rsidP="00190C40">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="14804CDB" w14:textId="5164BA33" w:rsidR="00AA26F9" w:rsidRDefault="00C729EC" w:rsidP="00190C40">
+            <w:r>
+              <w:t xml:space="preserve">No. of active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D47EE4">
-[...9 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="444F23DC" w14:textId="7851C7B6" w:rsidR="00C559E6" w:rsidRDefault="00C729EC" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Count of participants in each </w:t>
             </w:r>
@@ -1641,140 +1651,159 @@
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>“&lt;11” where the value is lower than 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A46D6C" w14:paraId="79B3C990" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AF32AC0" w14:textId="0E00CD29" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
+          <w:p w14:paraId="3AF32AC0" w14:textId="3B06FFBD" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun2</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>5</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DBBD587" w14:textId="4FCB4934" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="1DBBD587" w14:textId="563F1720" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49FB6459" w14:textId="23E078ED" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
             <w:r w:rsidR="0033220F">
               <w:t>service district</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27B0A4F2" w14:textId="34707D62" w:rsidR="002B79A8" w:rsidRDefault="002B79A8" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09E58CCE" w14:textId="5A86E45A" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00900A3A">
+          <w:p w14:paraId="09E58CCE" w14:textId="02AF30BC" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="0077282C">
               <w:t xml:space="preserve">that are from “Other Territories” </w:t>
             </w:r>
             <w:r>
-              <w:t>(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C458F09" w14:textId="1005E7CF" w:rsidR="00A46D6C" w:rsidRDefault="0033220F" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants are rounded to the nearest hundred for each service district or </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1817,75 +1846,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A46D6C" w14:paraId="0FE84D80" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01489DDD" w14:textId="265F9127" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
+          <w:p w14:paraId="01489DDD" w14:textId="4CFA6684" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun2</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>6</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59DCE733" w14:textId="3B5059B0" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w14:paraId="59DCE733" w14:textId="37076295" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0A9E670C" w14:textId="4D9AB4C2" w:rsidR="00A46D6C" w:rsidRDefault="00A46D6C" w:rsidP="00A46D6C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -1896,67 +1933,78 @@
           <w:p w14:paraId="6EE14375" w14:textId="556F5B89" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="398B8E0F" w14:textId="150A4136" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="398B8E0F" w14:textId="72E4C842" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t xml:space="preserve">that are from “Other Territories” </w:t>
             </w:r>
             <w:r>
-              <w:t>(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79E3FC4A" w14:textId="24DF17C7" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1988,75 +2036,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014246B" w14:paraId="16CCDB4E" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21BBFB98" w14:textId="4D88D380" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+          <w:p w14:paraId="21BBFB98" w14:textId="08694F29" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun2</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>7</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43AFB53C" w14:textId="1526A47A" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="43AFB53C" w14:textId="06D1FB06" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="540EA7F5" w14:textId="1DA00436" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -2067,67 +2123,78 @@
           <w:p w14:paraId="5EB7F0C1" w14:textId="4EA91E93" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C781FAA" w14:textId="0FAE790A" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="6C781FAA" w14:textId="1CAC15AD" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t>(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">that are from “Other Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46C88F6B" w14:textId="1ECE5A12" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2159,75 +2226,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014246B" w14:paraId="04EDA423" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0923FA0A" w14:textId="1D26471E" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+          <w:p w14:paraId="0923FA0A" w14:textId="1CBFA6C3" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun2</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>8</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="443C04BC" w14:textId="6083016B" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="443C04BC" w14:textId="1F00C8F8" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DFE9B48" w14:textId="6D621ED5" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -2238,83 +2313,91 @@
           <w:p w14:paraId="16277377" w14:textId="3514290B" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47BA8F55" w14:textId="7F37B357" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="47BA8F55" w14:textId="10C8436D" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...6 lines deleted...]
-              <w:t>be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">that are from “Other Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D8E757D" w14:textId="6845B75B" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="00900A3A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20D62466" w14:textId="77777777" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
@@ -2335,75 +2418,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014246B" w14:paraId="0CA5AB98" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="541B7661" w14:textId="458AE392" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...4 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="541B7661" w14:textId="28C16324" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t>PrjctdPrtcpnts_Jun</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C9956BB" w14:textId="7C4922BD" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...4 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="3C9956BB" w14:textId="073833BD" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 20</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61FEDFC6" w14:textId="55980024" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -2414,67 +2505,86 @@
           <w:p w14:paraId="2B919F52" w14:textId="74C123B1" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="499174A6" w14:textId="0D6F45A0" w:rsidR="0014246B" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="499174A6" w14:textId="6DCF5B33" w:rsidR="0014246B" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">The numbers of participants </w:t>
+              <w:t>The numbers of participants</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve"> that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61A12890" w14:textId="094F2531" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2506,75 +2616,89 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014246B" w14:paraId="1C04107E" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BC81673" w14:textId="14FD9335" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+          <w:p w14:paraId="6BC81673" w14:textId="43E99D4E" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun</w:t>
             </w:r>
             <w:r w:rsidR="00976680">
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76123242" w14:textId="5F052385" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...1 lines deleted...]
-              <w:t>No. of participants projected to be active as at 30 June 20</w:t>
+          <w:p w14:paraId="76123242" w14:textId="031D1610" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 20</w:t>
             </w:r>
             <w:r w:rsidR="00976680">
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D229457" w14:textId="412D3966" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -2585,67 +2709,86 @@
           <w:p w14:paraId="511A2B70" w14:textId="72457978" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26D2D05F" w14:textId="564D25F2" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="26D2D05F" w14:textId="46EAB2FB" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">The numbers of participants </w:t>
+              <w:t>The numbers of participants</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve"> that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="331F112D" w14:textId="7EFFC60F" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -2677,75 +2820,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0014246B" w14:paraId="65245A16" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D3CC7E7" w14:textId="06ECF7D3" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+          <w:p w14:paraId="1D3CC7E7" w14:textId="0110D290" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun3</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>1</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FCD9F8B" w14:textId="4BEC02DD" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
-[...4 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="3FCD9F8B" w14:textId="7CAFA0D2" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 203</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1FEA3F28" w14:textId="355E1CA5" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
@@ -2756,167 +2907,199 @@
           <w:p w14:paraId="657B9443" w14:textId="6EE25304" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5644DDB0" w14:textId="24CC8DC4" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="5644DDB0" w14:textId="34E11FFA" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">The numbers of participants </w:t>
+              <w:t>The numbers of participants</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve"> that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E6E5AEE" w14:textId="4EA3CAD0" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="0014246B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C7F3C53" w14:textId="77777777" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Numerical values greater than or equal to zero</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AA34894" w14:textId="55E00C16" w:rsidR="0014246B" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>“&lt;</w:t>
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00190C40" w14:paraId="282F85F0" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68B612E0" w14:textId="0F3C8A60" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
+          <w:p w14:paraId="68B612E0" w14:textId="00D745A6" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun3</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>2</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BFF0FE4" w14:textId="20954B4F" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="2BFF0FE4" w14:textId="1CDBA6DE" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 203</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1813C93D" w14:textId="51BFC9D4" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of </w:t>
             </w:r>
@@ -2927,67 +3110,86 @@
           <w:p w14:paraId="3036F37B" w14:textId="0BC12668" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BB7C9FB" w14:textId="5E54E3E0" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="6BB7C9FB" w14:textId="3B9476AA" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7311629C" w14:textId="589D1303" w:rsidR="0033220F" w:rsidRDefault="0033220F" w:rsidP="00190C40">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3019,75 +3221,83 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009357BA" w14:paraId="1060BF5D" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17197944" w14:textId="511F57A7" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
+          <w:p w14:paraId="17197944" w14:textId="7BC2D255" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun3</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>3</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="474DD56F" w14:textId="3A729030" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="474DD56F" w14:textId="75F11182" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 203</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0646D916" w14:textId="77777777" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Estimate of projected participants in each service district</w:t>
             </w:r>
@@ -3095,67 +3305,86 @@
           <w:p w14:paraId="175878B0" w14:textId="0131566F" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6702E7CC" w14:textId="52CEA9C4" w:rsidR="009357BA" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="6702E7CC" w14:textId="49991E1D" w:rsidR="009357BA" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1001D1DA" w14:textId="75836FE6" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3187,343 +3416,378 @@
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00190C40" w14:paraId="4DE1F741" w14:textId="77777777" w:rsidTr="00900A3A">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EFF1FEC" w14:textId="0EA7E68A" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
+          <w:p w14:paraId="0EFF1FEC" w14:textId="06DD854E" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
             <w:r>
               <w:t>PrjctdPrtcpnts_Jun3</w:t>
             </w:r>
-            <w:r w:rsidR="00976680">
-              <w:t>4</w:t>
+            <w:r w:rsidR="003A37C9">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C784AEB" w14:textId="5A43E2B8" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="6C784AEB" w14:textId="3A209506" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
+            <w:r>
+              <w:t xml:space="preserve">No. of participants projected to be active as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> 30 June 203</w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AA5A1A9" w14:textId="4806E438" w:rsidR="00190C40" w:rsidRDefault="00190C40" w:rsidP="00190C40">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Estimate of projected participants in each </w:t>
             </w:r>
             <w:r w:rsidR="0033220F">
               <w:t>service district</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B124A6B" w14:textId="285B1CFA" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>The number</w:t>
             </w:r>
             <w:r w:rsidR="00834636">
               <w:t>s</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = “</w:t>
+              <w:t xml:space="preserve"> of participants that do not have service district information (SrvcDstrctNm = </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00624CDB">
               <w:t>Unspecified</w:t>
             </w:r>
             <w:r>
               <w:t>”) is projected to be zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F457BFF" w14:textId="1726B52B" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
+          <w:p w14:paraId="7F457BFF" w14:textId="12252DE2" w:rsidR="002B79A8" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The numbers of participants </w:t>
             </w:r>
             <w:r w:rsidR="00834636">
-              <w:t xml:space="preserve"> that are from “Other Territories” </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as at 30 June 2024</w:t>
+              <w:t xml:space="preserve">that are from “Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00834636">
+              <w:t xml:space="preserve">Territories” </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">StateCd = “OT”) and Unincorporated (SrvsDstrctNm = “Unincorporated”) is projected to be the same as the active participants as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A37C9">
+              <w:t>30 June 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DDEFD53" w14:textId="16F3C84D" w:rsidR="00190C40" w:rsidRDefault="0033220F" w:rsidP="00190C40">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>The numbers of participants are rounded to the nearest hundred for each service district or State/Territory. The total across all areas is unrounded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F243EFD" w14:textId="77777777" w:rsidR="00976680" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Numerical values greater than or equal to zero</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EA93EFB" w14:textId="14A4DD77" w:rsidR="00190C40" w:rsidRDefault="00976680" w:rsidP="00976680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>“&lt;</w:t>
             </w:r>
             <w:r w:rsidR="00745D42">
               <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:t>” where the rounded value is 0 but the unrounded value is non-zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F83A4A8" w14:textId="77777777" w:rsidR="0014246B" w:rsidRDefault="0014246B" w:rsidP="002B4983">
       <w:bookmarkStart w:id="9" w:name="_Toc13752023"/>
     </w:p>
-    <w:p w14:paraId="5DF1E0E5" w14:textId="527966D5" w:rsidR="000A1C96" w:rsidRDefault="0014246B" w:rsidP="002B4983">
+    <w:p w14:paraId="5DF1E0E5" w14:textId="375DE76E" w:rsidR="000A1C96" w:rsidRDefault="0014246B" w:rsidP="002B4983">
       <w:r>
         <w:t>Please note that</w:t>
       </w:r>
       <w:r w:rsidR="000A1C96">
         <w:t xml:space="preserve"> participant numbers are projected</w:t>
       </w:r>
       <w:r w:rsidR="0033220F">
         <w:t xml:space="preserve"> in the Annual Financial Sustainability Report (AFSR)</w:t>
       </w:r>
       <w:r w:rsidR="000A1C96">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00374FEF">
         <w:t xml:space="preserve">at the national level. Participant numbers have been allocated to State/Territories and service districts </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">by leveraging a separate model that projects at the State/Territory and service district level. This model has been used to determine reasonable proportions of participant and cost projections relating to individual States and Territories, and service districts. </w:t>
+        <w:t>by leveraging a separate model that projects at the State/Territory and service district level. This model has been used to determine reasonable proportions of participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203AD">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> relating to individual States and Territories, and service districts. </w:t>
       </w:r>
       <w:r w:rsidRPr="004760E5">
         <w:t xml:space="preserve">These proportions are then applied to the national AFSR model. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234D9047" w14:textId="77777777" w:rsidR="000A1C96" w:rsidRDefault="000A1C96" w:rsidP="002B4983"/>
     <w:p w14:paraId="0BBE4701" w14:textId="77777777" w:rsidR="002B79A8" w:rsidRDefault="002B79A8">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71A4BA86" w14:textId="640E1812" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="0099185B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc190774688"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc219988419"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="57949280" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00F153EB" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">Below are two examples of how to </w:t>
       </w:r>
       <w:r w:rsidR="0092554A">
         <w:t>use</w:t>
       </w:r>
       <w:r w:rsidR="004633A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C52106" w14:textId="1C2185B1" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
+    <w:p w14:paraId="79C52106" w14:textId="52D53482" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="12" w:name="_Toc25832965"/>
       <w:bookmarkStart w:id="13" w:name="_Toc32816811"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc190774689"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219988420"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AE1F56">
         <w:t xml:space="preserve">ctive </w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t>par</w:t>
       </w:r>
       <w:r w:rsidR="00A46D6C">
-        <w:t>ticipants as at 3</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">ticipants as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A46D6C">
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A46D6C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D47EE4">
-[...6 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="003A37C9">
+        <w:t>30 June 2025</w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE1F56">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t>projecte</w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t xml:space="preserve">d </w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipants </w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t xml:space="preserve">as at </w:t>
       </w:r>
       <w:r w:rsidR="00A46D6C">
         <w:t>each 30 June until 20</w:t>
       </w:r>
       <w:r w:rsidR="0014246B">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00976680">
-        <w:t>4</w:t>
+      <w:r w:rsidR="003A37C9">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00647655">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t>in Sydney</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="1A90CBEF" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">To get the </w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t xml:space="preserve">current active </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">number and </w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t xml:space="preserve">projected number </w:t>
       </w:r>
@@ -3539,172 +3803,165 @@
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the data: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEC40E7" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00647655" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">SrvcDstrctNm </w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t>Sydney”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6582B6C8" w14:textId="77777777" w:rsidR="009522E1" w:rsidRDefault="009522E1" w:rsidP="00FA6BAB"/>
-    <w:p w14:paraId="62AB00D4" w14:textId="5DFCD0CE" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
+    <w:p w14:paraId="62AB00D4" w14:textId="027D6D17" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc19268205"/>
       <w:bookmarkStart w:id="16" w:name="_Toc25832966"/>
       <w:bookmarkStart w:id="17" w:name="_Toc32816812"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc190774690"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc219988421"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="0096361D">
-        <w:t>Active participants as at 3</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Active participants as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0096361D">
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0096361D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D47EE4">
-        <w:t xml:space="preserve">June </w:t>
+      <w:r w:rsidR="003A37C9">
+        <w:t>30 June 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0096361D">
+        <w:t xml:space="preserve"> and projected participants as at </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46D6C">
+        <w:t xml:space="preserve">each </w:t>
+      </w:r>
+      <w:r w:rsidR="0096361D">
+        <w:t xml:space="preserve">30 June </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46D6C">
+        <w:t xml:space="preserve">until </w:t>
       </w:r>
       <w:r w:rsidR="0096361D">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00A46D6C">
-[...19 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0014246B">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00976680">
-        <w:t>4</w:t>
+      <w:r w:rsidR="003A37C9">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0096361D">
         <w:t xml:space="preserve"> in all service districts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="554BAD9D" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00EE3AEC">
         <w:t xml:space="preserve">get the </w:t>
       </w:r>
       <w:r w:rsidR="0096361D">
         <w:t>current active number and projected number of participants in all service districts</w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t>, apply the following filters to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B1E25">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53504FC1" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00647655" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">SrvcDstrctNm </w:t>
       </w:r>
       <w:r w:rsidR="0096361D">
         <w:t>= “A</w:t>
       </w:r>
       <w:r w:rsidR="00197011">
         <w:t>LL”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B107249" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E"/>
     <w:p w14:paraId="50FD25D2" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="20" w:name="_Toc13752024"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc190774691"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc219988422"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="1AA0D82F" w14:textId="32D3A07A" w:rsidR="0069022B" w:rsidRPr="0069022B" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="1AA0D82F" w14:textId="5823DD0D" w:rsidR="0069022B" w:rsidRPr="0069022B" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD16A4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00976680">
-        <w:t>February 2025</w:t>
+      <w:r w:rsidR="003A37C9">
+        <w:t>February 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE822A2" w14:textId="5033E9D0" w:rsidR="003D2C7A" w:rsidRDefault="000B7A2E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
@@ -3716,60 +3973,57 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9B6581" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="2A76402C" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="359F79E8" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="28CD4FE9" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="1FA1C706" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="34FE98B6" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="6403EBA3" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="41C18CBB" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="036D8CBC" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="10094645" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="065CF068" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="542201B9" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="6A5DC7E1" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="1ED7B7A7" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="170A1984" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="7DEFD6B4" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA"/>
     <w:p w14:paraId="01F22ABB" w14:textId="77777777" w:rsidR="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF5B7A6" w14:textId="77777777" w:rsidR="009357BA" w:rsidRPr="009357BA" w:rsidRDefault="009357BA" w:rsidP="009357BA">
-[...8 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="009357BA" w:rsidSect="003C3D27">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="623148BE" w14:textId="77777777" w:rsidR="008B58EE" w:rsidRDefault="008B58EE" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="502D4B53" w14:textId="77777777" w:rsidR="008B58EE" w:rsidRDefault="008B58EE" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -3797,102 +4051,138 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="51E89C19" w14:textId="1901D8B7" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00976680" w:rsidP="00D0019B">
+  <w:p w14:paraId="7F9A933F" w14:textId="77777777" w:rsidR="00625E37" w:rsidRDefault="00625E37">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4CD34AC7" w14:textId="77777777" w:rsidR="00625E37" w:rsidRPr="00625E37" w:rsidRDefault="00625E37" w:rsidP="00625E37">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00625E37">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="51E89C19" w14:textId="3C20AE80" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="003A37C9" w:rsidP="00D0019B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="right" w:pos="10065"/>
+      </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
-      <w:t>February 2025</w:t>
+      <w:t>February 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="02B9B58E" w14:textId="6101A649" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ECCD21B" wp14:editId="12A5411C">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
@@ -3994,67 +4284,103 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7116BB42" w14:textId="77777777" w:rsidR="008B58EE" w:rsidRDefault="008B58EE" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6BE5CE57" w14:textId="77777777" w:rsidR="008B58EE" w:rsidRDefault="008B58EE" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E3E1D67" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
+  <w:p w14:paraId="3000E2BB" w14:textId="77777777" w:rsidR="00625E37" w:rsidRDefault="00625E37">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40273B74" w14:textId="77777777" w:rsidR="00625E37" w:rsidRPr="00625E37" w:rsidRDefault="00625E37" w:rsidP="00625E37">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="left" w:pos="3617"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00625E37">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="C00000"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0E3E1D67" w14:textId="680FC5E1" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="592DBA05" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="0006477E" w:rsidP="00AD241C">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75E19327" wp14:editId="69D72C56">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6266,232 +6592,239 @@
   <w:num w:numId="15" w16cid:durableId="1385719691">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="990409110">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="985816065">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1190069072">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="322323398">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
+    <w:rsid w:val="0000533F"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00081542"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A1C96"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C6139"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000F398F"/>
     <w:rsid w:val="0012061D"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="0013244F"/>
     <w:rsid w:val="0014246B"/>
     <w:rsid w:val="0014300D"/>
     <w:rsid w:val="001864AD"/>
     <w:rsid w:val="00190C40"/>
     <w:rsid w:val="00197011"/>
     <w:rsid w:val="001A4757"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E29DC"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001F7205"/>
     <w:rsid w:val="002278AE"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002726A0"/>
     <w:rsid w:val="002B4983"/>
     <w:rsid w:val="002B79A8"/>
     <w:rsid w:val="00313A58"/>
     <w:rsid w:val="0033220F"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00361575"/>
     <w:rsid w:val="00364E83"/>
     <w:rsid w:val="00374FEF"/>
     <w:rsid w:val="00383637"/>
+    <w:rsid w:val="003A37C9"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C2A10"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003C6928"/>
     <w:rsid w:val="003D2C7A"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003D4E66"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F4432"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00451E12"/>
     <w:rsid w:val="004633A8"/>
     <w:rsid w:val="004760E5"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004931AA"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D0254"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="00512D7F"/>
     <w:rsid w:val="005235CD"/>
     <w:rsid w:val="00546F12"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="005747F9"/>
     <w:rsid w:val="00574EB2"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="0059614D"/>
     <w:rsid w:val="005A3440"/>
     <w:rsid w:val="005A658A"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="00601DC6"/>
     <w:rsid w:val="00617719"/>
     <w:rsid w:val="00624CDB"/>
+    <w:rsid w:val="00625E37"/>
     <w:rsid w:val="00647655"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0069022B"/>
     <w:rsid w:val="006A33F3"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B1E25"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006D38FB"/>
     <w:rsid w:val="00736116"/>
     <w:rsid w:val="00745D42"/>
     <w:rsid w:val="007461B6"/>
     <w:rsid w:val="00747F1D"/>
     <w:rsid w:val="00753578"/>
     <w:rsid w:val="0076460B"/>
     <w:rsid w:val="00764C29"/>
     <w:rsid w:val="0077282C"/>
     <w:rsid w:val="00773699"/>
     <w:rsid w:val="00782DD3"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008159AE"/>
     <w:rsid w:val="00821BD0"/>
     <w:rsid w:val="00834636"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0086152A"/>
+    <w:rsid w:val="00876A89"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B58EE"/>
     <w:rsid w:val="00900A3A"/>
     <w:rsid w:val="00904F12"/>
     <w:rsid w:val="00920FB8"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="0092554A"/>
     <w:rsid w:val="009357BA"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009406F2"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608E6"/>
     <w:rsid w:val="0096361D"/>
     <w:rsid w:val="00976680"/>
     <w:rsid w:val="0099185B"/>
     <w:rsid w:val="009934DE"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B3397"/>
     <w:rsid w:val="009C372B"/>
     <w:rsid w:val="009E2235"/>
     <w:rsid w:val="009F646F"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A101F6"/>
     <w:rsid w:val="00A1622C"/>
     <w:rsid w:val="00A17816"/>
     <w:rsid w:val="00A40885"/>
     <w:rsid w:val="00A44037"/>
     <w:rsid w:val="00A46D6C"/>
+    <w:rsid w:val="00A60469"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AA26F9"/>
     <w:rsid w:val="00AA4084"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD5D19"/>
     <w:rsid w:val="00AE1F56"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AF2645"/>
     <w:rsid w:val="00AF7484"/>
     <w:rsid w:val="00B07FD1"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B22E5E"/>
     <w:rsid w:val="00B370CD"/>
     <w:rsid w:val="00B37C44"/>
     <w:rsid w:val="00B4304D"/>
     <w:rsid w:val="00B612FE"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B84B28"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA1B9D"/>
     <w:rsid w:val="00BA237F"/>
     <w:rsid w:val="00BA2DB9"/>
+    <w:rsid w:val="00BB1CDC"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BD5428"/>
     <w:rsid w:val="00BE7148"/>
+    <w:rsid w:val="00C203AD"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C30EF4"/>
     <w:rsid w:val="00C3444E"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C559E6"/>
     <w:rsid w:val="00C72230"/>
     <w:rsid w:val="00C729EC"/>
     <w:rsid w:val="00CA1D10"/>
     <w:rsid w:val="00CB4B2C"/>
     <w:rsid w:val="00CB4D99"/>
     <w:rsid w:val="00CB6373"/>
     <w:rsid w:val="00CD16A4"/>
     <w:rsid w:val="00CF0497"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D153A8"/>
     <w:rsid w:val="00D211C6"/>
     <w:rsid w:val="00D348C0"/>
     <w:rsid w:val="00D42703"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D47EB7"/>
     <w:rsid w:val="00D47EE4"/>
     <w:rsid w:val="00D7119F"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D8241D"/>
     <w:rsid w:val="00D92165"/>
@@ -6513,51 +6846,51 @@
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FD2324"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="00FF6FC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70EA6A5A"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -7864,58 +8197,58 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1399984679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -8177,98 +8510,88 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="529c0ac92626d372b361376acc288636" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8294,50 +8617,55 @@
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="21" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="22" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b6a04096-66d6-4d5f-9867-b21bc58e745a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -8437,136 +8765,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a">
+      <Value>20</Value>
+      <Value>12</Value>
+      <Value>2</Value>
+      <Value>1</Value>
+    </TaxCatchAll>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36EA77CC-AC59-41DD-8B61-E1225B8914C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6C056EB-069A-42AE-BEC0-74C48841F014}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="4eda4ad6-7ef7-4305-ba1e-934f809bdd01"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="58569e35-c074-42ac-b0e0-5012f8e6d690"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <ds:schemaRef ds:uri="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1740</Words>
-  <Characters>9922</Characters>
+  <Words>1741</Words>
+  <Characters>9930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>82</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11639</CharactersWithSpaces>
+  <CharactersWithSpaces>11648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
@@ -8584,30 +8913,27 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DocumentType">
     <vt:lpwstr>20;#Template|134e8c49-a2b9-47ae-b156-db0bee5ca248</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SetDate">
     <vt:lpwstr>2023-10-26T22:50:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_SiteId">
     <vt:lpwstr>cd778b65-752d-454a-87cf-b9990fe58993</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_ActionId">
     <vt:lpwstr>be0ebe43-85eb-47d5-8726-be8edf46c608</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_2b83f8d7-e91f-4eee-a336-52a8061c0503_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>