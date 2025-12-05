--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -18,171 +18,174 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0AF72710" w14:textId="77777777" w:rsidR="00A34AE9" w:rsidRDefault="00A34AE9" w:rsidP="00A4174F">
+    <w:p w:rsidR="00A34AE9" w:rsidP="00A4174F" w:rsidRDefault="00A34AE9" w14:paraId="0AF72710" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc20306782"/>
+      <w:bookmarkStart w:name="_Toc20306782" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="7CCC9001" w14:textId="7267961F" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00C535C9" w:rsidP="00A4174F">
+    <w:p w:rsidRPr="00E04B3B" w:rsidR="00FA6BAB" w:rsidP="00A4174F" w:rsidRDefault="00C535C9" w14:paraId="7CCC9001" w14:textId="7267961F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc203657031"/>
+      <w:bookmarkStart w:name="_Toc203657031" w:id="1"/>
       <w:r w:rsidRPr="005F21AA">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005F21AA">
+      <w:r w:rsidRPr="005F21AA" w:rsidR="005D2341">
         <w:t>tilisation</w:t>
       </w:r>
       <w:r w:rsidR="00612183">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00A4174F">
         <w:t>budgets</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C10C9">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00612183">
         <w:t>data rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00612183">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:id w:val="-715669303"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="0F89AF2E" w14:textId="77777777" w:rsidR="00D479A8" w:rsidRPr="000E6934" w:rsidRDefault="00FA6BAB">
+        <w:p w:rsidRPr="000E6934" w:rsidR="00D479A8" w:rsidRDefault="00FA6BAB" w14:paraId="0F89AF2E" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E6934">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6169DA54" w14:textId="77504D7F" w:rsidR="00AB3C5D" w:rsidRDefault="00A4174F">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00A4174F" w14:paraId="6169DA54" w14:textId="77504D7F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc203657031" w:history="1">
-            <w:r w:rsidR="00AB3C5D" w:rsidRPr="00B70A33">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657031">
+            <w:r w:rsidRPr="00B70A33" w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utilisation of plan budgets - data rules</w:t>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -195,67 +198,67 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34E9BDA1" w14:textId="55F7A72A" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="34E9BDA1" w14:textId="55F7A72A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203657032" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657032">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utilisation of plan budgets possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -269,67 +272,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="061C9FA9" w14:textId="72AC631B" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="061C9FA9" w14:textId="72AC631B">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203657033" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657033">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -343,67 +346,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1325C587" w14:textId="0C435FE2" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="1325C587" w14:textId="0C435FE2">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203657034" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657034">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 1: How does utilisation vary across States/Territories for sensory/speech impairment in participants aged 0 to 8?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -417,67 +420,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B178930" w14:textId="7D4AF6AE" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="2B178930" w14:textId="7D4AF6AE">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203657035" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657035">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 2: How does utilisation vary across NT for different disability groups in participants aged 0-8?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -491,67 +494,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40F6B24E" w14:textId="2AD019C1" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
+        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="40F6B24E" w14:textId="2AD019C1">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203657036" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203657036">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -565,109 +568,104 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2BE82C7C" w14:textId="53233932" w:rsidR="007B0265" w:rsidRDefault="00A4174F" w:rsidP="007B0265">
+        <w:p w:rsidR="007B0265" w:rsidP="007B0265" w:rsidRDefault="00A4174F" w14:paraId="2BE82C7C" w14:textId="53233932">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
+              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="20"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3B83DD98" w14:textId="77777777" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w:rsidP="007B0265">
+    <w:bookmarkStart w:name="_Toc13752342" w:displacedByCustomXml="prev" w:id="2"/>
+    <w:bookmarkStart w:name="_Toc13748872" w:displacedByCustomXml="prev" w:id="3"/>
+    <w:p w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="00C535C9" w14:paraId="04FF53D0" w14:textId="7A2A1566">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc203657032"/>
+      <w:bookmarkStart w:name="_Toc13754191" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc203657032" w:id="5"/>
       <w:r w:rsidRPr="00AA2F2B">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+      <w:r w:rsidRPr="00AA2F2B" w:rsidR="005D2341">
         <w:t>tilisation</w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of plan budgets </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="3C72B44F" w14:textId="1EFF232E" w:rsidR="008A0EC0" w:rsidRDefault="008A0EC0" w:rsidP="008A0EC0">
+    <w:p w:rsidR="008A0EC0" w:rsidP="008A0EC0" w:rsidRDefault="008A0EC0" w14:paraId="3C72B44F" w14:textId="1EFF232E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>This data tabl</w:t>
       </w:r>
       <w:r w:rsidR="000E6934">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>e contains utilisation rates by State/Territory,</w:t>
       </w:r>
       <w:r w:rsidR="00D24C8E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> service district, disability, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -678,1605 +676,2767 @@
       <w:r w:rsidR="006C10C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> group</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and support </w:t>
       </w:r>
       <w:r w:rsidR="00336FB0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653C63C0" w14:textId="2C6AA302" w:rsidR="6037069C" w:rsidRDefault="6037069C" w:rsidP="6037069C">
+    <w:p w:rsidR="6037069C" w:rsidP="6037069C" w:rsidRDefault="6037069C" w14:paraId="653C63C0" w14:noSpellErr="1" w14:textId="2E79C3FF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2A0EADCB">
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilisation refers to the amount of the plan budget that a participant uses. This data considers payments made in a 6-month period ending 3 months prior to the reporting date to allow for payments for supports which have occurred in those 6 months to be included. For example, the data reported as </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="2A0EADCB">
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="2A0EADCB">
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 30 June 2019 considers supports provided during 1 October 2018 to 31 March 2019 and paid for by 30 June 2019.</w:t>
+        <w:t xml:space="preserve"> 30 June 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="5083A477">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> considers supports provided during 1 October 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="1674FEC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to 31 March 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="18A49E14">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and paid for by 30 June 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="1764B803">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571034A5" w14:textId="77777777" w:rsidR="005577CF" w:rsidRPr="0015581B" w:rsidRDefault="005577CF" w:rsidP="005577CF">
+    <w:p w:rsidRPr="0015581B" w:rsidR="005577CF" w:rsidP="005577CF" w:rsidRDefault="005577CF" w14:paraId="571034A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1653"/>
         <w:gridCol w:w="1886"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D2341" w14:paraId="6EDB4B16" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="6EDB4B16" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3E921DF9" w14:textId="64D603E3" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="003E4107" w:rsidP="001D22E7">
+          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="003E4107" w14:paraId="3E921DF9" w14:textId="64D603E3" w14:noSpellErr="1">
             <w:pPr>
-              <w:rPr>
-                <w:b/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="003E4107">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0694B8D8" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
+          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="0694B8D8" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
-              <w:rPr>
-                <w:b/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1283F2B7" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
+          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="1283F2B7" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
-              <w:rPr>
-                <w:b/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6B030B74" w14:textId="07F73FFC" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="00E415FB" w:rsidP="001D22E7">
+          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00E415FB" w14:paraId="6B030B74" w14:textId="07F73FFC" w14:noSpellErr="1">
             <w:pPr>
-              <w:rPr>
-                <w:b/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00E415FB">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="009465EB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidRPr="00EE4219" w14:paraId="5590FFB8" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="5590FFB8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6DDC8533" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6DDC8533" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>RprtDt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3FEED942" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="3FEED942" w14:textId="77777777" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="491189D3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="491189D3" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BF27D18" w14:textId="221BE81B" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="0041679E">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="1BF27D18" w14:textId="221BE81B" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="52F8AC55" w14:textId="16599A7B" w:rsidR="0012072C" w:rsidRDefault="0012072C" w:rsidP="00763046">
+          <w:p w:rsidR="0012072C" w:rsidP="099A2E3E" w:rsidRDefault="0012072C" w14:paraId="52F8AC55" w14:textId="2C2D5D3F" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00AB3C5D">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00AB3C5D">
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00A85400">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Sep</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>-2</w:t>
             </w:r>
-            <w:r w:rsidR="00FC6165">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FC6165">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18FA4E0D" w14:textId="153BC58E" w:rsidR="00F865A7" w:rsidRPr="006E54A8" w:rsidRDefault="00F865A7" w:rsidP="00FB322F">
+          <w:p w:rsidRPr="006E54A8" w:rsidR="00F865A7" w:rsidP="099A2E3E" w:rsidRDefault="00F865A7" w14:paraId="18FA4E0D" w14:textId="153BC58E" w14:noSpellErr="1">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="23FB488C" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="23FB488C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="36AF1C1F" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="36AF1C1F" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>StateCd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="76D6A8C6" w14:textId="73D9CC1F" w:rsidR="005D2341" w:rsidRDefault="00900B76" w:rsidP="00900B76">
-[...1 lines deleted...]
-              <w:t>State/Territory where the participant resides</w:t>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00900B76" w14:paraId="76D6A8C6" w14:textId="73D9CC1F" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State/Territory where the participant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4992B6B2" w14:textId="7EFCD4BE" w:rsidR="005D2341" w:rsidRDefault="00900B76" w:rsidP="00900B76">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00900B76" w14:paraId="4992B6B2" w14:textId="7EFCD4BE" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">“ALL” denotes all the </w:t>
             </w:r>
-            <w:r w:rsidR="005C349F">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>tates/</w:t>
             </w:r>
-            <w:r w:rsidR="005C349F">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">erritories </w:t>
             </w:r>
-            <w:r w:rsidR="006E54A8">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="006E54A8">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>in which the NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="709243C0" w14:textId="18787098" w:rsidR="005D2341" w:rsidRDefault="42D6E72D" w:rsidP="00E27BE8">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="42D6E72D" w14:paraId="709243C0" w14:textId="18787098" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="54FFF382">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="54FFF382">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Boundaries, Australia 2011 standard </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>and also</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00530BDC">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> includes participants from Norfolk Island </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>commencing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>from the December 2019 reporting date</w:t>
             </w:r>
-            <w:r w:rsidRPr="54FFF382">
-[...2 lines deleted...]
-            <w:r w:rsidR="00AB3C5D">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as ‘NSW</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0358012D" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="0358012D" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6231C6CE" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="6231C6CE" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AA4B42A" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="2AA4B42A" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BA0753F" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="0BA0753F" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25BE9807" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="25BE9807" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BDB097B" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="1BDB097B" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D076B5B" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="3D076B5B" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60AE5A53" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="60AE5A53" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BCBFAF2" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="1BCBFAF2" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FBD8098" w14:textId="7B66D2C1" w:rsidR="005D2341" w:rsidRDefault="004306C1" w:rsidP="004306C1">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="7FBD8098" w14:textId="7B66D2C1" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="4433044B" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="4433044B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40639438" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="40639438" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4739FE5C" w14:textId="38B6D2C1" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="4739FE5C" w14:textId="38B6D2C1" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Service district</w:t>
             </w:r>
-            <w:r w:rsidR="00900B76">
-              <w:t xml:space="preserve"> where the participant resides</w:t>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> where the participant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16DFFD58" w14:textId="321DD4D7" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001B0155">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="16DFFD58" w14:textId="321DD4D7" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Each </w:t>
             </w:r>
-            <w:r w:rsidR="005C349F">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>tate/</w:t>
             </w:r>
-            <w:r w:rsidR="005C349F">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>erritory is divided into service districts in which</w:t>
             </w:r>
-            <w:r w:rsidR="00460D31">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00460D31">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="441943EF" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="00916380" w:rsidP="001B0155">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00916380" w14:paraId="441943EF" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00916380">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>“ALL” denotes all the service districts</w:t>
             </w:r>
-            <w:r w:rsidDel="00900B76">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00916380">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A06DE5B" w14:textId="59348E16" w:rsidR="003D7AE3" w:rsidRDefault="0054304B" w:rsidP="004E27AB">
+          <w:p w:rsidR="003D7AE3" w:rsidP="099A2E3E" w:rsidRDefault="0054304B" w14:paraId="2A06DE5B" w14:textId="59348E16" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>The utili</w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">sation data considers a 6-month period with a </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00280AE7">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>3 month</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> lag at the time of reporting to allow for payments to be processed</w:t>
             </w:r>
-            <w:r w:rsidRPr="00322224">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7" w:rsidRPr="00322224">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Further, </w:t>
             </w:r>
-            <w:r w:rsidR="005D0647" w:rsidRPr="00322224">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D0647">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>for reporting dates up to 31 December 2019,</w:t>
             </w:r>
-            <w:r w:rsidR="005D0647">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D0647">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7" w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">service districts are only </w:t>
             </w:r>
-            <w:r w:rsidR="001505EB" w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="001505EB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>shown separately in the results</w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7" w:rsidRPr="00B92782">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if the NDIS </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>commenced</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in their area at least 12 months before the reporting date, otherwise </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">the data for the service district is aggregated under the service district name “Other”. For </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>example;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> if Western Melbourne </w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7" w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">started </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">phasing into the Scheme on 01-Oct-2018, it will be merged under “Other” service districts for the 30-Jun-2019 </w:t>
             </w:r>
-            <w:r w:rsidR="004E27AB">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004E27AB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>data</w:t>
             </w:r>
-            <w:r w:rsidR="004E27AB" w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004E27AB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00280AE7" w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">but will be reported separately </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">for 30-Sep-2019 </w:t>
             </w:r>
-            <w:r w:rsidR="004E27AB">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="004E27AB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>data</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B92782">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10E61841" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="10E61841" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="663D2A49" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="663D2A49" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>North West</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="538C26F5" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="538C26F5" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>South East</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="2F57651A" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2F57651A" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>South West</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="42BF692F" w14:textId="67521D81" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w:rsidP="005D2341">
+          <w:p w:rsidR="00AB3C5D" w:rsidP="099A2E3E" w:rsidRDefault="00AB3C5D" w14:paraId="42BF692F" w14:textId="67521D81" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="635C54D6" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="635C54D6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74389160" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="74389160" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="392E11CD" w14:textId="118AB892" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="392E11CD" w14:textId="118AB892" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Disability group</w:t>
             </w:r>
-            <w:r w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B77628" w:rsidRPr="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>name of the participants primary reported disability </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6631C8C6" w14:textId="5447A50F" w:rsidR="005D2341" w:rsidRDefault="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6631C8C6" w14:textId="5447A50F" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Disabilities are grouped </w:t>
             </w:r>
-            <w:r w:rsidR="00336FB0">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00336FB0">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>as part of the process to protect participants privacy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="207D71CE" w14:textId="77777777" w:rsidR="00FD47E3" w:rsidRDefault="2B7E804A" w:rsidP="51FCF470">
+          <w:p w:rsidR="00FD47E3" w:rsidP="099A2E3E" w:rsidRDefault="2B7E804A" w14:paraId="207D71CE" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="2B7E804A">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Down syndrome is included under Intellectual disability group</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="376DBE1D" w14:textId="0E92601A" w:rsidR="005D2341" w:rsidRPr="00FD47E3" w:rsidRDefault="70EAEB28" w:rsidP="51FCF470">
+          <w:p w:rsidRPr="00FD47E3" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="70EAEB28" w14:paraId="376DBE1D" w14:textId="0E92601A" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FD47E3">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="70EAEB28">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>“Missing” disability is reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="53166969" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="00B77628">
+          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="53166969" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Autism </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD6BCA2" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="00B77628">
+          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="1DD6BCA2" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Developmental delay </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="520F645F" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="00B77628">
+          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="520F645F" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Intellectual Disability </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23ECEE96" w14:textId="77777777" w:rsidR="00FD47E3" w:rsidRDefault="00B77628" w:rsidP="00FD47E3">
+          <w:p w:rsidR="00FD47E3" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="23ECEE96" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B77628">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Psychosocial disability </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="198A228E" w14:textId="11311B31" w:rsidR="005D2341" w:rsidRDefault="00B77628" w:rsidP="00FD47E3">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="198A228E" w14:textId="11311B31" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ALL </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="3EAF3BF4" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="3EAF3BF4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682F78DF" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="682F78DF" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>AgeBnd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="003CE8C5" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="003CE8C5" w14:textId="77777777" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Age band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39672C7D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="39672C7D" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>“ALL” denotes all ages</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BBA744E" w14:textId="63F0A9A4" w:rsidR="00FA543D" w:rsidRDefault="00FA543D" w:rsidP="005D2341">
+          <w:p w:rsidR="00FA543D" w:rsidP="099A2E3E" w:rsidRDefault="00FA543D" w14:paraId="3BBA744E" w14:textId="63F0A9A4" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA543D">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7B0CAAA7" w14:textId="3427FD5A" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="7B0CAAA7" w14:textId="3427FD5A" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
-            <w:r w:rsidR="00FA543D">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FFBBA7C" w14:textId="169A13FB" w:rsidR="005D2341" w:rsidRDefault="00FA543D" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00FA543D" w14:paraId="2FFBBA7C" w14:textId="169A13FB" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> to 14</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="672DFD96" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="672DFD96" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>15 to 18</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A665BD3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6A665BD3" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>19 to 24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73DDA2EA" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="73DDA2EA" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>25 to 34</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18BFCF1D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="18BFCF1D" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>35 to 44</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="117958CA" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="117958CA" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>45 to 54</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="774FFB45" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="774FFB45" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>55 to 64</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AC42AC1" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="00763046">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="5AC42AC1" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>65+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68CA947C" w14:textId="0CDEDD70" w:rsidR="00763046" w:rsidRDefault="00763046" w:rsidP="00763046">
+          <w:p w:rsidR="00763046" w:rsidP="099A2E3E" w:rsidRDefault="00763046" w14:paraId="68CA947C" w14:textId="0CDEDD70" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00763046">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="691000E6" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="691000E6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="639BD07D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA2F2B">
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="639BD07D" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SILorSDA</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6B9A24DF" w14:textId="31D586D3" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="005D2341" w:rsidP="00AA2F2B">
-            <w:r w:rsidRPr="00AA2F2B">
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6B9A24DF" w14:textId="31D586D3" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SIL or SDA support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="13857A92" w14:textId="5257F264" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="00C758BF" w:rsidP="0041679E">
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00C758BF" w14:paraId="13857A92" w14:textId="5257F264" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00C758BF">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Indicates that </w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>the participant</w:t>
             </w:r>
-            <w:r w:rsidR="00B35514">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B35514">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>’s</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> plan include</w:t>
             </w:r>
-            <w:r w:rsidR="00B35514">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B35514">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Supported Independent </w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Living (</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SIL</w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Specialist Disability Accommodation (</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SDA</w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="02BBFAC0" w14:textId="7EC5B00B" w:rsidR="005D2341" w:rsidRDefault="00B77628" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="02BBFAC0" w14:textId="7EC5B00B" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="008F44B6" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="008F44B6" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="134BAD00" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="134BAD00" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="593889EC" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="593889EC" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="4C0866EE" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="4C0866EE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25FF65A0" w14:textId="52FEDDB2" w:rsidR="005D2341" w:rsidRDefault="008909BB" w:rsidP="008909BB">
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="008909BB" w14:paraId="25FF65A0" w14:textId="52FEDDB2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>SuppClass</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51EA7E72" w14:textId="168BCAA3" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="008909BB">
-            <w:r>
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="51EA7E72" w14:textId="168BCAA3" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
-            <w:r w:rsidR="008909BB">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40A2524B" w14:textId="6AE0639C" w:rsidR="00550B88" w:rsidRDefault="005D2341" w:rsidP="00EF43CF">
+          <w:p w:rsidR="00550B88" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="40A2524B" w14:textId="6AE0639C" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">NDIS plans have support </w:t>
             </w:r>
-            <w:r w:rsidR="008909BB">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">classes </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>under which a participant receives necessary and reasonable funding</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="587C5152" w14:textId="16EC4971" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="0041679E">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="587C5152" w14:textId="16EC4971" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">“ALL” denotes all the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">support </w:t>
             </w:r>
-            <w:r w:rsidR="00BA2106">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BA2106">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> classes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00BA2106">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BA2106">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34488AC9" w14:textId="182AD345" w:rsidR="005D2341" w:rsidRDefault="00BE44F1" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="34488AC9" w14:textId="182AD345" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CCBFCA2" w14:textId="6A2D1A15" w:rsidR="00BE44F1" w:rsidRDefault="00BE44F1" w:rsidP="005D2341">
+          <w:p w:rsidR="00BE44F1" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="6CCBFCA2" w14:textId="6A2D1A15" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F4E8C37" w14:textId="34F70C88" w:rsidR="00BE44F1" w:rsidRDefault="00BE44F1" w:rsidP="005D2341">
+          <w:p w:rsidR="00BE44F1" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="5F4E8C37" w14:textId="34F70C88" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FBEFAAE" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="00BE44F1" w:rsidP="005D2341">
+          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="7FBEFAAE" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="693FB4CF" w14:textId="341C1F56" w:rsidR="007E0ECA" w:rsidRDefault="00763046" w:rsidP="005D2341">
+          <w:p w:rsidR="007E0ECA" w:rsidP="099A2E3E" w:rsidRDefault="00763046" w14:paraId="693FB4CF" w14:textId="341C1F56" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00763046">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Missing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w14:paraId="7E7F6870" w14:textId="77777777" w:rsidTr="00AB3C5D">
+      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="7E7F6870" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="30ACD1E2" w14:textId="140C742C" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00377A63">
+          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="30ACD1E2" w14:textId="140C742C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Utlstn</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="70FC88C4" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="001D22E7">
-            <w:r w:rsidRPr="00C758BF">
+          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="70FC88C4" w14:textId="77777777" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Utilisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2317B3DA" w14:textId="127A335B" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2317B3DA" w14:textId="127A335B" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">Utilisation </w:t>
             </w:r>
-            <w:r w:rsidR="003E4107">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="003E4107">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>refers to the amount of the plan budget that a participant uses</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2431343A" w14:textId="789ECB8E" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="005D2341" w:rsidP="0041679E">
+          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2431343A" w14:textId="789ECB8E" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>This data considers a 6-month period</w:t>
             </w:r>
-            <w:r w:rsidR="00900B76">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> ending </w:t>
             </w:r>
-            <w:r w:rsidR="00CB20AD">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>one quarter prior to the balance date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53E46F7D" w14:textId="5DB33F66" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="461092DD" w:rsidP="0041679E">
+          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="461092DD" w14:paraId="53E46F7D" w14:textId="5DB33F66" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">For rows with </w:t>
             </w:r>
-            <w:r w:rsidR="0012072C">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>less than 11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve"> participants, the utilisation rate has been removed. Due to </w:t>
             </w:r>
-            <w:r w:rsidR="1C0B7067">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="1C0B7067">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="254CC531">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>low number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="254CC531">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>participants</w:t>
             </w:r>
-            <w:r w:rsidR="2DD9DBA0">
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="2DD9DBA0">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>, the rate is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7D95FFB3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="7D95FFB3" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Positive percentage values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DC31A82" w14:textId="00863962" w:rsidR="00CB20AD" w:rsidRPr="003D7AE3" w:rsidRDefault="00CB20AD">
+    <w:p w:rsidRPr="003D7AE3" w:rsidR="00CB20AD" w:rsidRDefault="00CB20AD" w14:paraId="0DC31A82" w14:textId="00863962" w14:noSpellErr="1">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
     </w:p>
-    <w:p w14:paraId="78D69EF9" w14:textId="15F692B1" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
+    <w:p w:rsidR="099A2E3E" w:rsidP="099A2E3E" w:rsidRDefault="099A2E3E" w14:paraId="6FF7154E" w14:textId="7563A3E9">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc13752023" w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="000B7A2E" w:rsidP="00D0019B" w:rsidRDefault="000B7A2E" w14:paraId="78D69EF9" w14:textId="55EC6427">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc203657033"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
+    <w:p w:rsidR="005F21AA" w:rsidP="005F21AA" w:rsidRDefault="005F21AA" w14:paraId="275EF2F2" w14:textId="77777777">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27EB6343" w14:textId="1096DD87" w:rsidR="00542C50" w:rsidRPr="00542C50" w:rsidRDefault="00FA6BAB">
+    <w:p w:rsidRPr="00542C50" w:rsidR="00542C50" w:rsidRDefault="00FA6BAB" w14:paraId="27EB6343" w14:textId="1096DD87">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc19268204"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc203657034"/>
+      <w:bookmarkStart w:name="_Toc19268204" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc20306785" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc25929114" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc26775132" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc203657034" w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t>Ho</w:t>
       </w:r>
       <w:r w:rsidR="003E4107">
         <w:t>w does utilisation vary across S</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t>tates</w:t>
       </w:r>
       <w:r w:rsidR="003E4107">
         <w:t>/Territories</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t xml:space="preserve"> for sensory/speech impairment in participants aged 0 to </w:t>
       </w:r>
       <w:r w:rsidR="0019370C">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="49D05FEF" w14:textId="01152D4E" w:rsidR="005D2341" w:rsidRPr="001303C9" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+    <w:p w:rsidRPr="001303C9" w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="49D05FEF" w14:textId="01152D4E">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00460D31">
         <w:t>s to the data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7738A5D2" w14:textId="530B18EA" w:rsidR="009522E1" w:rsidRDefault="00FC6165" w:rsidP="00FA6BAB">
+    <w:p w:rsidR="009522E1" w:rsidP="00FA6BAB" w:rsidRDefault="00FC6165" w14:paraId="7738A5D2" w14:textId="530B18EA">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC6165">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Quarter end </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FC6165">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ,</w:t>
@@ -2328,275 +3488,285 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D2341">
         <w:t>=”ALL</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005D2341">
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D2341">
         <w:t>SuppC</w:t>
       </w:r>
       <w:r w:rsidR="008909BB">
         <w:t>lass</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D2341">
         <w:t>=“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005D2341">
         <w:t>ALL”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533E6CB6" w14:textId="06358C1B" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
+    <w:p w:rsidR="00FA6BAB" w:rsidP="00D0019B" w:rsidRDefault="00FA6BAB" w14:paraId="533E6CB6" w14:textId="06358C1B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc19268205"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc203657035"/>
+      <w:bookmarkStart w:name="_Toc19268205" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc20306786" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc25929115" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc26775133" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc203657035" w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t xml:space="preserve">How does utilisation vary across NT for different disability </w:t>
       </w:r>
       <w:r w:rsidR="00E27BE8">
         <w:t xml:space="preserve">groups </w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t>in participants aged 0-</w:t>
       </w:r>
       <w:r w:rsidR="00FA543D">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
+      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="1CDD7309" w14:textId="720C908F" w:rsidR="005D2341" w:rsidRPr="001303C9" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+    <w:p w:rsidRPr="001303C9" w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="1CDD7309" w14:textId="720C908F">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00460D31">
         <w:t xml:space="preserve">s to the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7692EFD7" w14:textId="63D885A3" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
-[...1 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="7692EFD7" w14:textId="63D885A3">
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>RprtDt</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00FC6165" w:rsidRPr="00FC6165">
+      <w:r w:rsidRPr="099A2E3E" w:rsidR="00FC6165">
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>StateCd</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>=”NT</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>”,</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>SrvcDstrctNm</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>”,</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>NDIAAgeBnd</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t xml:space="preserve">=”0 to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA543D">
+        <w:rPr/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t xml:space="preserve">”, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>SILorSDA</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>=”ALL</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...26 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
+        <w:t>”,</w:t>
+      </w:r>
       <w:r w:rsidR="008909BB">
+        <w:rPr/>
         <w:t>SuppClass</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>=“</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidR="005D2341">
+        <w:rPr/>
         <w:t>ALL”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
-    <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+    <w:p w:rsidR="099A2E3E" w:rsidRDefault="099A2E3E" w14:paraId="4708A5D2" w14:textId="334710C5"/>
+    <w:p w:rsidR="00615253" w:rsidP="00615253" w:rsidRDefault="00615253" w14:paraId="7E08078F" w14:textId="77777777"/>
+    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="1516EDEA" w14:textId="4F0B93E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc13748873"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc203657036"/>
+      <w:bookmarkStart w:name="_Toc13748873" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc13752024" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc203657036" w:id="20"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="37414BF3" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="51FCF470">
+    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="51FCF470" w:rsidRDefault="000B7A2E" w14:paraId="2BB1F251" w14:textId="78A7400D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51FCF470">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Approved:</w:t>
       </w:r>
-      <w:r w:rsidR="00306AF8" w:rsidRPr="51FCF470">
+      <w:r w:rsidRPr="51FCF470" w:rsidR="00306AF8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA2106">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3C5D">
-        <w:t>June</w:t>
+      <w:r w:rsidR="000E03E1">
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00FC6165">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AECCBC0" w14:textId="5FD2FD60" w:rsidR="00542C50" w:rsidRDefault="000B7A2E" w:rsidP="00FD47E3">
+    <w:p w:rsidRPr="000E03E1" w:rsidR="000C4A57" w:rsidP="000C4A57" w:rsidRDefault="000B7A2E" w14:paraId="534105DE" w14:textId="2D1C35E3">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="351CCAD3" w14:textId="77777777" w:rsidR="000C4A57" w:rsidRPr="000C4A57" w:rsidRDefault="000C4A57" w:rsidP="000C4A57"/>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="000C4A57" w:rsidRPr="000C4A57" w:rsidSect="0015088E">
+    <w:sectPr w:rsidRPr="000E03E1" w:rsidR="000C4A57" w:rsidSect="0015088E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B259260" w14:textId="77777777" w:rsidR="005E5F9C" w:rsidRDefault="005E5F9C" w:rsidP="002679FC">
+    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="2B259260" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="087B6076" w14:textId="77777777" w:rsidR="005E5F9C" w:rsidRDefault="005E5F9C" w:rsidP="002679FC">
+    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="087B6076" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2631,126 +3801,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E6EB46" w14:textId="471FCB1D" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00D0019B" w:rsidP="00D0019B">
+  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00D0019B" w:rsidRDefault="00D0019B" w14:paraId="17E6EB46" w14:textId="471FCB1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A34AE9">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3C85BC2D" w14:textId="7F652EC3" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="3C85BC2D" w14:textId="7F652EC3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5067BD38" wp14:editId="36D2EB9B">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2787,135 +3957,135 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A34AE9">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E8CDF8E" w14:textId="77777777" w:rsidR="005E5F9C" w:rsidRDefault="005E5F9C" w:rsidP="002679FC">
+    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="1E8CDF8E" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62967E93" w14:textId="77777777" w:rsidR="005E5F9C" w:rsidRDefault="005E5F9C" w:rsidP="002679FC">
+    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="62967E93" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09663B6B" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="09663B6B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B9A45A5" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="7FCD6A96" w:rsidP="00AD241C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="7FCD6A96" w14:paraId="7B9A45A5" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="544B3A6E" wp14:editId="2DA09EBF">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 5"/>
@@ -2927,2251 +4097,2251 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="686EBE2E" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="686EBE2E" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7B82D2A2" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="7B82D2A2" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029B2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A1C9D2E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17525F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="287C6800"/>
     <w:lvl w:ilvl="0" w:tplc="69045A66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5E3C8BAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B52252BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="99283E34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="DFF435F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3420"/>
         </w:tabs>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F6164988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4140"/>
         </w:tabs>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="687CB93C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B1E63D48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C2ED7AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C437A47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="725EE0D0"/>
     <w:lvl w:ilvl="0" w:tplc="16EA52C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="77B03C66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8D9E4BB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0F487FFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6BC6FF48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F64095FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D7D475CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E1668CB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1140144E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E5E62FE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E43091B4"/>
     <w:lvl w:ilvl="0" w:tplc="8C12FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0" w:tplc="8A683B60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1CFC71CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3ABCB1F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1070E6A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="818AF6D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A4A870C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D37E0366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9C6A12A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="63CE603A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="654D0712"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D660B16A"/>
     <w:lvl w:ilvl="0" w:tplc="DFAC7A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CD86401E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3B50C3F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="68A4B78E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="66E252D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="5A1A314C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B778F2BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="59B87568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B26C4D8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2013363778">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1649626627">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="340088949">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1462187564">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1590235388">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1020352713">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="409734615">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1049767877">
@@ -5191,149 +6361,154 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1181119647">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1968386209">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1395354698">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="419644873">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="216860762">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1394815043">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00054C00"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C4A57"/>
     <w:rsid w:val="000D630E"/>
+    <w:rsid w:val="000E03E1"/>
     <w:rsid w:val="000E1665"/>
     <w:rsid w:val="000E2FEE"/>
     <w:rsid w:val="000E6934"/>
     <w:rsid w:val="0012072C"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001505EB"/>
     <w:rsid w:val="0015088E"/>
     <w:rsid w:val="0019370C"/>
     <w:rsid w:val="001B0155"/>
     <w:rsid w:val="001B3E85"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C4F6C"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002021F7"/>
+    <w:rsid w:val="00211ED3"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002713ED"/>
     <w:rsid w:val="00280AE7"/>
     <w:rsid w:val="00285D02"/>
     <w:rsid w:val="00294E7F"/>
     <w:rsid w:val="002C33F0"/>
     <w:rsid w:val="002F003A"/>
     <w:rsid w:val="00306AF8"/>
     <w:rsid w:val="00322224"/>
     <w:rsid w:val="00336FB0"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00370316"/>
     <w:rsid w:val="00377A63"/>
     <w:rsid w:val="003857B4"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D19BD"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003D7AE3"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="0041679E"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00422CD3"/>
     <w:rsid w:val="004306C1"/>
     <w:rsid w:val="00453EA6"/>
     <w:rsid w:val="00460D31"/>
     <w:rsid w:val="00461998"/>
+    <w:rsid w:val="004677DE"/>
     <w:rsid w:val="004854BE"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B1F11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E27AB"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00513DC7"/>
     <w:rsid w:val="00530BDC"/>
     <w:rsid w:val="00542C50"/>
     <w:rsid w:val="0054304B"/>
     <w:rsid w:val="00550B88"/>
     <w:rsid w:val="005577CF"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00593D96"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C349F"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D0647"/>
     <w:rsid w:val="005D2341"/>
     <w:rsid w:val="005E5F9C"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F21AA"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0069728F"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006C10C9"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E54A8"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00720CFD"/>
     <w:rsid w:val="0075002E"/>
     <w:rsid w:val="00763046"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="0079161F"/>
     <w:rsid w:val="007B0256"/>
@@ -5346,50 +6521,51 @@
     <w:rsid w:val="0080741B"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008A62F7"/>
     <w:rsid w:val="00900B76"/>
     <w:rsid w:val="00916380"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="0093441F"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B5CD0"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A34AE9"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A71192"/>
+    <w:rsid w:val="00A85400"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A87F21"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AB3C5D"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B065EC"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B35514"/>
     <w:rsid w:val="00B61245"/>
     <w:rsid w:val="00B71C91"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B77628"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B85596"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B92782"/>
     <w:rsid w:val="00BA2106"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BB4C53"/>
     <w:rsid w:val="00BE1DF7"/>
     <w:rsid w:val="00BE44F1"/>
     <w:rsid w:val="00BE7148"/>
@@ -5415,189 +6591,196 @@
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00E27BE8"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E415FB"/>
     <w:rsid w:val="00E471EC"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E8161A"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EF43CF"/>
     <w:rsid w:val="00F211E3"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F865A7"/>
     <w:rsid w:val="00FA543D"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB322F"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FC6165"/>
     <w:rsid w:val="00FD47E3"/>
     <w:rsid w:val="00FE5BB5"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="05F6F338"/>
+    <w:rsid w:val="099A2E3E"/>
     <w:rsid w:val="10CEBAD7"/>
     <w:rsid w:val="151F97D3"/>
+    <w:rsid w:val="1674FEC8"/>
+    <w:rsid w:val="1764B803"/>
+    <w:rsid w:val="18A49E14"/>
     <w:rsid w:val="1C0B7067"/>
     <w:rsid w:val="2039A000"/>
     <w:rsid w:val="254CC531"/>
     <w:rsid w:val="2A0EADCB"/>
     <w:rsid w:val="2B7E804A"/>
     <w:rsid w:val="2D140B0B"/>
     <w:rsid w:val="2DD9DBA0"/>
     <w:rsid w:val="330394F3"/>
     <w:rsid w:val="35D21CE5"/>
     <w:rsid w:val="3EBCAD82"/>
     <w:rsid w:val="418FE701"/>
     <w:rsid w:val="42D6E72D"/>
     <w:rsid w:val="461092DD"/>
+    <w:rsid w:val="5083A477"/>
     <w:rsid w:val="51FCF470"/>
     <w:rsid w:val="54FFF382"/>
     <w:rsid w:val="593D50F1"/>
     <w:rsid w:val="5DA4A156"/>
     <w:rsid w:val="6037069C"/>
     <w:rsid w:val="64AFC7F5"/>
     <w:rsid w:val="655858C6"/>
+    <w:rsid w:val="6D000A9B"/>
+    <w:rsid w:val="6FCA8080"/>
     <w:rsid w:val="70EAEB28"/>
     <w:rsid w:val="7453DC03"/>
     <w:rsid w:val="74F6E4EC"/>
     <w:rsid w:val="7FCD6A96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67652B53"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5753,52 +6936,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5865,51 +7048,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -6059,383 +7242,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -6463,128 +7646,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A4174F"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -6621,179 +7804,179 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B61245"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00B77628"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B77628"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B77628"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="251856714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="538128528">
       <w:bodyDiv w:val="1"/>
@@ -6871,52 +8054,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2107916082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -7009,50 +8191,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C718C"/>
     <w:rsid w:val="001C4F6C"/>
     <w:rsid w:val="00285D02"/>
     <w:rsid w:val="00294E7F"/>
     <w:rsid w:val="004377CD"/>
     <w:rsid w:val="005132F4"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="007C718C"/>
     <w:rsid w:val="008C1479"/>
     <w:rsid w:val="009505BA"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00BE4917"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
@@ -7779,52 +8962,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8052,91 +9235,90 @@
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
     <SharedWithUsers xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a">
       <UserInfo>
         <DisplayName>Lindquist, Michael</DisplayName>
         <AccountId>354</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00A0B906-4AC4-41EA-8FFF-C541AF3C69DB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EC7036A-60A0-44E4-8B58-C686997F154B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47D3D015-9DB3-4F86-B38A-7B726F5D31AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>FaHCSIA</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">