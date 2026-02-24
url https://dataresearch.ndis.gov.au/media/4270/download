--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -18,174 +18,171 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A34AE9" w:rsidP="00A4174F" w:rsidRDefault="00A34AE9" w14:paraId="0AF72710" w14:textId="77777777">
+    <w:p w14:paraId="0AF72710" w14:textId="77777777" w:rsidR="00A34AE9" w:rsidRDefault="00A34AE9" w:rsidP="00A4174F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20306782" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc20306782"/>
     </w:p>
-    <w:p w:rsidRPr="00E04B3B" w:rsidR="00FA6BAB" w:rsidP="00A4174F" w:rsidRDefault="00C535C9" w14:paraId="7CCC9001" w14:textId="7267961F">
+    <w:p w14:paraId="7CCC9001" w14:textId="7267961F" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00C535C9" w:rsidP="00A4174F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203657031" w:id="1"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc203657031"/>
       <w:r w:rsidRPr="005F21AA">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F21AA" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005F21AA">
         <w:t>tilisation</w:t>
       </w:r>
       <w:r w:rsidR="00612183">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00A4174F">
         <w:t>budgets</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C10C9">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00612183">
         <w:t>data rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00612183">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:id w:val="-715669303"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidRPr="000E6934" w:rsidR="00D479A8" w:rsidRDefault="00FA6BAB" w14:paraId="0F89AF2E" w14:textId="77777777">
+        <w:p w14:paraId="0F89AF2E" w14:textId="77777777" w:rsidR="00D479A8" w:rsidRPr="000E6934" w:rsidRDefault="00FA6BAB">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000E6934">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00A4174F" w14:paraId="6169DA54" w14:textId="77504D7F">
+        <w:p w14:paraId="6169DA54" w14:textId="77504D7F" w:rsidR="00AB3C5D" w:rsidRDefault="00A4174F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657031">
-            <w:r w:rsidRPr="00B70A33" w:rsidR="00AB3C5D">
+          <w:hyperlink w:anchor="_Toc203657031" w:history="1">
+            <w:r w:rsidR="00AB3C5D" w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utilisation of plan budgets - data rules</w:t>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -198,67 +195,67 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AB3C5D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="34E9BDA1" w14:textId="55F7A72A">
+        <w:p w14:paraId="34E9BDA1" w14:textId="55F7A72A" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657032">
+          <w:hyperlink w:anchor="_Toc203657032" w:history="1">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Utilisation of plan budgets possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -272,67 +269,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="061C9FA9" w14:textId="72AC631B">
+        <w:p w14:paraId="061C9FA9" w14:textId="72AC631B" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657033">
+          <w:hyperlink w:anchor="_Toc203657033" w:history="1">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -346,67 +343,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="1325C587" w14:textId="0C435FE2">
+        <w:p w14:paraId="1325C587" w14:textId="0C435FE2" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657034">
+          <w:hyperlink w:anchor="_Toc203657034" w:history="1">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 1: How does utilisation vary across States/Territories for sensory/speech impairment in participants aged 0 to 8?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -420,67 +417,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="2B178930" w14:textId="7D4AF6AE">
+        <w:p w14:paraId="2B178930" w14:textId="7D4AF6AE" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657035">
+          <w:hyperlink w:anchor="_Toc203657035" w:history="1">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example 2: How does utilisation vary across NT for different disability groups in participants aged 0-8?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -494,67 +491,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w14:paraId="40F6B24E" w14:textId="2AD019C1">
+        <w:p w14:paraId="40F6B24E" w14:textId="2AD019C1" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203657036">
+          <w:hyperlink w:anchor="_Toc203657036" w:history="1">
             <w:r w:rsidRPr="00B70A33">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -568,104 +565,104 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="007B0265" w:rsidP="007B0265" w:rsidRDefault="00A4174F" w14:paraId="2BE82C7C" w14:textId="53233932">
+        <w:p w14:paraId="2BE82C7C" w14:textId="53233932" w:rsidR="007B0265" w:rsidRDefault="00A4174F" w:rsidP="007B0265">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:cs="Arial" w:eastAsiaTheme="majorEastAsia"/>
+              <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
               <w:color w:val="652F76"/>
               <w:sz w:val="20"/>
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="_Toc13752342" w:displacedByCustomXml="prev" w:id="2"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="00C535C9" w14:paraId="04FF53D0" w14:textId="7A2A1566">
+    <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
+    <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
+    <w:p w14:paraId="04FF53D0" w14:textId="7A2A1566" w:rsidR="00FA6BAB" w:rsidRDefault="00C535C9" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13754191" w:id="4"/>
-      <w:bookmarkStart w:name="_Toc203657032" w:id="5"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc203657032"/>
       <w:r w:rsidRPr="00AA2F2B">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA2F2B" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="00AA2F2B">
         <w:t>tilisation</w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of plan budgets </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="008A0EC0" w:rsidP="008A0EC0" w:rsidRDefault="008A0EC0" w14:paraId="3C72B44F" w14:textId="1EFF232E">
+    <w:p w14:paraId="3C72B44F" w14:textId="1EFF232E" w:rsidR="008A0EC0" w:rsidRDefault="008A0EC0" w:rsidP="008A0EC0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>This data tabl</w:t>
       </w:r>
       <w:r w:rsidR="000E6934">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>e contains utilisation rates by State/Territory,</w:t>
       </w:r>
       <w:r w:rsidR="00D24C8E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> service district, disability, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -676,3097 +673,2765 @@
       <w:r w:rsidR="006C10C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> group</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and support </w:t>
       </w:r>
       <w:r w:rsidR="00336FB0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6037069C" w:rsidP="6037069C" w:rsidRDefault="6037069C" w14:paraId="653C63C0" w14:noSpellErr="1" w14:textId="2E79C3FF">
+    <w:p w14:paraId="653C63C0" w14:textId="63E90E79" w:rsidR="6037069C" w:rsidRDefault="6037069C" w:rsidP="6037069C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Utilisation refers to the amount of the plan budget that a participant uses. This data considers payments made in a 6-month period ending 3 months prior to the reporting date to allow for payments for supports which have occurred in those 6 months to be included. For example, the data reported as </w:t>
+        <w:t>Utilisation refers to the amount of the plan budget that a participant uses. This data considers payments made in a 6-month period ending 3 months prior to the reporting date to allow for payments for supports which have occurred in those 6 months to be included. For example, the data reported as at 30 June 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidR="5083A477" w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>at</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidR="002B3B0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 30 June 20</w:t>
+        <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="5083A477">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> considers supports provided during 1 October 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="1674FEC8">
+      <w:r w:rsidR="1674FEC8" w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidR="002B3B0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to 31 March 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="18A49E14">
+      <w:r w:rsidR="18A49E14" w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidR="002B3B0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paid for by 30 June 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="1764B803">
+      <w:r w:rsidR="1764B803" w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="6037069C">
+      <w:r w:rsidR="002B3B0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="099A2E3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0015581B" w:rsidR="005577CF" w:rsidP="005577CF" w:rsidRDefault="005577CF" w14:paraId="571034A5" w14:textId="77777777">
+    <w:p w14:paraId="571034A5" w14:textId="77777777" w:rsidR="005577CF" w:rsidRPr="0015581B" w:rsidRDefault="005577CF" w:rsidP="005577CF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1653"/>
         <w:gridCol w:w="1886"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="6EDB4B16" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="6EDB4B16" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="003E4107" w14:paraId="3E921DF9" w14:textId="64D603E3" w14:noSpellErr="1">
+          <w:p w14:paraId="3E921DF9" w14:textId="64D603E3" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="003E4107" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="003E4107">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="0694B8D8" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="0694B8D8" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="1283F2B7" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1283F2B7" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00E415FB" w14:paraId="6B030B74" w14:textId="07F73FFC" w14:noSpellErr="1">
+          <w:p w14:paraId="6B030B74" w14:textId="07F73FFC" w:rsidR="005D2341" w:rsidRPr="009465EB" w:rsidRDefault="00E415FB" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00E415FB">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="5590FFB8" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w:rsidRPr="00EE4219" w14:paraId="5590FFB8" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6DDC8533" w14:textId="77777777">
+          <w:p w14:paraId="6DDC8533" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>RprtDt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="3FEED942" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="3FEED942" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="491189D3" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="491189D3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="1BF27D18" w14:textId="221BE81B" w14:noSpellErr="1">
+          <w:p w14:paraId="1BF27D18" w14:textId="221BE81B" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="0012072C" w:rsidP="099A2E3E" w:rsidRDefault="0012072C" w14:paraId="52F8AC55" w14:textId="2C2D5D3F" w14:noSpellErr="1">
+          <w:p w14:paraId="52F8AC55" w14:textId="3D2704F2" w:rsidR="0012072C" w:rsidRDefault="0012072C" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+            <w:r w:rsidR="002B3B0D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00A85400">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+            <w:r w:rsidR="002B3B0D">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FC6165">
+            <w:r w:rsidR="00FC6165" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="006E54A8" w:rsidR="00F865A7" w:rsidP="099A2E3E" w:rsidRDefault="00F865A7" w14:paraId="18FA4E0D" w14:textId="153BC58E" w14:noSpellErr="1">
+          <w:p w14:paraId="18FA4E0D" w14:textId="153BC58E" w:rsidR="00F865A7" w:rsidRPr="006E54A8" w:rsidRDefault="00F865A7" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="23FB488C" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="23FB488C" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="36AF1C1F" w14:textId="77777777">
+          <w:p w14:paraId="36AF1C1F" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>StateCd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00900B76" w14:paraId="76D6A8C6" w14:textId="73D9CC1F" w14:noSpellErr="1">
+          <w:p w14:paraId="76D6A8C6" w14:textId="73D9CC1F" w:rsidR="005D2341" w:rsidRDefault="00900B76" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
-[...11 lines deleted...]
-              <w:t>resides</w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00900B76" w14:paraId="4992B6B2" w14:textId="7EFCD4BE" w14:noSpellErr="1">
+          <w:p w14:paraId="4992B6B2" w14:textId="7EFCD4BE" w:rsidR="005D2341" w:rsidRDefault="00900B76" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">“ALL” denotes all the </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+            <w:r w:rsidR="005C349F" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>tates/</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+            <w:r w:rsidR="005C349F" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">erritories </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="006E54A8">
+            <w:r w:rsidR="006E54A8" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>in which the NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="42D6E72D" w14:paraId="709243C0" w14:textId="18787098" w14:noSpellErr="1">
+          <w:p w14:paraId="709243C0" w14:textId="18787098" w:rsidR="005D2341" w:rsidRDefault="42D6E72D" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="42D6E72D">
-[...62 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard and also includes participants from Norfolk Island commencing from the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>December 2019 reporting date onwards. Prior to this, Norfolk Island participants were captured as ‘NSW’</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB3C5D" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="0358012D" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="0358012D" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="6231C6CE" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="6231C6CE" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="2AA4B42A" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="2AA4B42A" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="0BA0753F" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="0BA0753F" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="25BE9807" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="25BE9807" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="1BDB097B" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1BDB097B" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="3D076B5B" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="3D076B5B" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="60AE5A53" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="60AE5A53" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004306C1" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="1BCBFAF2" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1BCBFAF2" w14:textId="77777777" w:rsidR="004306C1" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="004306C1" w14:paraId="7FBD8098" w14:textId="7B66D2C1" w14:noSpellErr="1">
+          <w:p w14:paraId="7FBD8098" w14:textId="7B66D2C1" w:rsidR="005D2341" w:rsidRDefault="004306C1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004306C1">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="4433044B" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="4433044B" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="40639438" w14:textId="77777777">
+          <w:p w14:paraId="40639438" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="4739FE5C" w14:textId="38B6D2C1" w14:noSpellErr="1">
+          <w:p w14:paraId="4739FE5C" w14:textId="38B6D2C1" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Service district</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
-[...11 lines deleted...]
-              <w:t>resides</w:t>
+            <w:r w:rsidR="00900B76" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="16DFFD58" w14:textId="321DD4D7" w14:noSpellErr="1">
+          <w:p w14:paraId="16DFFD58" w14:textId="321DD4D7" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Each </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+            <w:r w:rsidR="005C349F" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>tate/</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005C349F">
+            <w:r w:rsidR="005C349F" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>erritory is divided into service districts in which</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00460D31">
+            <w:r w:rsidR="00460D31" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00916380" w14:paraId="441943EF" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="441943EF" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="00916380" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00916380">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“ALL” denotes all the service districts </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003D7AE3" w:rsidP="099A2E3E" w:rsidRDefault="0054304B" w14:paraId="2A06DE5B" w14:textId="59348E16" w14:noSpellErr="1">
+          <w:p w14:paraId="2A06DE5B" w14:textId="59348E16" w:rsidR="003D7AE3" w:rsidRDefault="0054304B" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>The utili</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>sation data considers a 6-month period with a 3 month</w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lag at the time of reporting to allow for payments to be processed. </w:t>
+            </w:r>
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Further, </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D0647">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+            <w:r w:rsidR="005D0647" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for reporting dates up to 31 December 2019, </w:t>
+            </w:r>
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">service districts are only </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="001505EB">
+            <w:r w:rsidR="001505EB" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>shown separately in the results</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
-[...41 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00280AE7">
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if the NDIS commenced in their area at least 12 months before the reporting date, otherwise </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the data for the service district is aggregated under the service district name “Other”. For example; if Western Melbourne </w:t>
+            </w:r>
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">started </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">phasing into the Scheme on 01-Oct-2018, it will be merged under “Other” service districts for the 30-Jun-2019 </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004E27AB">
+            <w:r w:rsidR="004E27AB" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">data </w:t>
+            </w:r>
+            <w:r w:rsidR="00280AE7" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">but will be reported separately </w:t>
+            </w:r>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for 30-Sep-2019 </w:t>
+            </w:r>
+            <w:r w:rsidR="004E27AB" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="004E27AB">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0054304B">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="10E61841" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="10E61841" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="663D2A49" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="663D2A49" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...11 lines deleted...]
-              <w:t>North West</w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>TAS North West</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="538C26F5" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="538C26F5" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...11 lines deleted...]
-              <w:t>South East</w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>TAS South East</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2F57651A" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="2F57651A" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...11 lines deleted...]
-              <w:t>South West</w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>TAS South West</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB3C5D" w:rsidP="099A2E3E" w:rsidRDefault="00AB3C5D" w14:paraId="42BF692F" w14:textId="67521D81" w14:noSpellErr="1">
+          <w:p w14:paraId="42BF692F" w14:textId="67521D81" w:rsidR="00AB3C5D" w:rsidRDefault="00AB3C5D" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00AB3C5D">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="635C54D6" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="635C54D6" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="74389160" w14:textId="77777777">
+          <w:p w14:paraId="74389160" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="392E11CD" w14:textId="118AB892" w14:noSpellErr="1">
+          <w:p w14:paraId="392E11CD" w14:textId="118AB892" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Disability group</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
-[...11 lines deleted...]
-              <w:t>name of the participants primary reported disability </w:t>
+            <w:r w:rsidR="00B77628" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name of the participants primary reported disability </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6631C8C6" w14:textId="5447A50F" w14:noSpellErr="1">
+          <w:p w14:paraId="6631C8C6" w14:textId="5447A50F" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Disabilities are grouped </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00336FB0">
+            <w:r w:rsidR="00336FB0" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>as part of the process to protect participants privacy</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FD47E3" w:rsidP="099A2E3E" w:rsidRDefault="2B7E804A" w14:paraId="207D71CE" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="207D71CE" w14:textId="77777777" w:rsidR="00FD47E3" w:rsidRDefault="2B7E804A" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="2B7E804A">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Down syndrome is included under Intellectual disability group</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00FD47E3" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="70EAEB28" w14:paraId="376DBE1D" w14:textId="0E92601A" w14:noSpellErr="1">
+          <w:p w14:paraId="376DBE1D" w14:textId="0E92601A" w:rsidR="005D2341" w:rsidRPr="00FD47E3" w:rsidRDefault="70EAEB28" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="70EAEB28">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>“Missing” disability is reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="53166969" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="53166969" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Autism </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="1DD6BCA2" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1DD6BCA2" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Developmental delay </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B77628" w:rsidR="00B77628" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="520F645F" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="520F645F" w14:textId="77777777" w:rsidR="00B77628" w:rsidRPr="00B77628" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Intellectual Disability </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FD47E3" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="23ECEE96" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="23ECEE96" w14:textId="77777777" w:rsidR="00FD47E3" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Psychosocial disability </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="198A228E" w14:textId="11311B31" w14:noSpellErr="1">
+          <w:p w14:paraId="198A228E" w14:textId="11311B31" w:rsidR="005D2341" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ALL </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="3EAF3BF4" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="3EAF3BF4" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="682F78DF" w14:textId="77777777">
+          <w:p w14:paraId="682F78DF" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>AgeBnd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="003CE8C5" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="003CE8C5" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Age band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="39672C7D" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="39672C7D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>“ALL” denotes all ages</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FA543D" w:rsidP="099A2E3E" w:rsidRDefault="00FA543D" w14:paraId="3BBA744E" w14:textId="63F0A9A4" w14:noSpellErr="1">
+          <w:p w14:paraId="3BBA744E" w14:textId="63F0A9A4" w:rsidR="00FA543D" w:rsidRDefault="00FA543D" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="7B0CAAA7" w14:textId="3427FD5A" w14:noSpellErr="1">
+          <w:p w14:paraId="7B0CAAA7" w14:textId="3427FD5A" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+            <w:r w:rsidR="00FA543D" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00FA543D" w14:paraId="2FFBBA7C" w14:textId="169A13FB" w14:noSpellErr="1">
+          <w:p w14:paraId="2FFBBA7C" w14:textId="169A13FB" w:rsidR="005D2341" w:rsidRDefault="00FA543D" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00FA543D">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> to 14</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="672DFD96" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="672DFD96" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>15 to 18</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6A665BD3" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="6A665BD3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>19 to 24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="73DDA2EA" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="73DDA2EA" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>25 to 34</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="18BFCF1D" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="18BFCF1D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>35 to 44</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="117958CA" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="117958CA" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>45 to 54</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="774FFB45" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="774FFB45" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>55 to 64</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="5AC42AC1" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="5AC42AC1" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>65+</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00763046" w:rsidP="099A2E3E" w:rsidRDefault="00763046" w14:paraId="68CA947C" w14:textId="0CDEDD70" w14:noSpellErr="1">
+          <w:p w14:paraId="68CA947C" w14:textId="0CDEDD70" w:rsidR="00763046" w:rsidRDefault="00763046" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00763046">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="691000E6" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="691000E6" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="639BD07D" w14:textId="77777777">
+          <w:p w14:paraId="639BD07D" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SILorSDA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="6B9A24DF" w14:textId="31D586D3" w14:noSpellErr="1">
+          <w:p w14:paraId="6B9A24DF" w14:textId="31D586D3" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SIL or SDA support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00C758BF" w14:paraId="13857A92" w14:textId="5257F264" w14:noSpellErr="1">
+          <w:p w14:paraId="13857A92" w14:textId="5257F264" w:rsidR="005D2341" w:rsidRPr="00AA2F2B" w:rsidRDefault="00C758BF" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00C758BF">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicates that </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>the participant</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B35514">
+            <w:r w:rsidR="00B35514" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>’s</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> plan include</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B35514">
+            <w:r w:rsidR="00B35514" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="00CB20AD" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Supported Independent Living (</w:t>
+            </w:r>
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SIL</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+            <w:r w:rsidR="00CB20AD" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+            <w:r w:rsidR="00CB20AD" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Specialist Disability Accommodation (</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SDA</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+            <w:r w:rsidR="00CB20AD" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidR="005D2341" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00B77628" w14:paraId="02BBFAC0" w14:textId="7EC5B00B" w14:noSpellErr="1">
+          <w:p w14:paraId="02BBFAC0" w14:textId="7EC5B00B" w:rsidR="005D2341" w:rsidRDefault="00B77628" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00B77628">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="008F44B6" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="008F44B6" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="134BAD00" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="134BAD00" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="593889EC" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="593889EC" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="4C0866EE" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="4C0866EE" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="008909BB" w14:paraId="25FF65A0" w14:textId="52FEDDB2">
+          <w:p w14:paraId="25FF65A0" w14:textId="52FEDDB2" w:rsidR="005D2341" w:rsidRDefault="008909BB" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>SuppClass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="51EA7E72" w14:textId="168BCAA3" w14:noSpellErr="1">
+          <w:p w14:paraId="51EA7E72" w14:textId="168BCAA3" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+            <w:r w:rsidR="008909BB" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00550B88" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="40A2524B" w14:textId="6AE0639C" w14:noSpellErr="1">
+          <w:p w14:paraId="40A2524B" w14:textId="6AE0639C" w:rsidR="00550B88" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">NDIS plans have support </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="008909BB">
+            <w:r w:rsidR="008909BB" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">classes </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>under which a participant receives necessary and reasonable funding</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="587C5152" w14:textId="16EC4971" w14:noSpellErr="1">
+          <w:p w14:paraId="587C5152" w14:textId="16EC4971" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“ALL” denotes all the support </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2106" w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> classes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="34488AC9" w14:textId="182AD345" w14:noSpellErr="1">
+          <w:p w14:paraId="34488AC9" w14:textId="182AD345" w:rsidR="005D2341" w:rsidRDefault="00BE44F1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE44F1" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="6CCBFCA2" w14:textId="6A2D1A15" w14:noSpellErr="1">
+          <w:p w14:paraId="6CCBFCA2" w14:textId="6A2D1A15" w:rsidR="00BE44F1" w:rsidRDefault="00BE44F1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE44F1" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="5F4E8C37" w14:textId="34F70C88" w14:noSpellErr="1">
+          <w:p w14:paraId="5F4E8C37" w14:textId="34F70C88" w:rsidR="00BE44F1" w:rsidRDefault="00BE44F1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="00BE44F1" w14:paraId="7FBEFAAE" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="7FBEFAAE" w14:textId="77777777" w:rsidR="005D2341" w:rsidRDefault="00BE44F1" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00BE44F1">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E0ECA" w:rsidP="099A2E3E" w:rsidRDefault="00763046" w14:paraId="693FB4CF" w14:textId="341C1F56" w14:noSpellErr="1">
+          <w:p w14:paraId="693FB4CF" w14:textId="341C1F56" w:rsidR="007E0ECA" w:rsidRDefault="00763046" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00763046">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Missing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2341" w:rsidTr="099A2E3E" w14:paraId="7E7F6870" w14:textId="77777777">
+      <w:tr w:rsidR="005D2341" w14:paraId="7E7F6870" w14:textId="77777777" w:rsidTr="099A2E3E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="30ACD1E2" w14:textId="140C742C">
+          <w:p w14:paraId="30ACD1E2" w14:textId="140C742C" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Utlstn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="70FC88C4" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="70FC88C4" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Utilisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2317B3DA" w14:textId="127A335B" w14:noSpellErr="1">
+          <w:p w14:paraId="2317B3DA" w14:textId="127A335B" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Utilisation </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="003E4107">
+            <w:r w:rsidR="003E4107" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>refers to the amount of the plan budget that a participant uses</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="2431343A" w14:textId="789ECB8E" w14:noSpellErr="1">
+          <w:p w14:paraId="2431343A" w14:textId="789ECB8E" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>This data considers a 6-month period</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00900B76">
+            <w:r w:rsidR="00900B76" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> ending </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="00CB20AD">
+            <w:r w:rsidR="00CB20AD" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>one quarter prior to the balance date</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00377A63" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="461092DD" w14:paraId="53E46F7D" w14:textId="5DB33F66" w14:noSpellErr="1">
+          <w:p w14:paraId="53E46F7D" w14:textId="5DB33F66" w:rsidR="005D2341" w:rsidRPr="00377A63" w:rsidRDefault="461092DD" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">For rows with </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="0012072C">
+            <w:r w:rsidR="0012072C" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>less than 11</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
+            <w:r w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> participants, the utilisation rate has been removed. Due to </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="1C0B7067">
+            <w:r w:rsidR="1C0B7067" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="461092DD">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="254CC531">
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">low number of </w:t>
+            </w:r>
+            <w:r w:rsidR="254CC531" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>participants</w:t>
             </w:r>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="2DD9DBA0">
+            <w:r w:rsidR="2DD9DBA0" w:rsidRPr="099A2E3E">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>, the rate is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C758BF" w:rsidR="005D2341" w:rsidP="099A2E3E" w:rsidRDefault="005D2341" w14:paraId="7D95FFB3" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="7D95FFB3" w14:textId="77777777" w:rsidR="005D2341" w:rsidRPr="00C758BF" w:rsidRDefault="005D2341" w:rsidP="099A2E3E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="099A2E3E" w:rsidR="005D2341">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="099A2E3E">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Positive percentage values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="003D7AE3" w:rsidR="00CB20AD" w:rsidRDefault="00CB20AD" w14:paraId="0DC31A82" w14:textId="00863962" w14:noSpellErr="1">
+    <w:p w14:paraId="0DC31A82" w14:textId="00863962" w:rsidR="00CB20AD" w:rsidRPr="003D7AE3" w:rsidRDefault="00CB20AD">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="099A2E3E" w:rsidP="099A2E3E" w:rsidRDefault="099A2E3E" w14:paraId="6FF7154E" w14:textId="7563A3E9">
+    <w:p w14:paraId="6FF7154E" w14:textId="7563A3E9" w:rsidR="099A2E3E" w:rsidRDefault="099A2E3E" w:rsidP="099A2E3E">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13752023" w:id="6"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
     </w:p>
-    <w:p w:rsidR="000B7A2E" w:rsidP="00D0019B" w:rsidRDefault="000B7A2E" w14:paraId="78D69EF9" w14:textId="55EC6427">
+    <w:p w14:paraId="78D69EF9" w14:textId="55EC6427" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="005F21AA" w:rsidP="005F21AA" w:rsidRDefault="005F21AA" w14:paraId="275EF2F2" w14:textId="77777777">
+    <w:p w14:paraId="275EF2F2" w14:textId="77777777" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00542C50" w:rsidR="00542C50" w:rsidRDefault="00FA6BAB" w14:paraId="27EB6343" w14:textId="1096DD87">
+    <w:p w14:paraId="27EB6343" w14:textId="1096DD87" w:rsidR="00542C50" w:rsidRPr="00542C50" w:rsidRDefault="00FA6BAB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19268204" w:id="8"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc203657034" w:id="12"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc19268204"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc20306785"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc25929114"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc26775132"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc203657034"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t>Ho</w:t>
       </w:r>
       <w:r w:rsidR="003E4107">
         <w:t>w does utilisation vary across S</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t>tates</w:t>
       </w:r>
       <w:r w:rsidR="003E4107">
         <w:t>/Territories</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t xml:space="preserve"> for sensory/speech impairment in participants aged 0 to </w:t>
       </w:r>
       <w:r w:rsidR="0019370C">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t>?</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidRPr="001303C9" w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="49D05FEF" w14:textId="01152D4E">
+    <w:p w14:paraId="49D05FEF" w14:textId="01152D4E" w:rsidR="005D2341" w:rsidRPr="001303C9" w:rsidRDefault="005D2341" w:rsidP="005D2341">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00460D31">
         <w:t>s to the data:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009522E1" w:rsidP="00FA6BAB" w:rsidRDefault="00FC6165" w14:paraId="7738A5D2" w14:textId="530B18EA">
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="7738A5D2" w14:textId="530B18EA" w:rsidR="009522E1" w:rsidRDefault="00FC6165" w:rsidP="00FA6BAB">
       <w:r>
-        <w:t>RprtDt</w:t>
-[...3 lines deleted...]
-        <w:t>=</w:t>
+        <w:t>RprtDt=</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC6165">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Quarter end </w:t>
-[...7 lines deleted...]
-        <w:t>date</w:t>
+        <w:t>Quarter end date</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ,</w:t>
+        <w:t xml:space="preserve"> , </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D2341">
-        <w:t>SrvcDstrctNm</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">=”0 to </w:t>
+        <w:t xml:space="preserve">SrvcDstrctNm=”ALL”, DsbltyGrpNm=” Sensory/Speech”, AgeBnd=”0 to </w:t>
       </w:r>
       <w:r w:rsidR="0019370C">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="005D2341">
-        <w:t xml:space="preserve">”, </w:t>
-[...16 lines deleted...]
-        <w:t>SuppC</w:t>
+        <w:t>”, SILorSDA=”ALL”, SuppC</w:t>
       </w:r>
       <w:r w:rsidR="008909BB">
         <w:t>lass</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D2341">
-        <w:t>=“</w:t>
-[...3 lines deleted...]
-        <w:t>ALL”</w:t>
+        <w:t>=“ALL”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6BAB" w:rsidP="00D0019B" w:rsidRDefault="00FA6BAB" w14:paraId="533E6CB6" w14:textId="06358C1B">
+    <w:p w14:paraId="533E6CB6" w14:textId="06358C1B" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19268205" w:id="13"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc203657035" w:id="17"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc19268205"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc20306786"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc25929115"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc26775133"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc203657035"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t xml:space="preserve">How does utilisation vary across NT for different disability </w:t>
       </w:r>
       <w:r w:rsidR="00E27BE8">
         <w:t xml:space="preserve">groups </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t>in participants aged 0-</w:t>
       </w:r>
       <w:r w:rsidR="00FA543D">
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2341" w:rsidR="005D2341">
+      <w:r w:rsidR="005D2341" w:rsidRPr="005D2341">
         <w:t>?</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w:rsidRPr="001303C9" w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="1CDD7309" w14:textId="720C908F">
+    <w:p w14:paraId="1CDD7309" w14:textId="720C908F" w:rsidR="005D2341" w:rsidRPr="001303C9" w:rsidRDefault="005D2341" w:rsidP="005D2341">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00460D31">
         <w:t xml:space="preserve">s to the data: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2341" w:rsidP="005D2341" w:rsidRDefault="005D2341" w14:paraId="7692EFD7" w14:textId="63D885A3">
-[...2 lines deleted...]
-        <w:t>RprtDt</w:t>
+    <w:p w14:paraId="7692EFD7" w14:textId="63D885A3" w:rsidR="005D2341" w:rsidRDefault="005D2341" w:rsidP="005D2341">
+      <w:r>
+        <w:t>RprtDt=</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="099A2E3E" w:rsidR="00FC6165">
+      <w:r w:rsidR="00FC6165" w:rsidRPr="099A2E3E">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341">
-[...41 lines deleted...]
-        <w:t xml:space="preserve">=”0 to </w:t>
+      <w:r>
+        <w:t xml:space="preserve">, StateCd=”NT”, SrvcDstrctNm=”ALL”, NDIAAgeBnd=”0 to </w:t>
       </w:r>
       <w:r w:rsidR="00FA543D">
-        <w:rPr/>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341">
-[...13 lines deleted...]
-        <w:t>”,</w:t>
+      <w:r>
+        <w:t>”, SILorSDA=”ALL”,</w:t>
       </w:r>
       <w:r w:rsidR="008909BB">
-        <w:rPr/>
         <w:t>SuppClass</w:t>
       </w:r>
-      <w:r w:rsidR="005D2341">
-[...5 lines deleted...]
-        <w:t>ALL”</w:t>
+      <w:r>
+        <w:t>=“ALL”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="099A2E3E" w:rsidRDefault="099A2E3E" w14:paraId="4708A5D2" w14:textId="334710C5"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="1516EDEA" w14:textId="4F0B93E6">
+    <w:p w14:paraId="4708A5D2" w14:textId="334710C5" w:rsidR="099A2E3E" w:rsidRDefault="099A2E3E"/>
+    <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
+    <w:p w14:paraId="1516EDEA" w14:textId="4F0B93E6" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13748873" w:id="18"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc203657036" w:id="20"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc13748873"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc13752024"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc203657036"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="51FCF470" w:rsidRDefault="000B7A2E" w14:paraId="2BB1F251" w14:textId="78A7400D">
+    <w:p w14:paraId="2BB1F251" w14:textId="57FFE39D" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="51FCF470">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51FCF470">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Approved:</w:t>
       </w:r>
-      <w:r w:rsidRPr="51FCF470" w:rsidR="00306AF8">
+      <w:r w:rsidR="00306AF8" w:rsidRPr="51FCF470">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA2106">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E03E1">
-        <w:t>Sep</w:t>
+      <w:r w:rsidR="002B3B0D">
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00FC6165">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="000E03E1" w:rsidR="000C4A57" w:rsidP="000C4A57" w:rsidRDefault="000B7A2E" w14:paraId="534105DE" w14:textId="2D1C35E3">
+    <w:p w14:paraId="534105DE" w14:textId="2D1C35E3" w:rsidR="000C4A57" w:rsidRPr="000E03E1" w:rsidRDefault="000B7A2E" w:rsidP="000C4A57">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
-        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidRPr="000E03E1" w:rsidR="000C4A57" w:rsidSect="0015088E">
+    <w:sectPr w:rsidR="000C4A57" w:rsidRPr="000E03E1" w:rsidSect="0015088E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="2B259260" w14:textId="77777777">
+    <w:p w14:paraId="1AB06A67" w14:textId="77777777" w:rsidR="00F71F60" w:rsidRDefault="00F71F60" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="087B6076" w14:textId="77777777">
+    <w:p w14:paraId="6D327497" w14:textId="77777777" w:rsidR="00F71F60" w:rsidRDefault="00F71F60" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3801,126 +3466,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00D0019B" w:rsidRDefault="00D0019B" w14:paraId="17E6EB46" w14:textId="471FCB1D">
+  <w:p w14:paraId="17E6EB46" w14:textId="471FCB1D" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00D0019B" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A34AE9">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="3C85BC2D" w14:textId="7F652EC3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C85BC2D" w14:textId="7F652EC3" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5067BD38" wp14:editId="36D2EB9B">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -3957,135 +3622,135 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A34AE9">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="1E8CDF8E" w14:textId="77777777">
+    <w:p w14:paraId="5061DA9F" w14:textId="77777777" w:rsidR="00F71F60" w:rsidRDefault="00F71F60" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E5F9C" w:rsidP="002679FC" w:rsidRDefault="005E5F9C" w14:paraId="62967E93" w14:textId="77777777">
+    <w:p w14:paraId="69135250" w14:textId="77777777" w:rsidR="00F71F60" w:rsidRDefault="00F71F60" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="09663B6B" w14:textId="77777777">
+  <w:p w14:paraId="09663B6B" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="7FCD6A96" w14:paraId="7B9A45A5" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B9A45A5" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="7FCD6A96" w:rsidP="00AD241C">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="544B3A6E" wp14:editId="2DA09EBF">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 5"/>
@@ -4097,2251 +3762,2251 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="686EBE2E" w14:textId="77777777">
+  <w:p w14:paraId="686EBE2E" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="7B82D2A2" w14:textId="77777777">
+  <w:p w14:paraId="7B82D2A2" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029B2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A1C9D2E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17525F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="287C6800"/>
     <w:lvl w:ilvl="0" w:tplc="69045A66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5E3C8BAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="B52252BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1980"/>
         </w:tabs>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="99283E34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2700"/>
         </w:tabs>
         <w:ind w:left="2700" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="DFF435F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3420"/>
         </w:tabs>
         <w:ind w:left="3420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F6164988" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4140"/>
         </w:tabs>
         <w:ind w:left="4140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="687CB93C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4860"/>
         </w:tabs>
         <w:ind w:left="4860" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="B1E63D48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5580"/>
         </w:tabs>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C2ED7AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C437A47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="725EE0D0"/>
     <w:lvl w:ilvl="0" w:tplc="16EA52C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="77B03C66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8D9E4BB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0F487FFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="6BC6FF48" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="F64095FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D7D475CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E1668CB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1140144E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E5E62FE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E43091B4"/>
     <w:lvl w:ilvl="0" w:tplc="8C12FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0" w:tplc="8A683B60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1CFC71CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3ABCB1F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1070E6A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="818AF6D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="A4A870C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D37E0366" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9C6A12A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="63CE603A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="654D0712"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D660B16A"/>
     <w:lvl w:ilvl="0" w:tplc="DFAC7A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CD86401E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="3B50C3F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="68A4B78E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="66E252D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="5A1A314C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="B778F2BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="59B87568" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B26C4D8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2013363778">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1649626627">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="340088949">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1462187564">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1590235388">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1020352713">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="409734615">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1049767877">
@@ -6361,52 +6026,50 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1181119647">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1968386209">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1395354698">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="419644873">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="216860762">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1394815043">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
@@ -6418,50 +6081,51 @@
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C4A57"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E03E1"/>
     <w:rsid w:val="000E1665"/>
     <w:rsid w:val="000E2FEE"/>
     <w:rsid w:val="000E6934"/>
     <w:rsid w:val="0012072C"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001505EB"/>
     <w:rsid w:val="0015088E"/>
     <w:rsid w:val="0019370C"/>
     <w:rsid w:val="001B0155"/>
     <w:rsid w:val="001B3E85"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C4F6C"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002021F7"/>
     <w:rsid w:val="00211ED3"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002713ED"/>
     <w:rsid w:val="00280AE7"/>
     <w:rsid w:val="00285D02"/>
     <w:rsid w:val="00294E7F"/>
+    <w:rsid w:val="002B3B0D"/>
     <w:rsid w:val="002C33F0"/>
     <w:rsid w:val="002F003A"/>
     <w:rsid w:val="00306AF8"/>
     <w:rsid w:val="00322224"/>
     <w:rsid w:val="00336FB0"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00370316"/>
     <w:rsid w:val="00377A63"/>
     <w:rsid w:val="003857B4"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D19BD"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003D7AE3"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="0041679E"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00422CD3"/>
     <w:rsid w:val="004306C1"/>
     <w:rsid w:val="00453EA6"/>
     <w:rsid w:val="00460D31"/>
@@ -6497,50 +6161,51 @@
     <w:rsid w:val="005F21AA"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0069728F"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006C10C9"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E54A8"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00720CFD"/>
     <w:rsid w:val="0075002E"/>
     <w:rsid w:val="00763046"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="0079161F"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007E0ECA"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="0080741B"/>
+    <w:rsid w:val="008103E6"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008A62F7"/>
     <w:rsid w:val="00900B76"/>
     <w:rsid w:val="00916380"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="0093441F"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B5CD0"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A34AE9"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A71192"/>
     <w:rsid w:val="00A85400"/>
@@ -6579,50 +6244,51 @@
     <w:rsid w:val="00CB20AD"/>
     <w:rsid w:val="00CC6A0E"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D03662"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D35468"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DB264E"/>
     <w:rsid w:val="00DE17BF"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00E27BE8"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E415FB"/>
     <w:rsid w:val="00E471EC"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E8161A"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EF43CF"/>
     <w:rsid w:val="00F211E3"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
+    <w:rsid w:val="00F71F60"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F865A7"/>
     <w:rsid w:val="00FA543D"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB322F"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FC6165"/>
     <w:rsid w:val="00FD47E3"/>
     <w:rsid w:val="00FE5BB5"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="05F6F338"/>
     <w:rsid w:val="099A2E3E"/>
     <w:rsid w:val="10CEBAD7"/>
     <w:rsid w:val="151F97D3"/>
     <w:rsid w:val="1674FEC8"/>
     <w:rsid w:val="1764B803"/>
     <w:rsid w:val="18A49E14"/>
     <w:rsid w:val="1C0B7067"/>
     <w:rsid w:val="2039A000"/>
     <w:rsid w:val="254CC531"/>
     <w:rsid w:val="2A0EADCB"/>
     <w:rsid w:val="2B7E804A"/>
     <w:rsid w:val="2D140B0B"/>
     <w:rsid w:val="2DD9DBA0"/>
@@ -6658,129 +6324,129 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67652B53"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6936,52 +6602,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7048,51 +6714,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -7242,383 +6908,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -7646,128 +7312,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A4174F"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -7804,179 +7470,179 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003857B4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B61245"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00B77628"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B77628"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B77628"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="251856714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="538128528">
       <w:bodyDiv w:val="1"/>
@@ -8054,51 +7720,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2107916082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -8192,51 +7859,53 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C718C"/>
     <w:rsid w:val="001C4F6C"/>
     <w:rsid w:val="00285D02"/>
     <w:rsid w:val="00294E7F"/>
     <w:rsid w:val="004377CD"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005B10B1"/>
+    <w:rsid w:val="00755E7B"/>
     <w:rsid w:val="007C718C"/>
+    <w:rsid w:val="008103E6"/>
     <w:rsid w:val="008C1479"/>
     <w:rsid w:val="009505BA"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00BE4917"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
@@ -8953,61 +8622,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9205,120 +8869,126 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
     <SharedWithUsers xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a">
       <UserInfo>
         <DisplayName>Lindquist, Michael</DisplayName>
         <AccountId>354</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47D3D015-9DB3-4F86-B38A-7B726F5D31AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{489F3A84-5BBE-4B0D-9FB3-50211B3905AB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
-    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>754</Words>
+  <Characters>4301</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>FaHCSIA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5045</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">