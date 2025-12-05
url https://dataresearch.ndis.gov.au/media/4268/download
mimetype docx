--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -17,83 +17,83 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E4202D3" w14:textId="6AA03854" w:rsidR="00FA6BAB" w:rsidRPr="00E04B3B" w:rsidRDefault="00D64BA7" w:rsidP="00E50108">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc13727742"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc13752341"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Toc203656867"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc203656867"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc13752341"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc13754190"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc13813765"/>
       <w:r>
         <w:t>Specialist Disability Accommodation (SDA) p</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>articipant</w:t>
       </w:r>
       <w:r w:rsidR="00E82BE6">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E10574">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00937682">
         <w:t>data</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00FA6BAB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:id w:val="-715669303"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="55733AF5" w14:textId="77777777" w:rsidR="002C23E0" w:rsidRDefault="00FA6BAB">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
@@ -594,52 +594,52 @@
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="5" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="6" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="7EC32C6D" w14:textId="7E266D8E" w:rsidR="00FA6BAB" w:rsidRDefault="00C91395" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="8" w:name="_Toc203656868"/>
       <w:r>
         <w:t>Participants by SDA p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="208C4716" w14:textId="7E8EEE7A" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc13727629"/>
       <w:bookmarkStart w:id="10" w:name="_Toc13727743"/>
       <w:bookmarkStart w:id="11" w:name="_Toc13734623"/>
       <w:r w:rsidRPr="000B7A2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>The table below outline</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000B7A2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -686,686 +686,738 @@
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="SDA - Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the SDAParticipants.csv data file."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1812"/>
         <w:gridCol w:w="2490"/>
         <w:gridCol w:w="3273"/>
         <w:gridCol w:w="2881"/>
       </w:tblGrid>
       <w:tr w:rsidR="00716A13" w14:paraId="408FBC0A" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="408FE9A3" w14:textId="050DDB08" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="001B317D" w:rsidP="00DC6763">
+          <w:p w14:paraId="408FE9A3" w14:textId="050DDB08" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="001B317D" w:rsidP="00175756">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA4F75">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C02F977" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="6C02F977" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA4F75">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49292F9C" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="49292F9C" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA4F75">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C14445F" w14:textId="2F56E036" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="005F0B1A" w:rsidP="00DC6763">
+          <w:p w14:paraId="4C14445F" w14:textId="2F56E036" w:rsidR="00716A13" w:rsidRPr="00EA4F75" w:rsidRDefault="005F0B1A" w:rsidP="00175756">
             <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00716A13" w:rsidRPr="00EA4F75">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="52DA03D1" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="652DA911" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="652DA911" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23BBDE6C" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="23BBDE6C" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7950A8A0" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
+          <w:p w14:paraId="7950A8A0" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates wil</w:t>
             </w:r>
             <w:r w:rsidR="00967575">
               <w:t>l align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19F47733" w14:textId="5DF20AF5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00B22D36">
+          <w:p w14:paraId="19F47733" w14:textId="5DF20AF5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The data set </w:t>
             </w:r>
             <w:r w:rsidR="00C77E21">
               <w:t>contains multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15BF7427" w14:textId="723039AC" w:rsidR="001F70E9" w:rsidRDefault="001F70E9" w:rsidP="001F70E9">
+          <w:p w14:paraId="6464A16B" w14:textId="2C3A6487" w:rsidR="00175756" w:rsidRDefault="00175756" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun202</w:t>
+              <w:t>30Sep202</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="097C0F5F" w14:textId="77777777" w:rsidR="00505504" w:rsidRDefault="00505504" w:rsidP="003B023A">
+          <w:p w14:paraId="15BF7427" w14:textId="723039AC" w:rsidR="001F70E9" w:rsidRDefault="001F70E9" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Mar2025</w:t>
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CCCD40C" w14:textId="49E24BA0" w:rsidR="003B023A" w:rsidRDefault="003B023A" w:rsidP="003B023A">
+          <w:p w14:paraId="097C0F5F" w14:textId="77777777" w:rsidR="00505504" w:rsidRDefault="00505504" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Dec2024</w:t>
+              <w:t>31Mar2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02952E91" w14:textId="43199B01" w:rsidR="0080289C" w:rsidRDefault="0080289C" w:rsidP="003B023A">
+          <w:p w14:paraId="0CCCD40C" w14:textId="49E24BA0" w:rsidR="003B023A" w:rsidRDefault="003B023A" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep2024</w:t>
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35301B78" w14:textId="485C4204" w:rsidR="006B2FFE" w:rsidRDefault="006B2FFE" w:rsidP="003B023A">
+          <w:p w14:paraId="02952E91" w14:textId="43199B01" w:rsidR="0080289C" w:rsidRDefault="0080289C" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-              <w:t>2024</w:t>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3669720E" w14:textId="77777777" w:rsidR="00D70D95" w:rsidRDefault="00D70D95" w:rsidP="003B023A">
+          <w:p w14:paraId="6D2F83A3" w14:textId="31452EF9" w:rsidR="00256DF2" w:rsidRDefault="00505504" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
-            </w:pPr>
-[...10 lines deleted...]
-              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="51C82B68" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10D14FA8" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="10D14FA8" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48E994A1" w14:textId="5590382D" w:rsidR="00716A13" w:rsidRDefault="3AF5021C" w:rsidP="00E87D26">
+          <w:p w14:paraId="48E994A1" w14:textId="5590382D" w:rsidR="00716A13" w:rsidRDefault="3AF5021C" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>State/Territory code for the State/Territory in which the participant resides at the reporting date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43F7D1F5" w14:textId="71D8FCF1" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="005F0B1A">
+          <w:p w14:paraId="43F7D1F5" w14:textId="71D8FCF1" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="482D4D70" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="482D4D70" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D009C0E" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="0D009C0E" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B6F7ACF" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="6B6F7ACF" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC73A1B" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="2EC73A1B" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C0CEEA8" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="2C0CEEA8" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="072C7C80" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="072C7C80" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50B0E954" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="50B0E954" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DF42983" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="2DF42983" w14:textId="77777777" w:rsidR="00991935" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E19E08C" w14:textId="0AE952F2" w:rsidR="00716A13" w:rsidRDefault="00991935" w:rsidP="00991935">
+          <w:p w14:paraId="4E19E08C" w14:textId="0AE952F2" w:rsidR="00716A13" w:rsidRDefault="00991935" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
             <w:r w:rsidR="00716A13">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="41716EB2" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="073618BD" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="003B7702" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="073618BD" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="003B7702" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B7702">
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415FC9FA" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="415FC9FA" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Service District</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12D441F5" w14:textId="48791EA5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
+          <w:p w14:paraId="12D441F5" w14:textId="48791EA5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Each </w:t>
             </w:r>
             <w:r w:rsidR="002C23E0">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tate/</w:t>
             </w:r>
             <w:r w:rsidR="002C23E0">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">erritory is divided into service districts in which </w:t>
             </w:r>
             <w:r w:rsidR="00967575">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73F30814" w14:textId="7D47199C" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="005F0B1A">
+          <w:p w14:paraId="73F30814" w14:textId="7D47199C" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A238AB9" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
+          <w:p w14:paraId="3A238AB9" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="008DBA5F" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
+          <w:p w14:paraId="008DBA5F" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="583375D9" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
+          <w:p w14:paraId="583375D9" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="493CED89" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="005D397D" w:rsidRDefault="00716A13" w:rsidP="00A624CF">
+          <w:p w14:paraId="493CED89" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="005D397D" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="54AF68EC" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:trPr>
           <w:trHeight w:val="1215"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B078E8" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="37B078E8" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="081B38BF" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00DC6763">
+          <w:p w14:paraId="081B38BF" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Participant Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="175CB069" w14:textId="173F4621" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00A624CF">
+          <w:p w14:paraId="175CB069" w14:textId="173F4621" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Count of participants in each combination </w:t>
             </w:r>
             <w:r w:rsidR="00A42666">
               <w:t xml:space="preserve">based on the selection </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidR="00A42666">
               <w:t>variables in the same row</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E86863" w14:textId="6D5866B9" w:rsidR="00716A13" w:rsidRPr="00637FC0" w:rsidRDefault="003F4E2E" w:rsidP="00637FC0">
+          <w:p w14:paraId="59E86863" w14:textId="6D5866B9" w:rsidR="00716A13" w:rsidRPr="00637FC0" w:rsidRDefault="003F4E2E" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="222222"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00637FC0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="222222"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43F9794D" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00E87D26"/>
+          <w:p w14:paraId="43F9794D" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="09D402B2" w14:textId="77777777" w:rsidR="00E10574" w:rsidRDefault="00E10574" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc13752023"/>
     </w:p>
     <w:p w14:paraId="3383D342" w14:textId="2578138C" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc203656869"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="634C60D8" w14:textId="77777777" w:rsidR="00BC28DF" w:rsidRPr="000C29D6" w:rsidRDefault="00BC28DF" w:rsidP="005F0B1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C29D6">
         <w:t>Below are two examples of how to use the data</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9915C5" w14:textId="759D162B" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc14097416"/>
       <w:bookmarkStart w:id="15" w:name="_Toc25575704"/>
       <w:bookmarkStart w:id="16" w:name="_Toc25929272"/>
       <w:bookmarkStart w:id="17" w:name="_Toc203656870"/>
       <w:r>
         <w:t>Example 1: Count of pa</w:t>
       </w:r>
@@ -1485,81 +1537,81 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00716A13">
         <w:t>SrvcDstrctNm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00716A13">
         <w:t xml:space="preserve"> = “Brisbane”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14815188" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E"/>
     <w:p w14:paraId="40219A3C" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="23" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="24" w:name="_Toc203656872"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="6426C2BE" w14:textId="77F9758B" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="6426C2BE" w14:textId="30B3EC19" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F70E9">
+      <w:r w:rsidR="00175756">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00505504">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116B369F" w14:textId="7A458DEE" w:rsidR="00DA54C9" w:rsidRDefault="000B7A2E" w:rsidP="00173479">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -3811,88 +3863,90 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00036169"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C29D6"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="00110BBE"/>
     <w:rsid w:val="00117DFB"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="0017278C"/>
     <w:rsid w:val="00173479"/>
+    <w:rsid w:val="00175756"/>
     <w:rsid w:val="001B317D"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D3AF1"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001F70E9"/>
     <w:rsid w:val="00226E5E"/>
     <w:rsid w:val="00256DF2"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00297A04"/>
     <w:rsid w:val="002C23E0"/>
     <w:rsid w:val="002E7ECE"/>
     <w:rsid w:val="00325ADE"/>
     <w:rsid w:val="00355241"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003B023A"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E2F70"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F4E2E"/>
     <w:rsid w:val="003F6CC3"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00431A7B"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004B5B63"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="00505504"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00586C21"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F0B1A"/>
     <w:rsid w:val="00637FC0"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00677098"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B2FFE"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006F0011"/>
     <w:rsid w:val="00703FC5"/>
     <w:rsid w:val="00716A13"/>
     <w:rsid w:val="007336F4"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="0080289C"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008078CF"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
@@ -5591,63 +5645,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5844,109 +5887,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5313D1F8-3660-4799-AF86-982B45836D7C}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4202206-8717-45D9-8C57-E66F08063AA5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4202206-8717-45D9-8C57-E66F08063AA5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>339</Words>
-  <Characters>1935</Characters>
+  <Words>335</Words>
+  <Characters>1916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2270</CharactersWithSpaces>
+  <CharactersWithSpaces>2247</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>