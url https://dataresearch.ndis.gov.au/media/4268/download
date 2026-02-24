--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -578,56 +578,61 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="32EE65C6" w14:textId="180C1AE8" w:rsidR="007B0265" w:rsidRDefault="00F47EB6" w:rsidP="007B0265">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="5" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="6" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
-    <w:p w14:paraId="7EC32C6D" w14:textId="7E266D8E" w:rsidR="00FA6BAB" w:rsidRDefault="00C91395" w:rsidP="007B0265">
+    <w:p w14:paraId="1E15DB81" w14:textId="77777777" w:rsidR="004F032B" w:rsidRDefault="004F032B" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="8" w:name="_Toc203656868"/>
+    </w:p>
+    <w:p w14:paraId="7EC32C6D" w14:textId="307BF294" w:rsidR="00FA6BAB" w:rsidRDefault="00C91395" w:rsidP="007B0265">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
         <w:t>Participants by SDA p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="208C4716" w14:textId="7E8EEE7A" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00716A13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc13727629"/>
       <w:bookmarkStart w:id="10" w:name="_Toc13727743"/>
       <w:bookmarkStart w:id="11" w:name="_Toc13734623"/>
       <w:r w:rsidRPr="000B7A2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -841,65 +846,82 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="19F47733" w14:textId="5DF20AF5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The data set </w:t>
             </w:r>
             <w:r w:rsidR="00C77E21">
               <w:t>contains multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="40B439F1" w14:textId="52C3DD23" w:rsidR="009E7979" w:rsidRDefault="009E7979" w:rsidP="009E7979">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="6464A16B" w14:textId="2C3A6487" w:rsidR="00175756" w:rsidRDefault="00175756" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep202</w:t>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15BF7427" w14:textId="723039AC" w:rsidR="001F70E9" w:rsidRDefault="001F70E9" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="097C0F5F" w14:textId="77777777" w:rsidR="00505504" w:rsidRDefault="00505504" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
@@ -1117,50 +1139,51 @@
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
             <w:r w:rsidR="00716A13">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="41716EB2" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="073618BD" w14:textId="77777777" w:rsidR="00716A13" w:rsidRPr="003B7702" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B7702">
+              <w:lastRenderedPageBreak/>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="415FC9FA" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Service District</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12D441F5" w14:textId="48791EA5" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -1275,51 +1298,50 @@
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00716A13" w14:paraId="54AF68EC" w14:textId="77777777" w:rsidTr="3AF5021C">
         <w:trPr>
           <w:trHeight w:val="1215"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37B078E8" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="081B38BF" w14:textId="77777777" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Participant Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="175CB069" w14:textId="173F4621" w:rsidR="00716A13" w:rsidRDefault="00716A13" w:rsidP="00175756">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -1523,95 +1545,100 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00716A13">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="00505504" w:rsidRPr="00505504">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarter end date</w:t>
       </w:r>
       <w:r w:rsidRPr="00716A13">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00716A13">
         <w:t>SrvcDstrctNm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00716A13">
         <w:t xml:space="preserve"> = “Brisbane”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14815188" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E"/>
-    <w:p w14:paraId="40219A3C" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+    <w:p w14:paraId="5EEFA8D3" w14:textId="77777777" w:rsidR="004F032B" w:rsidRDefault="004F032B" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="23" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="24" w:name="_Toc203656872"/>
+    </w:p>
+    <w:p w14:paraId="40219A3C" w14:textId="47929F22" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="6426C2BE" w14:textId="30B3EC19" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="6426C2BE" w14:textId="6215344E" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00175756">
+      <w:r w:rsidR="004F032B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00505504">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116B369F" w14:textId="7A458DEE" w:rsidR="00DA54C9" w:rsidRDefault="000B7A2E" w:rsidP="00173479">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -3896,95 +3923,98 @@
     <w:rsid w:val="00256DF2"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00297A04"/>
     <w:rsid w:val="002C23E0"/>
     <w:rsid w:val="002E7ECE"/>
     <w:rsid w:val="00325ADE"/>
     <w:rsid w:val="00355241"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003B023A"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E2F70"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F4E2E"/>
     <w:rsid w:val="003F6CC3"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00431A7B"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004B5B63"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
+    <w:rsid w:val="004F032B"/>
     <w:rsid w:val="00505504"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00586C21"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F0B1A"/>
     <w:rsid w:val="00637FC0"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00677098"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B2FFE"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006F0011"/>
     <w:rsid w:val="00703FC5"/>
     <w:rsid w:val="00716A13"/>
     <w:rsid w:val="007336F4"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="0080289C"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008078CF"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
+    <w:rsid w:val="00833F39"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="00866070"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="00904BD4"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00967575"/>
     <w:rsid w:val="00991935"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009E3BDB"/>
+    <w:rsid w:val="009E7979"/>
     <w:rsid w:val="00A009A0"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A1508F"/>
     <w:rsid w:val="00A42666"/>
     <w:rsid w:val="00A624CF"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AC0D90"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B04A4B"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B212F6"/>
     <w:rsid w:val="00B22D36"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B7320C"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BC28DF"/>
     <w:rsid w:val="00BC3E24"/>
     <w:rsid w:val="00BC452B"/>
     <w:rsid w:val="00BE5124"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C112E1"/>
     <w:rsid w:val="00C27E81"/>
@@ -5645,52 +5675,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5887,126 +5937,106 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5313D1F8-3660-4799-AF86-982B45836D7C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F64C23F4-2909-48BF-9898-5B60C74FACA8}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4202206-8717-45D9-8C57-E66F08063AA5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>335</Words>
-  <Characters>1916</Characters>
+  <Words>337</Words>
+  <Characters>1926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2247</CharactersWithSpaces>
+  <CharactersWithSpaces>2259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>