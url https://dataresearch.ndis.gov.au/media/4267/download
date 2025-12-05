--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -594,53 +594,53 @@
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="04FF53D0" w14:textId="01153F47" w:rsidR="00FA6BAB" w:rsidRDefault="00AD7DDB" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="5" w:name="_Toc203656774"/>
       <w:r>
         <w:t>Plan management types</w:t>
       </w:r>
       <w:r w:rsidR="00D72956">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C535C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="2A37A6C9" w14:textId="407CFB86" w:rsidR="00513DC7" w:rsidRDefault="00E2019E" w:rsidP="005D2341">
       <w:r>
         <w:t xml:space="preserve">The data shows how the participants have chosen to </w:t>
       </w:r>
       <w:r w:rsidR="00336748">
         <w:t xml:space="preserve">financially </w:t>
       </w:r>
       <w:r>
         <w:t>manage their plan across locations and age groups. Each participant can choose between completely</w:t>
       </w:r>
       <w:r w:rsidR="00336748">
         <w:t xml:space="preserve"> financially</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> managing the plans themselves, </w:t>
       </w:r>
       <w:r w:rsidR="00336748">
         <w:t xml:space="preserve">financially </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">managing some parts of it, </w:t>
       </w:r>
       <w:r w:rsidR="00293EAC">
         <w:t xml:space="preserve">choosing to use a plan manager, </w:t>
@@ -655,54 +655,54 @@
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00336748">
         <w:t>Agency</w:t>
       </w:r>
       <w:r>
         <w:t>. How participants choose to manage</w:t>
       </w:r>
       <w:r w:rsidR="00683C87">
         <w:t xml:space="preserve"> their plan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is based on their experience, capacity, and level of control they want over their plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2846FD31" w14:textId="77777777" w:rsidR="00E2019E" w:rsidRDefault="00E2019E" w:rsidP="005D2341"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="SIL Possible Values and Rules"/>
         <w:tblDescription w:val="The table below outlines the possible values and rules in the SILParticipants.csv data file."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2639"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2619"/>
+        <w:gridCol w:w="2638"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2945"/>
+        <w:gridCol w:w="2605"/>
       </w:tblGrid>
       <w:tr w:rsidR="000839F4" w14:paraId="07FE8056" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75B618E4" w14:textId="77777777" w:rsidR="000839F4" w:rsidRPr="00EE225A" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
             <w:r w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -749,1473 +749,1580 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="000839F4" w:rsidRPr="00EE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="06E75F17" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="498E234E" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="498E234E" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CED4CC9" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="6CED4CC9" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="250918C8" w14:textId="4F1FC95F" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="003E37FE">
+          <w:p w14:paraId="250918C8" w14:textId="4F1FC95F" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38F1E5C7" w14:textId="6E5CF2A0" w:rsidR="00A91CA4" w:rsidRDefault="00A91CA4" w:rsidP="00A91CA4">
+          <w:p w14:paraId="655C0979" w14:textId="0B0032DF" w:rsidR="00A212F5" w:rsidRDefault="00A212F5" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>30Jun202</w:t>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30Sep202</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31DF7B9E" w14:textId="77777777" w:rsidR="00356B6E" w:rsidRDefault="00C058B8" w:rsidP="49E2C48A">
+          <w:p w14:paraId="38F1E5C7" w14:textId="6E5CF2A0" w:rsidR="00A91CA4" w:rsidRDefault="00A91CA4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="0B37687A" w14:textId="14C3AD63" w:rsidR="42DEBCF0" w:rsidRDefault="42DEBCF0" w:rsidP="49E2C48A">
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30Jun2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31DF7B9E" w14:textId="77777777" w:rsidR="00356B6E" w:rsidRDefault="00C058B8" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="7B8C773F" w14:textId="79D0E0F3" w:rsidR="00041F7A" w:rsidRDefault="00041F7A" w:rsidP="00041F7A">
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31Mar</w:t>
+            </w:r>
+            <w:r w:rsidR="00356B6E">
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B37687A" w14:textId="14C3AD63" w:rsidR="42DEBCF0" w:rsidRDefault="42DEBCF0" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="5F67C196" w14:textId="71E5D558" w:rsidR="0016550C" w:rsidRDefault="0BC84573" w:rsidP="00637332">
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31Dec2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588524F3" w14:textId="557C1410" w:rsidR="00637332" w:rsidRDefault="00C058B8" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...10 lines deleted...]
-              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="06CDCCC8" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75379C8A" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="75379C8A" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717D5A42" w14:textId="589BE46C" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00293EAC">
+          <w:p w14:paraId="717D5A42" w14:textId="589BE46C" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">State/Territory where the participant </w:t>
             </w:r>
             <w:r w:rsidR="0012255D">
               <w:t>currently resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70FC8731" w14:textId="578F6328" w:rsidR="000839F4" w:rsidRDefault="00197643" w:rsidP="00032C28">
+          <w:p w14:paraId="70FC8731" w14:textId="578F6328" w:rsidR="000839F4" w:rsidRDefault="00197643" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="003F30A2">
               <w:t>ALL</w:t>
             </w:r>
             <w:r>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="003F30A2">
               <w:t xml:space="preserve"> denotes all S</w:t>
             </w:r>
             <w:r w:rsidR="00491016">
               <w:t>tates/</w:t>
             </w:r>
             <w:r w:rsidR="003F30A2">
               <w:t>Territories</w:t>
             </w:r>
             <w:r w:rsidR="00CF2B89">
               <w:t xml:space="preserve"> in which the NDIA operates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C582351" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="6C582351" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C4FB877" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="0C4FB877" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69645F35" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="69645F35" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AA55403" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="4AA55403" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4394D62D" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="4394D62D" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FE94315" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="3FE94315" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72BF4216" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="72BF4216" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E572E72" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="2E572E72" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="619D86FB" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="619D86FB" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73503488" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="73503488" w14:textId="77777777" w:rsidR="00053292" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="212AECDE" w14:textId="66FC2E14" w:rsidR="000839F4" w:rsidRDefault="00053292" w:rsidP="00053292">
+          <w:p w14:paraId="212AECDE" w14:textId="66FC2E14" w:rsidR="000839F4" w:rsidRDefault="00053292" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="1CF9EEFC" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2035B6C0" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="2035B6C0" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B7702">
               <w:lastRenderedPageBreak/>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B0B007" w14:textId="14C74716" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="0012255D">
+          <w:p w14:paraId="47B0B007" w14:textId="14C74716" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Service District where the participant </w:t>
             </w:r>
             <w:r w:rsidR="0012255D">
               <w:t>currently resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74090D01" w14:textId="41C591E6" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="008115D0">
+          <w:p w14:paraId="74090D01" w14:textId="41C591E6" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Each State/Territory is divided into service districts in which the NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A72053A" w14:textId="50B881B4" w:rsidR="000839F4" w:rsidRPr="0049561C" w:rsidRDefault="7ECC76EE" w:rsidP="4BB05140">
+          <w:p w14:paraId="0A72053A" w14:textId="50B881B4" w:rsidR="000839F4" w:rsidRPr="0049561C" w:rsidRDefault="7ECC76EE" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0049561C">
               <w:t>“Unincorporated” and “Unspecified” are reported under “Other” commencing from 30-September-2020 reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8E9230" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="3A8E9230" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A8B0FBC" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="0A8B0FBC" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="13E7600A" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="13E7600A" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="45DB43DA" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="45DB43DA" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="2E5C10B6" w14:textId="0F43C6EF" w:rsidR="005A085E" w:rsidRDefault="005A085E" w:rsidP="000839F4">
+          <w:p w14:paraId="2E5C10B6" w14:textId="0F43C6EF" w:rsidR="005A085E" w:rsidRDefault="005A085E" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="37D3FFF4" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="230B29ED" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="230B29ED" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>AgeBnd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E544076" w14:textId="5E5BD635" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="7E544076" w14:textId="5E5BD635" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Age band of the participant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20EFFBFD" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="20EFFBFD" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all ages</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0139E722" w14:textId="28B1D160" w:rsidR="00F70D6B" w:rsidRDefault="00F70D6B" w:rsidP="00A7151A">
+          <w:p w14:paraId="0139E722" w14:textId="28B1D160" w:rsidR="00F70D6B" w:rsidRDefault="00F70D6B" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00F70D6B">
               <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2564A4FF" w14:textId="625149A6" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="2564A4FF" w14:textId="625149A6" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
             <w:r w:rsidR="003D70BD">
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="211A9378" w14:textId="6C8E851D" w:rsidR="000839F4" w:rsidRDefault="00F70D6B" w:rsidP="00A7151A">
+          <w:p w14:paraId="211A9378" w14:textId="6C8E851D" w:rsidR="000839F4" w:rsidRDefault="00F70D6B" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="000839F4">
               <w:t xml:space="preserve"> to 14</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139836DB" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="139836DB" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>15 to 18</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="517D19A1" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="517D19A1" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>19 to 24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="474D222C" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="474D222C" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>25 to 34</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7524CAB2" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="7524CAB2" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>35 to 44</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F811144" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="1F811144" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>45 to 54</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35802842" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="35802842" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>55 to 64</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="222CC285" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00032C28">
+          <w:p w14:paraId="222CC285" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>65+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="481A6651" w14:textId="65CF7559" w:rsidR="0016550C" w:rsidRDefault="0016550C" w:rsidP="00032C28">
+          <w:p w14:paraId="481A6651" w14:textId="65CF7559" w:rsidR="0016550C" w:rsidRDefault="0016550C" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="6C1D5CAB" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22CE44C6" w14:textId="4D33F100" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="22CE44C6" w14:textId="4D33F100" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000839F4">
               <w:t>MngmntMthd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E311F3E" w14:textId="35359F51" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="5E311F3E" w14:textId="35359F51" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>How the participant has chosen to manage their plan implementation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4C0858" w14:textId="4B57C757" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="1A4C0858" w14:textId="4B57C757" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="0012255D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Self-Managed Fully</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">: Participant has chosen to fully </w:t>
             </w:r>
             <w:r w:rsidR="00B06439">
               <w:t xml:space="preserve">financially </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">manage the </w:t>
             </w:r>
             <w:r w:rsidR="00B06439">
               <w:t>plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3089864C" w14:textId="085100CC" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="3089864C" w14:textId="085100CC" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="6379D254">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Self-Managed Partly</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">: Participant has chosen to self-manage parts of their plan </w:t>
             </w:r>
             <w:r w:rsidR="00683C87">
               <w:t xml:space="preserve">with the remaining parts </w:t>
             </w:r>
             <w:r w:rsidR="00B06439">
               <w:t xml:space="preserve">financially </w:t>
             </w:r>
             <w:r w:rsidR="00683C87">
               <w:t xml:space="preserve">managed by </w:t>
             </w:r>
             <w:r w:rsidR="00B06439">
               <w:t>the Agency</w:t>
             </w:r>
             <w:r w:rsidR="58A4B6BE">
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC">
               <w:t xml:space="preserve">by </w:t>
             </w:r>
             <w:r w:rsidR="58A4B6BE">
               <w:t>a plan manager</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A4671F5" w14:textId="396E1BC9" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A7151A">
+          <w:p w14:paraId="6A4671F5" w14:textId="396E1BC9" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="0012255D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Agency Managed</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">: Participant has elected the </w:t>
             </w:r>
             <w:r w:rsidR="00491016">
               <w:t xml:space="preserve">NDIA </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidR="00B06439">
               <w:t>financially manage their plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D887A06" w14:textId="0CFF62AF" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00AA1EA9">
+          <w:p w14:paraId="1D887A06" w14:textId="0CFF62AF" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="0012255D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Plan Managed</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">: Participant has selected </w:t>
             </w:r>
             <w:r w:rsidR="002A48BF">
               <w:t xml:space="preserve">to use a </w:t>
             </w:r>
             <w:r w:rsidR="00683C87">
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="002A48BF">
               <w:t xml:space="preserve">egistered </w:t>
             </w:r>
             <w:r w:rsidR="00683C87">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="002A48BF">
               <w:t xml:space="preserve">lan </w:t>
             </w:r>
             <w:r w:rsidR="00AA1EA9">
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="002A48BF">
               <w:t xml:space="preserve">anagement </w:t>
             </w:r>
             <w:r w:rsidR="00AA1EA9">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="002A48BF">
               <w:t>rovider</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:r w:rsidR="00323A20">
               <w:t>manage their plan financially</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E23F618" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="4E23F618" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54A4D3DB" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="54A4D3DB" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Agency Managed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="526049EE" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="526049EE" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Plan Managed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C3551F6" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="6C3551F6" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Self-Managed Fully</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A6ABB01" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="000839F4">
+          <w:p w14:paraId="2A6ABB01" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Self-Managed Partly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17BDEC42" w14:textId="66D277AD" w:rsidR="0016550C" w:rsidRDefault="0016550C" w:rsidP="000839F4">
+          <w:p w14:paraId="17BDEC42" w14:textId="66D277AD" w:rsidR="0016550C" w:rsidRDefault="0016550C" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Not Recorded</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="2B4C0216" w14:paraId="6308D78A" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="624FFA5D" w14:textId="738E9879" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="472A3B18">
+          <w:p w14:paraId="624FFA5D" w14:textId="738E9879" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C17F829" w14:textId="3F766113" w:rsidR="2B4C0216" w:rsidRDefault="2B4C0216" w:rsidP="472A3B18"/>
-          <w:p w14:paraId="34E97189" w14:textId="70193762" w:rsidR="2B4C0216" w:rsidRDefault="2B4C0216" w:rsidP="2B4C0216"/>
+          <w:p w14:paraId="6C17F829" w14:textId="3F766113" w:rsidR="2B4C0216" w:rsidRDefault="2B4C0216" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34E97189" w14:textId="70193762" w:rsidR="2B4C0216" w:rsidRDefault="2B4C0216" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BD44927" w14:textId="425634A4" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
-            <w:pPr>
+          <w:p w14:paraId="5BD44927" w14:textId="425634A4" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="472A3B18">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Disability group of the participant</w:t>
             </w:r>
             <w:r w:rsidR="001B1448">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidRPr="472A3B18">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s primary reported disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2995" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2473D1" w14:textId="7137BBC0" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="1D2473D1" w14:textId="7137BBC0" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC0D5A">
               <w:t>The values of this field reflect the disability groups included in the quarterly reports published by the NDIA.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="386A9ACF" w14:textId="56BB3DF2" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="007B577E" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="386A9ACF" w14:textId="56BB3DF2" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="007B577E" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Down s</w:t>
             </w:r>
             <w:r w:rsidR="472A3B18">
               <w:t>yndrome is incl</w:t>
             </w:r>
             <w:r w:rsidR="00C45BC1">
               <w:t>uded in Intellectual disability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19C5F054" w14:textId="64BB5C3B" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="611D67E3" w:rsidP="4BB05140">
+          <w:p w14:paraId="19C5F054" w14:textId="64BB5C3B" w:rsidR="2B4C0216" w:rsidRPr="00BC0D5A" w:rsidRDefault="611D67E3" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A64CA">
               <w:t>“Missing” disability is</w:t>
             </w:r>
             <w:r w:rsidRPr="4BB05140">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A64CA">
               <w:t>reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A3E527" w14:textId="544185DC" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="48A3E527" w14:textId="544185DC" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="472A3B18">
               <w:t>Autism</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="497B7082" w14:textId="3E9E2DC5" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="497B7082" w14:textId="3E9E2DC5" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="472A3B18">
               <w:t>Developmental delay</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44ED662E" w14:textId="4A51B701" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="44ED662E" w14:textId="4A51B701" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="472A3B18">
               <w:t>Intellectual Disability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39BEAF10" w14:textId="77777777" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="39BEAF10" w14:textId="77777777" w:rsidR="2B4C0216" w:rsidRDefault="472A3B18" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC0D5A">
               <w:t>Psychosocial disability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="658B0A58" w14:textId="1F88AD3D" w:rsidR="007B577E" w:rsidRDefault="007B577E" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="658B0A58" w14:textId="1F88AD3D" w:rsidR="007B577E" w:rsidRDefault="007B577E" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012255D" w14:paraId="3380BE24" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9CCB7E" w14:textId="3B803A46" w:rsidR="0012255D" w:rsidRPr="000839F4" w:rsidRDefault="0012255D" w:rsidP="00A7151A">
+          <w:p w14:paraId="5E9CCB7E" w14:textId="3B803A46" w:rsidR="0012255D" w:rsidRPr="000839F4" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>PlanCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40377CA3" w14:textId="4806098B" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A7151A">
+          <w:p w14:paraId="40377CA3" w14:textId="4806098B" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Count of eligible plans</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D91EFBD" w14:textId="1517391D" w:rsidR="0012255D" w:rsidRPr="0012255D" w:rsidRDefault="6A1BBCC1" w:rsidP="5A657B98">
+          <w:p w14:paraId="0D91EFBD" w14:textId="1517391D" w:rsidR="0012255D" w:rsidRPr="0012255D" w:rsidRDefault="6A1BBCC1" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Trial participants are excluded</w:t>
             </w:r>
             <w:r w:rsidR="374BFB7B">
               <w:t xml:space="preserve"> for data </w:t>
             </w:r>
             <w:r w:rsidR="6BA108A4">
               <w:t>on and before</w:t>
             </w:r>
             <w:r w:rsidR="1E44BFAA">
               <w:t xml:space="preserve"> ‘</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="1E44BFAA">
               <w:t>RprtDt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="1E44BFAA">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="6BA108A4">
               <w:t xml:space="preserve"> December 2019</w:t>
             </w:r>
             <w:r w:rsidR="374BFB7B">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D01F53C" w14:textId="77777777" w:rsidR="0073238B" w:rsidRDefault="65D23A0C" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="4D01F53C" w14:textId="77777777" w:rsidR="0073238B" w:rsidRDefault="65D23A0C" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Trial participants are included </w:t>
             </w:r>
             <w:r w:rsidR="7BBBF676">
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="2B089D3A">
               <w:t xml:space="preserve">or data </w:t>
             </w:r>
             <w:r w:rsidR="0864B6BE">
               <w:t xml:space="preserve">on and after </w:t>
             </w:r>
             <w:r w:rsidR="10667E58">
               <w:t>‘</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="2B089D3A">
               <w:t>RprtDt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="6A149BD4">
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="2B089D3A">
               <w:t xml:space="preserve"> March 2020</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BB54737" w14:textId="25D73B12" w:rsidR="0012255D" w:rsidRPr="0012255D" w:rsidRDefault="6A1BBCC1" w:rsidP="00BC0D5A">
+          <w:p w14:paraId="2BB54737" w14:textId="25D73B12" w:rsidR="0012255D" w:rsidRPr="0012255D" w:rsidRDefault="6A1BBCC1" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="6A1BBCC1">
               <w:t>Low plan counts have been modified along with any related data to prot</w:t>
             </w:r>
             <w:r w:rsidR="00C45BC1">
               <w:t>ect the privacy of participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6479E630" w14:textId="1EE23A6D" w:rsidR="0012255D" w:rsidRDefault="00AA1EA9" w:rsidP="000B0218">
+          <w:p w14:paraId="6479E630" w14:textId="1EE23A6D" w:rsidR="0012255D" w:rsidRDefault="00AA1EA9" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012255D" w14:paraId="6AAA9424" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8073C0" w14:textId="4493BF9D" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A7151A">
+          <w:p w14:paraId="5A8073C0" w14:textId="4493BF9D" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0012255D">
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE56671" w14:textId="5273C3E7" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00293EAC">
+          <w:p w14:paraId="0CE56671" w14:textId="5273C3E7" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Average Annualised Committed support </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E119660" w14:textId="7EB68C9E" w:rsidR="0012255D" w:rsidRDefault="00293EAC" w:rsidP="00A7151A">
+          <w:p w14:paraId="7E119660" w14:textId="7EB68C9E" w:rsidR="0012255D" w:rsidRDefault="00293EAC" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The value represents the average of the annualised amounts in the participants’ active plans (Total Annualised Budget divided by Participant Count).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14EAB07C" w14:textId="422BAFBE" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00596A76">
+          <w:p w14:paraId="14EAB07C" w14:textId="422BAFBE" w:rsidR="0012255D" w:rsidRDefault="0012255D" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Amounts are rounded to </w:t>
             </w:r>
             <w:r w:rsidR="00AA1EA9">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">nearest </w:t>
             </w:r>
             <w:r w:rsidR="00AA1EA9">
               <w:t>thousand dollars</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5797C0C9" w14:textId="4C8E165F" w:rsidR="0012255D" w:rsidRDefault="45A6C31C" w:rsidP="00596A76">
+          <w:p w14:paraId="5797C0C9" w14:textId="4C8E165F" w:rsidR="0012255D" w:rsidRDefault="45A6C31C" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>For rows with 11 or fewer participants, the average budget has been removed</w:t>
             </w:r>
             <w:r w:rsidR="00293EAC">
               <w:t xml:space="preserve">, as the </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC" w:rsidRPr="5859392E">
               <w:t xml:space="preserve">low participant count </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC">
               <w:t xml:space="preserve">results in an </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC" w:rsidRPr="5859392E">
               <w:t xml:space="preserve">average </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC">
               <w:t xml:space="preserve">which </w:t>
             </w:r>
             <w:r w:rsidR="00293EAC" w:rsidRPr="5859392E">
               <w:t>is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73CBC0A6" w14:textId="346F2D05" w:rsidR="0012255D" w:rsidRDefault="00AA1EA9" w:rsidP="000B0218">
+          <w:p w14:paraId="73CBC0A6" w14:textId="346F2D05" w:rsidR="0012255D" w:rsidRDefault="00AA1EA9" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DAD9857" w14:textId="10646ABC" w:rsidR="00323A20" w:rsidRDefault="00323A20">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15C3D86F" w14:textId="77777777" w:rsidR="00C058B8" w:rsidRDefault="00C058B8">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D69EF9" w14:textId="07990E3C" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc203656775"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="275EF2F2" w14:textId="08414412" w:rsidR="005F21AA" w:rsidRDefault="005F21AA" w:rsidP="005F21AA">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADD093B" w14:textId="5D882146" w:rsidR="00A07E4B" w:rsidRDefault="00A07E4B" w:rsidP="00D872B9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="9" w:name="_Toc20305326"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25847383"/>
       <w:bookmarkStart w:id="11" w:name="_Toc203656776"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00323A20">
         <w:t>How many participants in each age group choose</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to fully self-manage their plans?</w:t>
       </w:r>
@@ -2404,67 +2511,67 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Managed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Fully”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="14" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="15" w:name="_Toc203656778"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="22694A6F" w:rsidR="000B7A2E" w:rsidRPr="00AA1EA9" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="4B361F64" w:rsidR="000B7A2E" w:rsidRPr="00AA1EA9" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="1A217434">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="005A085E">
+      <w:r w:rsidR="00EC157B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00356B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7509F855" w14:textId="096E3511" w:rsidR="00542C50" w:rsidRDefault="000B7A2E" w:rsidP="00B27E37">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -5389,50 +5496,51 @@
     <w:rsid w:val="003E4107"/>
     <w:rsid w:val="003F30A2"/>
     <w:rsid w:val="003F4B9A"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00460D31"/>
     <w:rsid w:val="00461998"/>
     <w:rsid w:val="00471003"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="00491016"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="0049561C"/>
     <w:rsid w:val="004B1F11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D0390"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00513DC7"/>
     <w:rsid w:val="00542C50"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="005943B6"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="00596A76"/>
     <w:rsid w:val="005A085E"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C349F"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D2341"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F21AA"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00637332"/>
     <w:rsid w:val="00663BAF"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00683C87"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="006F2204"/>
     <w:rsid w:val="006F774D"/>
     <w:rsid w:val="00704DC3"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00721BA2"/>
     <w:rsid w:val="0073238B"/>
     <w:rsid w:val="00770BEC"/>
     <w:rsid w:val="00783FEF"/>
     <w:rsid w:val="00785261"/>
@@ -5445,50 +5553,51 @@
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="008115D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="008909BB"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A0EC0"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="009357F3"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608A5"/>
     <w:rsid w:val="00995B44"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B38C1"/>
     <w:rsid w:val="009D1896"/>
     <w:rsid w:val="009E5B94"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A07E4B"/>
+    <w:rsid w:val="00A212F5"/>
     <w:rsid w:val="00A4174F"/>
     <w:rsid w:val="00A80D34"/>
     <w:rsid w:val="00A82304"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A91CA4"/>
     <w:rsid w:val="00AA1EA9"/>
     <w:rsid w:val="00AA2F2B"/>
     <w:rsid w:val="00AB6F83"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD7DDB"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B06439"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B27E37"/>
     <w:rsid w:val="00B61245"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B85596"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB0E72"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC0D5A"/>
     <w:rsid w:val="00BE1DF7"/>
@@ -5500,50 +5609,51 @@
     <w:rsid w:val="00C40A34"/>
     <w:rsid w:val="00C45BC1"/>
     <w:rsid w:val="00C535C9"/>
     <w:rsid w:val="00C758BF"/>
     <w:rsid w:val="00CB646D"/>
     <w:rsid w:val="00CC51F5"/>
     <w:rsid w:val="00CF2B89"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D24C8E"/>
     <w:rsid w:val="00D423B9"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D479A8"/>
     <w:rsid w:val="00D5578C"/>
     <w:rsid w:val="00D61751"/>
     <w:rsid w:val="00D72956"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D872B9"/>
     <w:rsid w:val="00DD7398"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE6B10"/>
     <w:rsid w:val="00E2019E"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E80322"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EA666E"/>
+    <w:rsid w:val="00EC157B"/>
     <w:rsid w:val="00EC23D8"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F70D6B"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0864B6BE"/>
     <w:rsid w:val="09F303C5"/>
     <w:rsid w:val="0BC84573"/>
     <w:rsid w:val="0FEB31C8"/>
     <w:rsid w:val="10667E58"/>
     <w:rsid w:val="11208836"/>
     <w:rsid w:val="1A217434"/>
     <w:rsid w:val="1C0A7961"/>
     <w:rsid w:val="1CEF90D4"/>
     <w:rsid w:val="1E44BFAA"/>
     <w:rsid w:val="2513CA7A"/>
     <w:rsid w:val="277CBB9E"/>
     <w:rsid w:val="2B089D3A"/>
     <w:rsid w:val="2B4C0216"/>
     <w:rsid w:val="30E3DB80"/>
@@ -7021,50 +7131,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD57B8"/>
     <w:rsid w:val="0000419D"/>
     <w:rsid w:val="002E21F7"/>
     <w:rsid w:val="003E2A19"/>
     <w:rsid w:val="004D0390"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00516A35"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="00AD57B8"/>
     <w:rsid w:val="00AE480A"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00CB646D"/>
     <w:rsid w:val="00F36DE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
@@ -7782,52 +7893,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8024,120 +8159,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5411810A-CB4E-4EDD-A7E8-DC3B6681BD15}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24CF6DD5-1B86-4D73-8703-F176E99B32A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50CC9F16-934B-4D8C-8534-DCE680D18C8E}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>692</Words>
-  <Characters>3950</Characters>
+  <Words>689</Words>
+  <Characters>3930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4633</CharactersWithSpaces>
+  <CharactersWithSpaces>4610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>