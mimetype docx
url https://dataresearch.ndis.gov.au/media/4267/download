--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -799,110 +799,113 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3273" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="250918C8" w14:textId="4F1FC95F" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="655C0979" w14:textId="0B0032DF" w:rsidR="00A212F5" w:rsidRDefault="00A212F5" w:rsidP="00A212F5">
+          <w:p w14:paraId="7934B32A" w14:textId="5349DCD2" w:rsidR="005F69F0" w:rsidRDefault="005F69F0" w:rsidP="005F69F0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep202</w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="38F1E5C7" w14:textId="6E5CF2A0" w:rsidR="00A91CA4" w:rsidRDefault="00A91CA4" w:rsidP="00A212F5">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="655C0979" w14:textId="0B0032DF" w:rsidR="00A212F5" w:rsidRDefault="00A212F5" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2025</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="31DF7B9E" w14:textId="77777777" w:rsidR="00356B6E" w:rsidRDefault="00C058B8" w:rsidP="00A212F5">
+              <w:t>30Sep2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38F1E5C7" w14:textId="6E5CF2A0" w:rsidR="00A91CA4" w:rsidRDefault="00A91CA4" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Mar</w:t>
-[...5 lines deleted...]
-          <w:p w14:paraId="0B37687A" w14:textId="14C3AD63" w:rsidR="42DEBCF0" w:rsidRDefault="42DEBCF0" w:rsidP="00A212F5">
+              <w:t>30Jun2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31DF7B9E" w14:textId="77777777" w:rsidR="00356B6E" w:rsidRDefault="00C058B8" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Dec2024</w:t>
+              <w:t>31Mar</w:t>
+            </w:r>
+            <w:r w:rsidR="00356B6E">
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="588524F3" w14:textId="557C1410" w:rsidR="00637332" w:rsidRDefault="00C058B8" w:rsidP="00A212F5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000839F4" w14:paraId="06CDCCC8" w14:textId="77777777" w:rsidTr="49E2C48A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75379C8A" w14:textId="77777777" w:rsidR="000839F4" w:rsidRDefault="000839F4" w:rsidP="00A212F5">
             <w:pPr>
@@ -2511,67 +2514,67 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Managed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Fully”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E08078F" w14:textId="77777777" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253"/>
     <w:p w14:paraId="1516EDEA" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="14" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="15" w:name="_Toc203656778"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="2BB1F251" w14:textId="4B361F64" w:rsidR="000B7A2E" w:rsidRPr="00AA1EA9" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="2BB1F251" w14:textId="2886550E" w:rsidR="000B7A2E" w:rsidRPr="00AA1EA9" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="1A217434">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00EC157B">
+      <w:r w:rsidR="005F69F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00356B6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7509F855" w14:textId="096E3511" w:rsidR="00542C50" w:rsidRDefault="000B7A2E" w:rsidP="00B27E37">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -5503,59 +5506,61 @@
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="00491016"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="0049561C"/>
     <w:rsid w:val="004B1F11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D0390"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00513DC7"/>
     <w:rsid w:val="00542C50"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="005943B6"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="00596A76"/>
     <w:rsid w:val="005A085E"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C349F"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D2341"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F21AA"/>
+    <w:rsid w:val="005F69F0"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00637332"/>
     <w:rsid w:val="00663BAF"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00683C87"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
+    <w:rsid w:val="006E4306"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="006F2204"/>
     <w:rsid w:val="006F774D"/>
     <w:rsid w:val="00704DC3"/>
     <w:rsid w:val="00717FA3"/>
     <w:rsid w:val="00721BA2"/>
     <w:rsid w:val="0073238B"/>
     <w:rsid w:val="00770BEC"/>
     <w:rsid w:val="00783FEF"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B577E"/>
     <w:rsid w:val="007B6433"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="008115D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="008512D9"/>
     <w:rsid w:val="00853F34"/>
     <w:rsid w:val="00860924"/>
@@ -7132,50 +7137,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD57B8"/>
     <w:rsid w:val="0000419D"/>
     <w:rsid w:val="002E21F7"/>
     <w:rsid w:val="003E2A19"/>
     <w:rsid w:val="004D0390"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00516A35"/>
     <w:rsid w:val="005B10B1"/>
+    <w:rsid w:val="006E4306"/>
     <w:rsid w:val="00AD57B8"/>
     <w:rsid w:val="00AE480A"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00CB646D"/>
     <w:rsid w:val="00F36DE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
@@ -7893,76 +7899,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8160,84 +8166,84 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24CF6DD5-1B86-4D73-8703-F176E99B32A3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50CC9F16-934B-4D8C-8534-DCE680D18C8E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A58ABA1C-B4F3-4301-A05D-BC2BF899B0D0}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>689</Words>
   <Characters>3930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">