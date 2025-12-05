--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -600,1005 +600,1657 @@
       </w:r>
       <w:hyperlink w:history="1" r:id="rId11">
         <w:r w:rsidRPr="00D02437" w:rsidR="00D02437">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>International Classification of Diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D02437">
         <w:t xml:space="preserve"> (ICD).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00901C2C" w:rsidP="003537FB" w:rsidRDefault="00901C2C" w14:paraId="490DFF2D" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2062"/>
         <w:gridCol w:w="2197"/>
-        <w:gridCol w:w="2899"/>
-        <w:gridCol w:w="3327"/>
+        <w:gridCol w:w="3249"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="5AA47D6C" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="5AA47D6C" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="53046A21" w14:textId="77777777">
+          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="53046A21" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="6B685E62" w14:textId="77777777">
+          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="6B685E62" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="1DF9D31C" w14:textId="77777777">
+          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="1DF9D31C" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009465EB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00CF3CDE" w14:paraId="1424963E" w14:textId="10765D19">
+          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00CF3CDE" w14:paraId="1424963E" w14:textId="10765D19" w14:noSpellErr="1">
             <w:pPr>
               <w:rPr>
-                <w:b/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CF3CDE">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidRPr="009465EB" w:rsidR="007124D7">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="2301CE96" w14:textId="77777777">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="2301CE96" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="736C7B36" w14:textId="77777777">
-[...1 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="736C7B36" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>RprtDt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="23BFC4CC" w14:textId="77777777">
-            <w:r>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="23BFC4CC" w14:textId="77777777" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="007124D7" w:rsidRDefault="007124D7" w14:paraId="0EED9B75" w14:textId="77777777">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="0EED9B75" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="00FD1751" w:rsidRDefault="007124D7" w14:paraId="3A49B83A" w14:textId="7FA37172">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="3A49B83A" w14:textId="7FA37172" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008B0EF6" w:rsidP="008B0EF6" w:rsidRDefault="008B0EF6" w14:paraId="4FD551F7" w14:textId="4C1D6A14">
+          <w:p w:rsidR="006751D3" w:rsidP="5AF767D3" w:rsidRDefault="006751D3" w14:paraId="7EBA88DB" w14:textId="1A28D9CA" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:rPr/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="008B0EF6">
-[...17 lines deleted...]
-              <w:t>-25</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="006751D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-Sep-2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="006751D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF204F" w:rsidP="002F0D68" w:rsidRDefault="00EF204F" w14:paraId="289D9F24" w14:textId="45B64AA5">
+          <w:p w:rsidR="008B0EF6" w:rsidP="5AF767D3" w:rsidRDefault="008B0EF6" w14:paraId="4FD551F7" w14:textId="2ADF2C12" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>31-Mar-25</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="008B0EF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="006751D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="008B0EF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-Jun-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002F0D68" w:rsidP="002F0D68" w:rsidRDefault="002F0D68" w14:paraId="619A1A1B" w14:textId="2431E151">
+          <w:p w:rsidR="00EF204F" w:rsidP="5AF767D3" w:rsidRDefault="00EF204F" w14:paraId="289D9F24" w14:textId="45B64AA5" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>31-Dec-24</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00EF204F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31-Mar-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E4179" w:rsidP="002F0D68" w:rsidRDefault="008E4179" w14:paraId="5013E623" w14:textId="78D619AD">
+          <w:p w:rsidR="002F0D68" w:rsidP="5AF767D3" w:rsidRDefault="002F0D68" w14:paraId="619A1A1B" w14:textId="2431E151" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>30-Sep-24</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="002F0D68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31-Dec-24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0EF6" w:rsidP="008B0EF6" w:rsidRDefault="42B70674" w14:paraId="4EA3442C" w14:textId="77777777">
+          <w:p w:rsidRPr="00D02437" w:rsidR="003457E1" w:rsidP="5AF767D3" w:rsidRDefault="008E4179" w14:paraId="1DDC2EF2" w14:textId="37324CBA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00EF204F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="00F619B7" w:rsidTr="7C64FE24" w14:paraId="64E1A857" w14:textId="77777777">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="00F619B7" w:rsidTr="5AF767D3" w14:paraId="64E1A857" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="00A7151A" w:rsidRDefault="00F619B7" w14:paraId="212E87B5" w14:textId="24A2EEA2">
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F833A3">
+          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00F619B7" w14:paraId="212E87B5" w14:textId="24A2EEA2">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F619B7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>StateCd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="00A7151A" w:rsidRDefault="00F619B7" w14:paraId="1118E341" w14:textId="5CDED51F">
-[...1 lines deleted...]
-              <w:t>State/Territory where the participant resides</w:t>
+          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00F619B7" w14:paraId="1118E341" w14:textId="5CDED51F" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F619B7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State/Territory where the participant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F619B7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="003026AD" w:rsidRDefault="003026AD" w14:paraId="02D2E672" w14:textId="1C09FAA7">
+          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="003026AD" w14:paraId="02D2E672" w14:textId="0FFDB731" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F833A3">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>State code was added</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F833A3" w:rsidR="003457E1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00F833A3" w:rsidR="003457E1">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="003457E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F50D4F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="003457E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> 30 June 20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F833A3">
-              <w:t>20. Data reported as at previous reporting dates has “N/A” in the state code field.</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20. Data </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="000B40E5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>prior to this</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has “N/A” in the state code field.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="6BACE9C4" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6BACE9C4" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="6390F917" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6390F917" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="4BB0CEFB" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="4BB0CEFB" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="5901550A" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5901550A" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="23284304" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="23284304" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="5A9FB6E2" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5A9FB6E2" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="3C37F26A" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="3C37F26A" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="495B9F14" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="495B9F14" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="5AF2A28C" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5AF2A28C" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="2952BE5C" w14:textId="77777777">
+          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="2952BE5C" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="00136BDB" w:rsidRDefault="00136BDB" w14:paraId="6FDF4EDF" w14:textId="665D9FAB">
+          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6FDF4EDF" w14:textId="665D9FAB" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="4672BE65" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="4672BE65" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00F25456" w14:paraId="4339085F" w14:textId="7ED9E1E7">
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="4339085F" w14:textId="7ED9E1E7">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>NDIS</w:t>
             </w:r>
-            <w:r w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00F25456" w14:paraId="7E0309E3" w14:textId="2AFBC726">
-            <w:r>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="7E0309E3" w14:textId="2AFBC726" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">NDIS </w:t>
             </w:r>
-            <w:r w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Disability group</w:t>
             </w:r>
-            <w:r w:rsidR="00FA4776">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00FA4776">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
-            <w:r w:rsidR="00CD293B">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of the participant’s primary reported disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CD293B" w:rsidP="008210E6" w:rsidRDefault="00CD293B" w14:paraId="0D8F41CD" w14:textId="2C33A93B">
+          <w:p w:rsidR="00CD293B" w:rsidP="5AF767D3" w:rsidRDefault="00CD293B" w14:paraId="0D8F41CD" w14:textId="2C33A93B" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>The values of this field reflect the disability groups included in the quarterly reports published by the NDIS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008F4C3F" w:rsidR="007124D7" w:rsidP="7C64FE24" w:rsidRDefault="7E234824" w14:paraId="5E6254A3" w14:textId="561CD223">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00CD293B" w14:paraId="43B52B9E" w14:textId="464754EB" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="00CD293B">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> included under intellectual disability group</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Down syndrome is included under intellectual disability group</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008F4C3F" w:rsidR="007124D7" w:rsidP="7C64FE24" w:rsidRDefault="7E234824" w14:paraId="559F4073" w14:textId="50F06E98">
+          <w:p w:rsidRPr="008F4C3F" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="7E234824" w14:paraId="559F4073" w14:textId="7FB01BB4" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing/>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidR="7E234824">
-              <w:rPr/>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="7E234824">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>“Missing” disability is reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="7B08C295" w14:textId="77777777">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="7B08C295" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Autism</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="019BC5FF" w14:textId="77777777">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="019BC5FF" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Developmental delay </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="007124D7" w14:paraId="500776B1" w14:textId="77777777">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="500776B1" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Intellectual Disability</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00813ED8" w:rsidP="00813ED8" w:rsidRDefault="007124D7" w14:paraId="3A70F0D1" w14:textId="77777777">
+          <w:p w:rsidR="00813ED8" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="3A70F0D1" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Psychosocial disability</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="00813ED8" w:rsidRDefault="00813ED8" w14:paraId="041C22E1" w14:textId="19D3539A">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00813ED8" w14:paraId="041C22E1" w14:textId="19D3539A" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
-              <w:contextualSpacing w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00813ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="77021436" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="77021436" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00F25456" w14:paraId="3AFF0C6C" w14:textId="0FAE7634">
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F25456">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="3AFF0C6C" w14:textId="0FAE7634">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>ICDDsbltyNm</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A01717" w:rsidRDefault="00F25456" w14:paraId="658C5C01" w14:textId="0D8B06EF">
-            <w:r w:rsidRPr="00F25456">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="658C5C01" w14:textId="0D8B06EF" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>International Classification of Diseases</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId12">
-              <w:r w:rsidRPr="007003AB">
+            <w:hyperlink r:id="R161af5e9bb5848f9">
+              <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ICD</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00A01717">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A01717">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> code and name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="009E411E" w:rsidRDefault="007124D7" w14:paraId="54B28B39" w14:textId="20498D89">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="54B28B39" w14:textId="20498D89" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00D02437" w:rsidP="00D02437" w:rsidRDefault="00D02437" w14:paraId="5D96CC48" w14:textId="77777777">
+          <w:p w:rsidR="00D02437" w:rsidP="5AF767D3" w:rsidRDefault="00D02437" w14:paraId="5D96CC48" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D02437">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>G35 - Multiple sclerosis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="00D02437" w:rsidRDefault="00F25456" w14:paraId="1CD6AB43" w14:textId="77777777">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="1CD6AB43" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>G80 - Cerebral palsy</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D02437" w:rsidP="00D02437" w:rsidRDefault="00D02437" w14:paraId="33AE02E0" w14:textId="498D6B5D">
+          <w:p w:rsidR="00D02437" w:rsidP="5AF767D3" w:rsidRDefault="00D02437" w14:paraId="33AE02E0" w14:textId="498D6B5D" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D02437">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">F20 </w:t>
             </w:r>
-            <w:r w:rsidR="00111382">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D02437">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Schizophrenia</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00111382" w:rsidP="00111382" w:rsidRDefault="00111382" w14:paraId="43D5436D" w14:textId="77777777">
+          <w:p w:rsidR="00111382" w:rsidP="5AF767D3" w:rsidRDefault="00111382" w14:paraId="43D5436D" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00111382">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>H90 - Hearing loss</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00813ED8" w:rsidP="00111382" w:rsidRDefault="00813ED8" w14:paraId="4670F8B5" w14:textId="2A458D35">
+          <w:p w:rsidR="00813ED8" w:rsidP="5AF767D3" w:rsidRDefault="00813ED8" w14:paraId="4670F8B5" w14:textId="2A458D35" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00813ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="5AD04018" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="5AD04018" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00F25456" w14:paraId="25CE615E" w14:textId="24AEE309">
-            <w:r>
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="25CE615E" w14:textId="24AEE309" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="00111382" w:rsidRDefault="00632045" w14:paraId="797A0F76" w14:textId="75D0664C">
-            <w:r>
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00632045" w14:paraId="797A0F76" w14:textId="75D0664C" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00632045">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:r w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="00A43A09">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">participants </w:t>
             </w:r>
-            <w:r w:rsidR="007003AB">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">where the disability was </w:t>
             </w:r>
-            <w:r w:rsidR="00111382">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>recorded</w:t>
             </w:r>
-            <w:r w:rsidR="007003AB">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> as primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007003AB" w:rsidP="008210E6" w:rsidRDefault="007003AB" w14:paraId="4077DCDA" w14:textId="77777777">
+          <w:p w:rsidR="007003AB" w:rsidP="5AF767D3" w:rsidRDefault="007003AB" w14:paraId="4077DCDA" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Only one disability can be </w:t>
             </w:r>
-            <w:r w:rsidR="00111382">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>recorded</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> as primary</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="00995094" w:rsidP="008210E6" w:rsidRDefault="00995094" w14:paraId="5AB02A89" w14:textId="519602D3">
+          <w:p w:rsidRPr="00AA2F2B" w:rsidR="00995094" w:rsidP="5AF767D3" w:rsidRDefault="00995094" w14:paraId="5AB02A89" w14:textId="519602D3" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Low participant counts have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modified</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> along with any related data to protect the privacy of participants. The aggregated totals have not been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modified</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00326225" w:rsidP="00503C86" w:rsidRDefault="00A43A09" w14:paraId="70146E16" w14:textId="2FD17E1D">
+          <w:p w:rsidR="00326225" w:rsidP="5AF767D3" w:rsidRDefault="00A43A09" w14:paraId="70146E16" w14:textId="2FD17E1D" w14:noSpellErr="1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD4000">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="7C64FE24" w14:paraId="4BB71BDA" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="4BB71BDA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00A7151A" w:rsidRDefault="00F25456" w14:paraId="0237CD89" w14:textId="3A7B3187">
-            <w:r>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="0237CD89" w14:textId="3A7B3187" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00E67859" w:rsidRDefault="00632045" w14:paraId="31D4BB11" w14:textId="5A8C55F3">
-            <w:r>
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00632045" w14:paraId="31D4BB11" w14:textId="5A8C55F3" w14:noSpellErr="1">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00632045">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:r w:rsidR="00B109C7">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00B109C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidR="00ED6B35">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00ED6B35">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>participants</w:t>
             </w:r>
-            <w:r w:rsidR="00B109C7">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00B109C7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> who reported the disability</w:t>
             </w:r>
-            <w:r w:rsidR="0068760E">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="0068760E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> (including primary or non-primary disabilities)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcW w:w="3249" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00855F70" w:rsidP="00AA4C46" w:rsidRDefault="00855F70" w14:paraId="25E41139" w14:textId="77777777">
+          <w:p w:rsidR="00855F70" w:rsidP="5AF767D3" w:rsidRDefault="00855F70" w14:paraId="25E41139" w14:textId="77777777" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00855F70">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">More than one disability can be listed for </w:t>
             </w:r>
-            <w:r w:rsidR="00AA4C46">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00AA4C46">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">each </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00855F70">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>participant</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00995094" w:rsidP="00AA4C46" w:rsidRDefault="00995094" w14:paraId="67F15064" w14:textId="38924DA3">
+          <w:p w:rsidR="00995094" w:rsidP="5AF767D3" w:rsidRDefault="00995094" w14:paraId="67F15064" w14:textId="38924DA3" w14:noSpellErr="1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Low participant counts have been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modified</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> along with any related data to protect the privacy of participants. The aggregated totals have not been </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modified</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3327" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="00DD4000" w:rsidRDefault="00A43A09" w14:paraId="680966BC" w14:textId="1965F7E9">
+          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00A43A09" w14:paraId="680966BC" w14:textId="1965F7E9" w14:noSpellErr="1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD4000">
+            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00855F70" w:rsidP="003537FB" w:rsidRDefault="00855F70" w14:paraId="25823551" w14:textId="77777777"/>
     <w:p w:rsidR="008F0766" w:rsidP="008F0766" w:rsidRDefault="008F0766" w14:paraId="682B3548" w14:textId="5D9F1A50">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc203656621" w:id="5"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w:rsidR="00B90C4D" w:rsidP="00B90C4D" w:rsidRDefault="00B90C4D" w14:paraId="31B58C74" w14:textId="2A91B5E2">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc25751176" w:id="6"/>
       <w:bookmarkStart w:name="_Toc25751219" w:id="7"/>
@@ -1667,71 +2319,71 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00860313">
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Autism disability group</w:t>
       </w:r>
       <w:r w:rsidR="00860313">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009E411E" w:rsidR="00557D8E" w:rsidP="003537FB" w:rsidRDefault="00557D8E" w14:paraId="14A3883A" w14:textId="77777777"/>
     <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="09EC4296" w14:textId="1F55BA51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc203656623" w:id="11"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="098A84F7" w:rsidRDefault="000B7A2E" w14:paraId="47C33082" w14:textId="4498AF58">
+    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="098A84F7" w:rsidRDefault="000B7A2E" w14:paraId="47C33082" w14:textId="325DE48F">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A84F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00813ED8">
+      <w:r w:rsidR="006751D3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="006B5B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B0EF6" w:rsidR="002F0D68" w:rsidP="00BF000D" w:rsidRDefault="000B7A2E" w14:paraId="267B34E8" w14:textId="75920FDA">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -4704,81 +5356,83 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1686320163">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1910337249">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1010522093">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1989705070">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="628904515">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="645816804">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00044A3F"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="00093DBD"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A45D4"/>
+    <w:rsid w:val="000B40E5"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="00111382"/>
     <w:rsid w:val="0011294A"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00136BDB"/>
     <w:rsid w:val="001501BA"/>
     <w:rsid w:val="00197A8D"/>
     <w:rsid w:val="001B0895"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E55C4"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00282AB6"/>
     <w:rsid w:val="002D39D5"/>
     <w:rsid w:val="002F0D68"/>
     <w:rsid w:val="003026AD"/>
     <w:rsid w:val="00326225"/>
     <w:rsid w:val="00327C41"/>
     <w:rsid w:val="0033669C"/>
     <w:rsid w:val="00343949"/>
     <w:rsid w:val="003457E1"/>
     <w:rsid w:val="00346D61"/>
@@ -4790,61 +5444,63 @@
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D26E7"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E3EE2"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00455A35"/>
     <w:rsid w:val="00480529"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B29C2"/>
     <w:rsid w:val="004B41DF"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E271D"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="00503C86"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00557D8E"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005A3B49"/>
     <w:rsid w:val="005A4163"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B5ACE"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005E7F23"/>
     <w:rsid w:val="00605CAC"/>
     <w:rsid w:val="00616CC5"/>
     <w:rsid w:val="00632045"/>
     <w:rsid w:val="00645CCD"/>
     <w:rsid w:val="0065793A"/>
     <w:rsid w:val="00667792"/>
+    <w:rsid w:val="006751D3"/>
     <w:rsid w:val="0068760E"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B5B72"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="007003AB"/>
     <w:rsid w:val="007124D7"/>
     <w:rsid w:val="007472C4"/>
     <w:rsid w:val="0075333E"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00813ED8"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008210E6"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00854883"/>
     <w:rsid w:val="00855F70"/>
     <w:rsid w:val="00860313"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0089311B"/>
@@ -4917,70 +5573,69 @@
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D82B4D"/>
     <w:rsid w:val="00DA135E"/>
     <w:rsid w:val="00DA5789"/>
     <w:rsid w:val="00DD4000"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE7EBC"/>
     <w:rsid w:val="00E1636D"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E67859"/>
     <w:rsid w:val="00E70D15"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EA0940"/>
     <w:rsid w:val="00EB277B"/>
     <w:rsid w:val="00EC0EF6"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED6B35"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00EF204F"/>
     <w:rsid w:val="00F25456"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F46BAF"/>
+    <w:rsid w:val="00F50D4F"/>
     <w:rsid w:val="00F619B7"/>
     <w:rsid w:val="00F66AD8"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F833A3"/>
     <w:rsid w:val="00FA4776"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FD1751"/>
     <w:rsid w:val="00FF149B"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="098A84F7"/>
-    <w:rsid w:val="120968FF"/>
     <w:rsid w:val="14137E3B"/>
-    <w:rsid w:val="1FCF3292"/>
+    <w:rsid w:val="2242242A"/>
     <w:rsid w:val="32485605"/>
-    <w:rsid w:val="368DFE6E"/>
     <w:rsid w:val="42B70674"/>
     <w:rsid w:val="48EB3D0F"/>
+    <w:rsid w:val="5AF767D3"/>
     <w:rsid w:val="62EB2725"/>
-    <w:rsid w:val="7C64FE24"/>
     <w:rsid w:val="7E234824"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6397,51 +7052,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1974942411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="R161af5e9bb5848f9" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -6535,50 +7190,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F85E2A"/>
     <w:rsid w:val="00200C2C"/>
     <w:rsid w:val="0033669C"/>
     <w:rsid w:val="004B5D50"/>
     <w:rsid w:val="004E271D"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005A465B"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="00AF7910"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00F85E2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
@@ -7295,56 +7951,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7541,97 +8213,87 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3965193-9493-44CD-9931-C6C1AE595AE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CDD750E-745F-4251-8E72-BE6D5E098E03}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22851CBF-5EEB-482E-9200-1A73D35D4292}"/>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3965193-9493-44CD-9931-C6C1AE595AE9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal.dotm</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company>FaHCSIA</ap:Company>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>