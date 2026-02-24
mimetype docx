--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -18,156 +18,149 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="004B29C2" w:rsidR="00FA6BAB" w:rsidP="00BD41CA" w:rsidRDefault="0065793A" w14:paraId="49FBF8F3" w14:textId="202F735D">
+    <w:p w14:paraId="49FBF8F3" w14:textId="202F735D" w:rsidR="00FA6BAB" w:rsidRPr="004B29C2" w:rsidRDefault="0065793A" w:rsidP="00BD41CA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656619" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc203656619"/>
       <w:r>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="00632045">
         <w:t>numbers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by diagnosis - </w:t>
       </w:r>
       <w:r w:rsidR="001501BA">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidR="00AD0837">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B29C2" w:rsidR="00D403AD">
+      <w:r w:rsidR="00D403AD" w:rsidRPr="004B29C2">
         <w:t>ules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkStart w:name="_Toc13748872" w:displacedByCustomXml="next" w:id="1"/>
+    <w:bookmarkStart w:id="1" w:name="_Toc13748872" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-788893894"/>
-[...3 lines deleted...]
-        </w:docPartObj>
         <w:rPr>
-          <w:rFonts w:eastAsia="" w:cs="" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
+        <w:id w:val="-788893894"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="" w:cs="" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidRPr="0075333E" w:rsidR="00860313" w:rsidRDefault="00860313" w14:paraId="3D0DC306" w14:textId="58B3101A">
+        <w:p w14:paraId="3D0DC306" w14:textId="58B3101A" w:rsidR="00860313" w:rsidRPr="0075333E" w:rsidRDefault="00860313">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="26"/>
               <w:lang w:bidi="ar-SA"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0075333E">
             <w:rPr>
               <w:color w:val="auto"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="26"/>
               <w:lang w:bidi="ar-SA"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00C5687C" w:rsidRDefault="00860313" w14:paraId="329AB708" w14:textId="48220181">
+        <w:p w14:paraId="329AB708" w14:textId="48220181" w:rsidR="00C5687C" w:rsidRDefault="00860313">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656619">
-            <w:r w:rsidRPr="00FF0FFE" w:rsidR="00C5687C">
+          <w:hyperlink w:anchor="_Toc203656619" w:history="1">
+            <w:r w:rsidR="00C5687C" w:rsidRPr="00FF0FFE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participant numbers by diagnosis - data rules</w:t>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -180,67 +173,67 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C5687C">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00C5687C" w:rsidRDefault="00C5687C" w14:paraId="746C81E6" w14:textId="5BD409E5">
+        <w:p w14:paraId="746C81E6" w14:textId="5BD409E5" w:rsidR="00C5687C" w:rsidRDefault="00C5687C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656620">
+          <w:hyperlink w:anchor="_Toc203656620" w:history="1">
             <w:r w:rsidRPr="00FF0FFE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participant numbers by diagnosis possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -254,67 +247,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00C5687C" w:rsidRDefault="00C5687C" w14:paraId="01C04626" w14:textId="57DA119F">
+        <w:p w14:paraId="01C04626" w14:textId="57DA119F" w:rsidR="00C5687C" w:rsidRDefault="00C5687C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656621">
+          <w:hyperlink w:anchor="_Toc203656621" w:history="1">
             <w:r w:rsidRPr="00FF0FFE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>How to use the data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -328,67 +321,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00C5687C" w:rsidRDefault="00C5687C" w14:paraId="484FE15E" w14:textId="37907C87">
+        <w:p w14:paraId="484FE15E" w14:textId="37907C87" w:rsidR="00C5687C" w:rsidRDefault="00C5687C">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656622">
+          <w:hyperlink w:anchor="_Toc203656622" w:history="1">
             <w:r w:rsidRPr="00FF0FFE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Example: How many NDIS participants have Autism as their primary disability group as at the end of quarter?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -402,67 +395,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00C5687C" w:rsidRDefault="00C5687C" w14:paraId="3B85AA85" w14:textId="3EBA58F0">
+        <w:p w14:paraId="3B85AA85" w14:textId="3EBA58F0" w:rsidR="00C5687C" w:rsidRDefault="00C5687C">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656623">
+          <w:hyperlink w:anchor="_Toc203656623" w:history="1">
             <w:r w:rsidRPr="00FF0FFE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -476,1976 +469,1905 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="00860313" w:rsidRDefault="00860313" w14:paraId="53FF9C0A" w14:textId="11EB72DB">
+        <w:p w14:paraId="53FF9C0A" w14:textId="11EB72DB" w:rsidR="00860313" w:rsidRDefault="00860313">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidRPr="00C33F7A" w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="00CF3CDE" w14:paraId="27410A16" w14:textId="50C86203">
+    <w:p w14:paraId="27410A16" w14:textId="50C86203" w:rsidR="00FA6BAB" w:rsidRPr="00C33F7A" w:rsidRDefault="00CF3CDE" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656620" w:id="2"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc203656620"/>
       <w:r>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="00632045">
         <w:t>numbers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by diagnosis possible values and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00B87B45" w:rsidP="003537FB" w:rsidRDefault="00C03E93" w14:paraId="0B68676E" w14:textId="1E911CD8">
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc13752024" w:id="4"/>
+    <w:p w14:paraId="0B68676E" w14:textId="1E911CD8" w:rsidR="00B87B45" w:rsidRDefault="00C03E93" w:rsidP="003537FB">
+      <w:bookmarkStart w:id="3" w:name="_Toc13748873"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc13752024"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">The NDIA receives information from participants on diagnoses. This information is captured in the ICT </w:t>
       </w:r>
       <w:r w:rsidR="00F46BAF">
         <w:t>system, n</w:t>
       </w:r>
       <w:r>
         <w:t>oting no independent validation of the diagnosis is undertaken</w:t>
       </w:r>
       <w:r w:rsidR="00B87B45">
         <w:t>. These diagnoses have been grouped into disability groups on a one-to-one basis, recognising that there is no</w:t>
       </w:r>
       <w:r w:rsidR="00D02437">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00B87B45">
         <w:t xml:space="preserve"> always a perfect one-to-one match.</w:t>
       </w:r>
       <w:r w:rsidR="00860313">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B87B45">
         <w:t xml:space="preserve">A primary disability is chosen based on the disability with the greatest impact on functional capacity, noting </w:t>
       </w:r>
       <w:r w:rsidR="00A01717">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00B87B45">
         <w:t>there are limitations with this approach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02437" w:rsidP="003537FB" w:rsidRDefault="007124D7" w14:paraId="34D82C41" w14:textId="6164CFEB">
+    <w:p w14:paraId="34D82C41" w14:textId="6164CFEB" w:rsidR="00D02437" w:rsidRDefault="007124D7" w:rsidP="003537FB">
       <w:r w:rsidRPr="00F25456">
         <w:t>The data</w:t>
       </w:r>
       <w:r w:rsidR="00BD41CA">
         <w:t xml:space="preserve"> in this table</w:t>
       </w:r>
       <w:r w:rsidRPr="00F25456">
         <w:t xml:space="preserve"> provides </w:t>
       </w:r>
       <w:r w:rsidR="00BD41CA">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00855F70">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00632045">
         <w:t>number</w:t>
       </w:r>
       <w:r w:rsidR="00855F70">
         <w:t xml:space="preserve"> of participants by prima</w:t>
       </w:r>
       <w:r w:rsidR="00D02437">
         <w:t>ry disability group and diagnose</w:t>
       </w:r>
       <w:r w:rsidR="00855F70">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D02437">
         <w:t>. These diagnoses</w:t>
       </w:r>
       <w:r w:rsidR="00855F70">
         <w:t xml:space="preserve"> are based on </w:t>
       </w:r>
       <w:r w:rsidR="00AA4C46">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
-        <w:r w:rsidRPr="00D02437" w:rsidR="00D02437">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00D02437" w:rsidRPr="00D02437">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>International Classification of Diseases</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D02437">
         <w:t xml:space="preserve"> (ICD).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00901C2C" w:rsidP="003537FB" w:rsidRDefault="00901C2C" w14:paraId="490DFF2D" w14:textId="77777777"/>
+    <w:p w14:paraId="490DFF2D" w14:textId="77777777" w:rsidR="00901C2C" w:rsidRDefault="00901C2C" w:rsidP="003537FB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2062"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="3249"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="5AA47D6C" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w14:paraId="5AA47D6C" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="53046A21" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="53046A21" w14:textId="77777777" w:rsidR="007124D7" w:rsidRPr="009465EB" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="6B685E62" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="6B685E62" w14:textId="77777777" w:rsidR="007124D7" w:rsidRPr="009465EB" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="1DF9D31C" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1DF9D31C" w14:textId="77777777" w:rsidR="007124D7" w:rsidRPr="009465EB" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00CF3CDE" w14:paraId="1424963E" w14:textId="10765D19" w14:noSpellErr="1">
+          <w:p w14:paraId="1424963E" w14:textId="10765D19" w:rsidR="007124D7" w:rsidRPr="009465EB" w:rsidRDefault="00CF3CDE" w:rsidP="5AF767D3">
             <w:pPr>
               <w:rPr>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CF3CDE">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
-[...2 lines deleted...]
-                <w:bCs w:val="1"/>
+            <w:r w:rsidR="007124D7" w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="2301CE96" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w:rsidRPr="00EE4219" w14:paraId="2301CE96" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="736C7B36" w14:textId="77777777">
+          <w:p w14:paraId="736C7B36" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RprtDt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="23BFC4CC" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="23BFC4CC" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="0EED9B75" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="0EED9B75" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="3A49B83A" w14:textId="7FA37172" w14:noSpellErr="1">
+          <w:p w14:paraId="3A49B83A" w14:textId="7FA37172" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="006751D3" w:rsidP="5AF767D3" w:rsidRDefault="006751D3" w14:paraId="7EBA88DB" w14:textId="1A28D9CA" w14:noSpellErr="1">
+          <w:p w14:paraId="1F1E8BE0" w14:textId="28AAE680" w:rsidR="00595FDE" w:rsidRDefault="00595FDE" w:rsidP="00595FDE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="006751D3">
-[...11 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B0EF6" w:rsidP="5AF767D3" w:rsidRDefault="008B0EF6" w14:paraId="4FD551F7" w14:textId="2ADF2C12" w14:noSpellErr="1">
+          <w:p w14:paraId="7EBA88DB" w14:textId="1A28D9CA" w:rsidR="006751D3" w:rsidRDefault="006751D3" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="008B0EF6">
-[...18 lines deleted...]
-              <w:t>-Jun-25</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30-Sep-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF204F" w:rsidP="5AF767D3" w:rsidRDefault="00EF204F" w14:paraId="289D9F24" w14:textId="45B64AA5" w14:noSpellErr="1">
+          <w:p w14:paraId="4FD551F7" w14:textId="2ADF2C12" w:rsidR="008B0EF6" w:rsidRDefault="008B0EF6" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00EF204F">
-[...4 lines deleted...]
-              <w:t>31-Mar-25</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006751D3" w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-Jun-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002F0D68" w:rsidP="5AF767D3" w:rsidRDefault="002F0D68" w14:paraId="619A1A1B" w14:textId="2431E151" w14:noSpellErr="1">
+          <w:p w14:paraId="289D9F24" w14:textId="45B64AA5" w:rsidR="00EF204F" w:rsidRDefault="00EF204F" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="002F0D68">
-[...4 lines deleted...]
-              <w:t>31-Dec-24</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31-Mar-25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D02437" w:rsidR="003457E1" w:rsidP="5AF767D3" w:rsidRDefault="008E4179" w14:paraId="1DDC2EF2" w14:textId="37324CBA">
+          <w:p w14:paraId="1DDC2EF2" w14:textId="37324CBA" w:rsidR="003457E1" w:rsidRPr="00D02437" w:rsidRDefault="00EF204F" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00EF204F">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="00F619B7" w:rsidTr="5AF767D3" w14:paraId="64E1A857" w14:textId="77777777">
+      <w:tr w:rsidR="00F619B7" w:rsidRPr="00EE4219" w14:paraId="64E1A857" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00F619B7" w14:paraId="212E87B5" w14:textId="24A2EEA2">
+          <w:p w14:paraId="212E87B5" w14:textId="24A2EEA2" w:rsidR="00F619B7" w:rsidRPr="00F833A3" w:rsidRDefault="00F619B7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F619B7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>StateCd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00F619B7" w14:paraId="1118E341" w14:textId="5CDED51F" w14:noSpellErr="1">
+          <w:p w14:paraId="1118E341" w14:textId="5CDED51F" w:rsidR="00F619B7" w:rsidRPr="00F833A3" w:rsidRDefault="00F619B7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F619B7">
-[...11 lines deleted...]
-              <w:t>resides</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="003026AD" w14:paraId="02D2E672" w14:textId="0FFDB731" w14:noSpellErr="1">
+          <w:p w14:paraId="02D2E672" w14:textId="0FFDB731" w:rsidR="00F619B7" w:rsidRPr="00F833A3" w:rsidRDefault="003026AD" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State code was added</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="003457E1">
+            <w:r w:rsidR="003457E1" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F50D4F">
+            <w:r w:rsidR="00F50D4F" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="003457E1">
+            <w:r w:rsidR="003457E1" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 30 June 20</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Data </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="000B40E5">
+            <w:r w:rsidR="000B40E5" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>prior to this</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="003026AD">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> has “N/A” in the state code field.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6BACE9C4" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="6BACE9C4" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6390F917" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="6390F917" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="4BB0CEFB" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="4BB0CEFB" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5901550A" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="5901550A" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="23284304" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="23284304" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5A9FB6E2" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="5A9FB6E2" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="3C37F26A" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="3C37F26A" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="495B9F14" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="495B9F14" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="5AF2A28C" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="5AF2A28C" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00136BDB" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="2952BE5C" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="2952BE5C" w14:textId="77777777" w:rsidR="00136BDB" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F833A3" w:rsidR="00F619B7" w:rsidP="5AF767D3" w:rsidRDefault="00136BDB" w14:paraId="6FDF4EDF" w14:textId="665D9FAB" w14:noSpellErr="1">
+          <w:p w14:paraId="6FDF4EDF" w14:textId="665D9FAB" w:rsidR="00F619B7" w:rsidRPr="00F833A3" w:rsidRDefault="00136BDB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00136BDB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="4672BE65" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w14:paraId="4672BE65" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="4339085F" w14:textId="7ED9E1E7">
+          <w:p w14:paraId="4339085F" w14:textId="7ED9E1E7" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NDIS</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidR="007124D7" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="7E0309E3" w14:textId="2AFBC726" w14:noSpellErr="1">
+          <w:p w14:paraId="7E0309E3" w14:textId="2AFBC726" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NDIS </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidR="007124D7" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disability group</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00FA4776">
+            <w:r w:rsidR="00FA4776" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+            <w:r w:rsidR="00CD293B" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the participant’s primary reported disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CD293B" w:rsidP="5AF767D3" w:rsidRDefault="00CD293B" w14:paraId="0D8F41CD" w14:textId="2C33A93B" w14:noSpellErr="1">
+          <w:p w14:paraId="0D8F41CD" w14:textId="2C33A93B" w:rsidR="00CD293B" w:rsidRDefault="00CD293B" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The values of this field reflect the disability groups included in the quarterly reports published by the NDIS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00CD293B" w14:paraId="43B52B9E" w14:textId="464754EB" w14:noSpellErr="1">
+          <w:p w14:paraId="43B52B9E" w14:textId="464754EB" w:rsidR="007124D7" w:rsidRDefault="00CD293B" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00CD293B">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Down syndrome is included under intellectual disability group</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008F4C3F" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="7E234824" w14:paraId="559F4073" w14:textId="7FB01BB4" w14:noSpellErr="1">
+          <w:p w14:paraId="559F4073" w14:textId="7FB01BB4" w:rsidR="007124D7" w:rsidRPr="008F4C3F" w:rsidRDefault="7E234824" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="7E234824">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>“Missing” disability is reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="7B08C295" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="7B08C295" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Autism</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="019BC5FF" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="019BC5FF" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental delay </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="500776B1" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="500776B1" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Intellectual Disability</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00813ED8" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="3A70F0D1" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="3A70F0D1" w14:textId="77777777" w:rsidR="00813ED8" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007124D7">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Psychosocial disability</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00813ED8" w14:paraId="041C22E1" w14:textId="19D3539A" w14:noSpellErr="1">
+          <w:p w14:paraId="041C22E1" w14:textId="19D3539A" w:rsidR="007124D7" w:rsidRDefault="00813ED8" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00813ED8">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="77021436" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w14:paraId="77021436" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="3AFF0C6C" w14:textId="0FAE7634">
+          <w:p w14:paraId="3AFF0C6C" w14:textId="0FAE7634" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ICDDsbltyNm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="658C5C01" w14:textId="0D8B06EF" w14:noSpellErr="1">
+          <w:p w14:paraId="658C5C01" w14:textId="0D8B06EF" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
-[...14 lines deleted...]
-              <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>International Classification of Diseases (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidRPr="5AF767D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ICD</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A01717">
+            <w:r w:rsidR="00A01717" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> code and name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="007124D7" w14:paraId="54B28B39" w14:textId="20498D89" w14:noSpellErr="1">
+          <w:p w14:paraId="54B28B39" w14:textId="20498D89" w:rsidR="007124D7" w:rsidRDefault="007124D7" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00D02437" w:rsidP="5AF767D3" w:rsidRDefault="00D02437" w14:paraId="5D96CC48" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="5D96CC48" w14:textId="77777777" w:rsidR="00D02437" w:rsidRDefault="00D02437" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>G35 - Multiple sclerosis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="1CD6AB43" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="1CD6AB43" w14:textId="77777777" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>G80 - Cerebral palsy</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D02437" w:rsidP="5AF767D3" w:rsidRDefault="00D02437" w14:paraId="33AE02E0" w14:textId="498D6B5D" w14:noSpellErr="1">
+          <w:p w14:paraId="33AE02E0" w14:textId="498D6B5D" w:rsidR="00D02437" w:rsidRDefault="00D02437" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">F20 </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+            <w:r w:rsidR="00111382" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00D02437">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Schizophrenia</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00111382" w:rsidP="5AF767D3" w:rsidRDefault="00111382" w14:paraId="43D5436D" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="43D5436D" w14:textId="77777777" w:rsidR="00111382" w:rsidRDefault="00111382" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H90 - Hearing loss</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00813ED8" w:rsidP="5AF767D3" w:rsidRDefault="00813ED8" w14:paraId="4670F8B5" w14:textId="2A458D35" w14:noSpellErr="1">
+          <w:p w14:paraId="4670F8B5" w14:textId="2A458D35" w:rsidR="00813ED8" w:rsidRDefault="00813ED8" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00813ED8">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="5AD04018" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w14:paraId="5AD04018" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="25CE615E" w14:textId="24AEE309" w14:noSpellErr="1">
+          <w:p w14:paraId="25CE615E" w14:textId="24AEE309" w:rsidR="007124D7" w:rsidRPr="00AA2F2B" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00632045" w14:paraId="797A0F76" w14:textId="75D0664C" w14:noSpellErr="1">
+          <w:p w14:paraId="797A0F76" w14:textId="75D0664C" w:rsidR="007124D7" w:rsidRPr="00AA2F2B" w:rsidRDefault="00632045" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00632045">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidR="00F25456" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
+            <w:r w:rsidR="00A43A09" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">participants </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+            <w:r w:rsidR="007003AB" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">where the disability was </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+            <w:r w:rsidR="00111382" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>recorded</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+            <w:r w:rsidR="007003AB" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007003AB" w:rsidP="5AF767D3" w:rsidRDefault="007003AB" w14:paraId="4077DCDA" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="4077DCDA" w14:textId="77777777" w:rsidR="007003AB" w:rsidRDefault="007003AB" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Only one disability can be </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00111382">
+            <w:r w:rsidR="00111382" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>recorded</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="007003AB">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> as primary</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00AA2F2B" w:rsidR="00995094" w:rsidP="5AF767D3" w:rsidRDefault="00995094" w14:paraId="5AB02A89" w14:textId="519602D3" w14:noSpellErr="1">
+          <w:p w14:paraId="5AB02A89" w14:textId="519602D3" w:rsidR="00995094" w:rsidRPr="00AA2F2B" w:rsidRDefault="00995094" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00326225" w:rsidP="5AF767D3" w:rsidRDefault="00A43A09" w14:paraId="70146E16" w14:textId="2FD17E1D" w14:noSpellErr="1">
+          <w:p w14:paraId="70146E16" w14:textId="2FD17E1D" w:rsidR="00326225" w:rsidRDefault="00A43A09" w:rsidP="5AF767D3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007124D7" w:rsidTr="5AF767D3" w14:paraId="4BB71BDA" w14:textId="77777777">
+      <w:tr w:rsidR="007124D7" w14:paraId="4BB71BDA" w14:textId="77777777" w:rsidTr="5AF767D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2062" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00F25456" w14:paraId="0237CD89" w14:textId="3A7B3187" w14:noSpellErr="1">
+          <w:p w14:paraId="0237CD89" w14:textId="3A7B3187" w:rsidR="007124D7" w:rsidRDefault="00F25456" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00F25456">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reported</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00632045" w14:paraId="31D4BB11" w14:textId="5A8C55F3" w14:noSpellErr="1">
+          <w:p w14:paraId="31D4BB11" w14:textId="5A8C55F3" w:rsidR="007124D7" w:rsidRDefault="00632045" w:rsidP="5AF767D3">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00632045">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00B109C7">
+            <w:r w:rsidR="00B109C7" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00ED6B35">
+            <w:r w:rsidR="00ED6B35" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>participants</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00B109C7">
+            <w:r w:rsidR="00B109C7" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> who reported the disability</w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="0068760E">
+            <w:r w:rsidR="0068760E" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (including primary or non-primary disabilities)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3249" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00855F70" w:rsidP="5AF767D3" w:rsidRDefault="00855F70" w14:paraId="25E41139" w14:textId="77777777" w14:noSpellErr="1">
+          <w:p w14:paraId="25E41139" w14:textId="77777777" w:rsidR="00855F70" w:rsidRDefault="00855F70" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00855F70">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">More than one disability can be listed for </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00AA4C46">
+            <w:r w:rsidR="00AA4C46" w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">each </w:t>
             </w:r>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00855F70">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>participant</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00995094" w:rsidP="5AF767D3" w:rsidRDefault="00995094" w14:paraId="67F15064" w14:textId="38924DA3" w14:noSpellErr="1">
+          <w:p w14:paraId="67F15064" w14:textId="38924DA3" w:rsidR="00995094" w:rsidRDefault="00995094" w:rsidP="5AF767D3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00995094">
-[...32 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="5AF767D3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="007124D7" w:rsidP="5AF767D3" w:rsidRDefault="00A43A09" w14:paraId="680966BC" w14:textId="1965F7E9" w14:noSpellErr="1">
+          <w:p w14:paraId="680966BC" w14:textId="1965F7E9" w:rsidR="007124D7" w:rsidRDefault="00A43A09" w:rsidP="5AF767D3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5AF767D3" w:rsidR="00A43A09">
+            <w:r w:rsidRPr="5AF767D3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00855F70" w:rsidP="003537FB" w:rsidRDefault="00855F70" w14:paraId="25823551" w14:textId="77777777"/>
-    <w:p w:rsidR="008F0766" w:rsidP="008F0766" w:rsidRDefault="008F0766" w14:paraId="682B3548" w14:textId="5D9F1A50">
+    <w:p w14:paraId="25823551" w14:textId="77777777" w:rsidR="00855F70" w:rsidRDefault="00855F70" w:rsidP="003537FB"/>
+    <w:p w14:paraId="0C900E75" w14:textId="77777777" w:rsidR="00012A5C" w:rsidRDefault="00012A5C" w:rsidP="008F0766">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656621" w:id="5"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc203656621"/>
+    </w:p>
+    <w:p w14:paraId="682B3548" w14:textId="3EC7A84B" w:rsidR="008F0766" w:rsidRDefault="008F0766" w:rsidP="008F0766">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w:rsidR="00B90C4D" w:rsidP="00B90C4D" w:rsidRDefault="00B90C4D" w14:paraId="31B58C74" w14:textId="2A91B5E2">
+    <w:p w14:paraId="31B58C74" w14:textId="2A91B5E2" w:rsidR="00B90C4D" w:rsidRDefault="00B90C4D" w:rsidP="00B90C4D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc25751176" w:id="6"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Toc203656622" w:id="10"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc25751176"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc25751219"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc25913704"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc26186757"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc203656622"/>
       <w:r>
         <w:t xml:space="preserve">Example: How many NDIS participants have Autism as their primary disability group as at </w:t>
       </w:r>
       <w:r w:rsidR="00BF000D">
         <w:t>the end of quarter</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00B90C4D" w:rsidP="00B90C4D" w:rsidRDefault="00B90C4D" w14:paraId="1CDA1B81" w14:textId="03EBDE04">
+    <w:p w14:paraId="1CDA1B81" w14:textId="03EBDE04" w:rsidR="00B90C4D" w:rsidRDefault="00B90C4D" w:rsidP="00B90C4D">
       <w:r>
         <w:t xml:space="preserve">Apply the following filters </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B5B72" w:rsidR="006B5B72">
+      <w:r w:rsidR="006B5B72" w:rsidRPr="006B5B72">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NDISDsbltyGrpNm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=”Autism</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90C4D" w:rsidP="00B90C4D" w:rsidRDefault="00B90C4D" w14:paraId="765DE3C6" w14:textId="627A31DB">
+    <w:p w14:paraId="765DE3C6" w14:textId="627A31DB" w:rsidR="00B90C4D" w:rsidRDefault="00B90C4D" w:rsidP="00B90C4D">
       <w:r>
         <w:t xml:space="preserve">This will show the ICD disabilities and the participant </w:t>
       </w:r>
       <w:r w:rsidR="00632045">
         <w:t>numbers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00860313">
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Autism disability group</w:t>
       </w:r>
       <w:r w:rsidR="00860313">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009E411E" w:rsidR="00557D8E" w:rsidP="003537FB" w:rsidRDefault="00557D8E" w14:paraId="14A3883A" w14:textId="77777777"/>
-    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="09EC4296" w14:textId="1F55BA51">
+    <w:p w14:paraId="14A3883A" w14:textId="77777777" w:rsidR="00557D8E" w:rsidRPr="009E411E" w:rsidRDefault="00557D8E" w:rsidP="003537FB"/>
+    <w:p w14:paraId="09EC4296" w14:textId="1F55BA51" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656623" w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc203656623"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="098A84F7" w:rsidRDefault="000B7A2E" w14:paraId="47C33082" w14:textId="325DE48F">
+    <w:p w14:paraId="47C33082" w14:textId="00725F89" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="098A84F7">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="098A84F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="006751D3">
+      <w:r w:rsidR="00012A5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="006B5B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008B0EF6" w:rsidR="002F0D68" w:rsidP="00BF000D" w:rsidRDefault="000B7A2E" w14:paraId="267B34E8" w14:textId="75920FDA">
+    <w:p w14:paraId="267B34E8" w14:textId="75920FDA" w:rsidR="002F0D68" w:rsidRPr="008B0EF6" w:rsidRDefault="000B7A2E" w:rsidP="00BF000D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
-        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidRPr="008B0EF6" w:rsidR="002F0D68" w:rsidSect="008A0353">
+    <w:sectPr w:rsidR="002F0D68" w:rsidRPr="008B0EF6" w:rsidSect="008A0353">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00645CCD" w:rsidP="002679FC" w:rsidRDefault="00645CCD" w14:paraId="3D2C896A" w14:textId="77777777">
+    <w:p w14:paraId="3D2C896A" w14:textId="77777777" w:rsidR="00645CCD" w:rsidRDefault="00645CCD" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00645CCD" w:rsidP="002679FC" w:rsidRDefault="00645CCD" w14:paraId="582A6987" w14:textId="77777777">
+    <w:p w14:paraId="582A6987" w14:textId="77777777" w:rsidR="00645CCD" w:rsidRDefault="00645CCD" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2480,126 +2402,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00D0019B" w:rsidRDefault="00D0019B" w14:paraId="57333058" w14:textId="78AD23C3">
+  <w:p w14:paraId="57333058" w14:textId="78AD23C3" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00D0019B" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00CC3CF7">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="2E474024" w14:textId="2F040936">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E474024" w14:textId="2F040936" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BDC0B95" wp14:editId="03B527A7">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2636,135 +2558,135 @@
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_1081868574"/>
         </w:placeholder>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00CC3CF7">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00645CCD" w:rsidP="002679FC" w:rsidRDefault="00645CCD" w14:paraId="00F70B40" w14:textId="77777777">
+    <w:p w14:paraId="00F70B40" w14:textId="77777777" w:rsidR="00645CCD" w:rsidRDefault="00645CCD" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00645CCD" w:rsidP="002679FC" w:rsidRDefault="00645CCD" w14:paraId="1C45AB62" w14:textId="77777777">
+    <w:p w14:paraId="1C45AB62" w14:textId="77777777" w:rsidR="00645CCD" w:rsidRDefault="00645CCD" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4F2B30E5" w14:textId="77777777">
+  <w:p w14:paraId="4F2B30E5" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="32485605" w14:paraId="645557D3" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="645557D3" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="32485605" w:rsidP="00AD241C">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34662A59" wp14:editId="0D92D46F">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 5"/>
@@ -2776,2555 +2698,2555 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="39172074" w14:textId="77777777">
+  <w:p w14:paraId="39172074" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4744E412" w14:textId="77777777">
+  <w:p w14:paraId="4744E412" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17525F05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="287C6800"/>
     <w:lvl w:ilvl="0" w:tplc="35404E0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A28430D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5A56F21E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="295AEEEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7374CD7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="B9580AD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08EA48B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CDE09406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="21982852" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="690C5B1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC5190C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86BC3F66"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CB437CE"/>
     <w:lvl w:ilvl="0" w:tplc="8C12FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DC15766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FE8DEAA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="410F30F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE162C1A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="446E6096"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BDE5202"/>
     <w:lvl w:ilvl="0" w:tplc="9D58DDF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F620F086" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DC24ECE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1ABE420E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A17C992E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E6BA1EBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="31444764" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="17D841EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="045A6202" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576047F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC36BDF4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0" w:tplc="12A0DF8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6B3C7F6E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="222449B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6DE0CBD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="7B36664C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E72872DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C2CCAB84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="9D229DB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A36CF94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D5E0A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B100EACA"/>
     <w:lvl w:ilvl="0" w:tplc="0CB003CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2095320483">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1743748795">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1763260671">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1213687084">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1244996325">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="823089449">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1831096539">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1386563626">
@@ -5356,76 +5278,76 @@
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1686320163">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1910337249">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1010522093">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1989705070">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="628904515">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="645816804">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
+    <w:rsid w:val="00012A5C"/>
     <w:rsid w:val="00044A3F"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="00093DBD"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A45D4"/>
     <w:rsid w:val="000B40E5"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="00111382"/>
     <w:rsid w:val="0011294A"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00136BDB"/>
     <w:rsid w:val="001501BA"/>
     <w:rsid w:val="00197A8D"/>
     <w:rsid w:val="001B0895"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E55C4"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00282AB6"/>
     <w:rsid w:val="002D39D5"/>
     <w:rsid w:val="002F0D68"/>
@@ -5438,54 +5360,56 @@
     <w:rsid w:val="00346D61"/>
     <w:rsid w:val="00350DE3"/>
     <w:rsid w:val="003537FB"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003A2B7A"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D26E7"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E3EE2"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00455A35"/>
     <w:rsid w:val="00480529"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B29C2"/>
     <w:rsid w:val="004B41DF"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E271D"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="00503C86"/>
     <w:rsid w:val="005132F4"/>
+    <w:rsid w:val="00527218"/>
     <w:rsid w:val="00557D8E"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="00595FDE"/>
     <w:rsid w:val="005A3B49"/>
     <w:rsid w:val="005A4163"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B5ACE"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005E7F23"/>
     <w:rsid w:val="00605CAC"/>
     <w:rsid w:val="00616CC5"/>
     <w:rsid w:val="00632045"/>
     <w:rsid w:val="00645CCD"/>
     <w:rsid w:val="0065793A"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006751D3"/>
     <w:rsid w:val="0068760E"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B5B72"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="007003AB"/>
     <w:rsid w:val="007124D7"/>
     <w:rsid w:val="007472C4"/>
     <w:rsid w:val="0075333E"/>
     <w:rsid w:val="00785261"/>
@@ -5627,129 +5551,129 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="096190C0"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5905,52 +5829,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6017,51 +5941,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -6211,383 +6135,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -6615,128 +6539,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00616CC5"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -6773,132 +6697,132 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF3CDE"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
@@ -7052,51 +6976,52 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1974942411">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External" Id="R161af5e9bb5848f9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icd.who.int/browse10/2016/en" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1081868574"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -7189,50 +7114,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F85E2A"/>
     <w:rsid w:val="00200C2C"/>
     <w:rsid w:val="0033669C"/>
     <w:rsid w:val="004B5D50"/>
     <w:rsid w:val="004E271D"/>
     <w:rsid w:val="005132F4"/>
+    <w:rsid w:val="00527218"/>
     <w:rsid w:val="005A465B"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="00AF7910"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00F85E2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
@@ -7951,72 +7877,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8213,103 +8119,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45E2A4DC-17AD-4B0C-9615-CBD6D8CBA5F6}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3965193-9493-44CD-9931-C6C1AE595AE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>527</Words>
+  <Characters>3008</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>FaHCSIA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3528</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">