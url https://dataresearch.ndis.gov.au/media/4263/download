--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -12,175 +12,181 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="49FBF8F3" w14:textId="71D5F9D2" w:rsidR="00FA6BAB" w:rsidRPr="004B29C2" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
+    <w:p w:rsidRPr="004B29C2" w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00FA6BAB" w14:paraId="49FBF8F3" w14:textId="71D5F9D2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc13727742"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Toc203656361"/>
+      <w:bookmarkStart w:name="_Toc13727742" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc13752341" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc13754190" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc13813765" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc20305054" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc203656361" w:id="5"/>
       <w:r w:rsidRPr="004B29C2">
         <w:t>Participant</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00EE4065" w:rsidRPr="004B29C2">
+      <w:r w:rsidRPr="004B29C2" w:rsidR="00EE4065">
         <w:t>s split by</w:t>
       </w:r>
-      <w:r w:rsidR="00D403AD" w:rsidRPr="004B29C2">
+      <w:r w:rsidRPr="004B29C2" w:rsidR="00D403AD">
         <w:t xml:space="preserve"> Statistical Area 2 (SA2)</w:t>
       </w:r>
       <w:r w:rsidR="00AD0837">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F64240">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="001501BA">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidR="00AD0837">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00D403AD" w:rsidRPr="004B29C2">
+      <w:r w:rsidRPr="004B29C2" w:rsidR="00D403AD">
         <w:t>ules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:id w:val="-715669303"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:id w:val="-715669303"/>
-[...3 lines deleted...]
-        </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="0B864880" w14:textId="77777777" w:rsidR="005E7D34" w:rsidRDefault="00FA6BAB" w:rsidP="00616CC5">
+        <w:p w:rsidR="005E7D34" w:rsidP="00616CC5" w:rsidRDefault="00FA6BAB" w14:paraId="0B864880" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E819CD">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
               <w:b/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="39981493" w14:textId="2BB997AA" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
+        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="39981493" w14:textId="2BB997AA">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656361" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656361">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participants split by Statistical Area 2 (SA2) - data rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -194,67 +200,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A5A1D35" w14:textId="2EB83FA6" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
+        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="1A5A1D35" w14:textId="2EB83FA6">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656362" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656362">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participants split by SA2 possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -268,67 +274,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E1F4316" w14:textId="20D0413A" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
+        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="0E1F4316" w14:textId="20D0413A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc203656363" w:history="1">
+          <w:hyperlink w:history="1" w:anchor="_Toc203656363">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -342,1130 +348,1189 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E289DF7" w14:textId="46A3FD56" w:rsidR="007B0265" w:rsidRDefault="00616CC5" w:rsidP="00F64240">
+        <w:p w:rsidR="007B0265" w:rsidP="00F64240" w:rsidRDefault="00616CC5" w14:paraId="6E289DF7" w14:textId="46A3FD56">
           <w:pPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:id="6" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="27410A16" w14:textId="29C535DA" w:rsidR="00FA6BAB" w:rsidRDefault="00EE4065" w:rsidP="007B0265">
+    <w:bookmarkStart w:name="_Toc13752342" w:displacedByCustomXml="prev" w:id="6"/>
+    <w:bookmarkStart w:name="_Toc13748872" w:displacedByCustomXml="prev" w:id="7"/>
+    <w:p w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="00EE4065" w14:paraId="27410A16" w14:textId="29C535DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc203656362"/>
+      <w:bookmarkStart w:name="_Toc203656362" w:id="8"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidR="00A1505A">
         <w:t xml:space="preserve"> split</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidR="00D403AD">
         <w:t xml:space="preserve"> SA2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A1505A">
         <w:t>possible values and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="5C2B51A3" w14:textId="30C1558F" w:rsidR="00392D9F" w:rsidRPr="00F64240" w:rsidRDefault="00392D9F" w:rsidP="00EC0EF6">
+    <w:p w:rsidRPr="00F64240" w:rsidR="00392D9F" w:rsidP="00EC0EF6" w:rsidRDefault="00392D9F" w14:paraId="5C2B51A3" w14:textId="30C1558F">
       <w:r w:rsidRPr="00F64240">
         <w:t>The table states the number of active participants split by the different Statistical Areas 2 (SA2’s) within each of the different State/Territor</w:t>
       </w:r>
       <w:r w:rsidR="000D6CE7">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64240">
         <w:t xml:space="preserve"> that they are located in. </w:t>
       </w:r>
-      <w:r w:rsidR="00B12C6A" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="00B12C6A">
         <w:t>The State/Territory groupings are based on the participant's latest residential address, instead of the residential address in which they were when they received their first plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3851090F" w14:textId="52AE9D71" w:rsidR="00EC0EF6" w:rsidRPr="00F64240" w:rsidRDefault="001B5734" w:rsidP="00EC0EF6">
+    <w:p w:rsidRPr="00F64240" w:rsidR="00EC0EF6" w:rsidP="00EC0EF6" w:rsidRDefault="001B5734" w14:paraId="3851090F" w14:textId="52AE9D71">
       <w:r w:rsidRPr="00F64240">
         <w:t>The data is based on 2016 Statistical Area 2 (SA2)</w:t>
       </w:r>
-      <w:r w:rsidR="0027665E" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="0027665E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
         <w:t xml:space="preserve">The geographical </w:t>
       </w:r>
-      <w:r w:rsidR="007B7128" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="007B7128">
         <w:t xml:space="preserve">boundaries </w:t>
       </w:r>
-      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
         <w:t>are sourced from the Australian Bureau</w:t>
       </w:r>
-      <w:r w:rsidR="002211C2" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="002211C2">
         <w:t xml:space="preserve"> of Statistics (ABS) website. ABS standards have not </w:t>
       </w:r>
-      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
+      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
         <w:t xml:space="preserve">been independently verified for accuracy. For more information, visit this link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
+      <w:hyperlink w:history="1" r:id="rId11">
+        <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ABS Digital Boundaries Data</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01E72B04" w14:textId="2117F0DA" w:rsidR="004B29C2" w:rsidRPr="004B29C2" w:rsidRDefault="004B29C2" w:rsidP="00A1505A">
+    <w:p w:rsidRPr="004B29C2" w:rsidR="004B29C2" w:rsidP="00A1505A" w:rsidRDefault="004B29C2" w14:paraId="01E72B04" w14:textId="2117F0DA">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc13748873"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc13752024"/>
+      <w:bookmarkStart w:name="_Toc13748873" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc13752024" w:id="10"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1653"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2899"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008014BA" w:rsidRPr="009465EB" w14:paraId="2645C62C" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="2645C62C" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="77C69443" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="77C69443" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1832C2B5" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="1832C2B5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6E6450AD" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="6E6450AD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1977DC29" w14:textId="1615F564" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="00B954E4" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="00B954E4" w14:paraId="1977DC29" w14:textId="1615F564">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidR="008014BA" w:rsidRPr="009465EB">
+            <w:r w:rsidRPr="009465EB" w:rsidR="008014BA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="6C57F751" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="6C57F751" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5DD03F14" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5DD03F14" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1910CBD8" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="1910CBD8" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3468CE53" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="008014BA">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="3468CE53" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6950CAB5" w14:textId="01B9DB07" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="6950CAB5" w14:textId="01B9DB07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7D9B9CF5" w14:textId="7C3C6F47" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00F23E27">
+          <w:p w:rsidR="00F97FBB" w:rsidP="00F97FBB" w:rsidRDefault="00F97FBB" w14:paraId="024CE8E6" w14:textId="5B2930E9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun202</w:t>
+              <w:t>30Sep202</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A974083" w14:textId="77777777" w:rsidR="002C4E45" w:rsidRDefault="002C4E45" w:rsidP="00D95860">
+          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="7D9B9CF5" w14:textId="7C3C6F47">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>31Mar2025</w:t>
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54C11669" w14:textId="21C55694" w:rsidR="00DE2C68" w:rsidRDefault="00DE2C68" w:rsidP="00D95860">
+          <w:p w:rsidR="002C4E45" w:rsidP="00F97FBB" w:rsidRDefault="002C4E45" w14:paraId="2A974083" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
-            <w:r w:rsidRPr="00DE2C68">
-              <w:t>31Dec2024</w:t>
+            <w:r>
+              <w:t>31Mar2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BA47840" w14:textId="6106964E" w:rsidR="00D95860" w:rsidRDefault="00D95860" w:rsidP="00D95860">
+          <w:p w:rsidR="00DE2C68" w:rsidP="00F97FBB" w:rsidRDefault="00DE2C68" w14:paraId="54C11669" w14:textId="21C55694">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
-            <w:r>
-              <w:t>30Sep2024</w:t>
+            <w:r w:rsidRPr="00DE2C68">
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F664DA3" w14:textId="4D2DB8B5" w:rsidR="00C17A2F" w:rsidRDefault="00C17A2F" w:rsidP="00C17A2F">
+          <w:p w:rsidR="00C17A2F" w:rsidP="00F97FBB" w:rsidRDefault="00C17A2F" w14:paraId="5F664DA3" w14:noSpellErr="1" w14:textId="6AC8382C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
+              <w:rPr/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>2024</w:t>
+            <w:r w:rsidR="00D95860">
+              <w:rPr/>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="753AD05A" w14:textId="59F30432" w:rsidR="00D6451E" w:rsidRPr="00B954E4" w:rsidRDefault="002C4E45" w:rsidP="005F6AC5">
+          <w:p w:rsidRPr="00B954E4" w:rsidR="00D6451E" w:rsidP="00F97FBB" w:rsidRDefault="002C4E45" w14:paraId="753AD05A" w14:textId="59F30432">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008014BA" w14:paraId="7CF7C098" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="7CF7C098" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="39253DA0" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F64240">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="39253DA0" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="64B9EDFA" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F64240">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="64B9EDFA" w14:textId="77777777">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4BEB7B44" w14:textId="59145C5C" w:rsidR="008014BA" w:rsidRDefault="00BB2D22" w:rsidP="2FDFFD22">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="00BB2D22" w14:paraId="4BEB7B44" w14:textId="48542946">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F97FBB">
+              <w:t>Other Territories</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>and also</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> includes participants from Norfolk Island commencing </w:t>
             </w:r>
             <w:r w:rsidR="00E2290F">
               <w:t xml:space="preserve">from </w:t>
             </w:r>
-            <w:r w:rsidR="00E2290F" w:rsidRPr="2FDFFD22">
+            <w:r w:rsidRPr="2FDFFD22" w:rsidR="00E2290F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidR="686820B4" w:rsidRPr="2FDFFD22">
+            <w:r w:rsidRPr="2FDFFD22" w:rsidR="686820B4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> September 2019 reporting date</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as ‘NSW’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5FFF98B7" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5FFF98B7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B929984" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="6B929984" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72185283" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="72185283" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A226BA5" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="2A226BA5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05885CC1" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="05885CC1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B5B1A59" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5B5B1A59" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="510EB80D" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="510EB80D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CB79DE5" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="3CB79DE5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B31257E" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="6B31257E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B94F7EA" w14:textId="577841AB" w:rsidR="009869E8" w:rsidRDefault="00913D3E" w:rsidP="00913D3E">
+          <w:p w:rsidR="009869E8" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5B94F7EA" w14:textId="577841AB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="495B07DC" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="495B07DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4B841578" w14:textId="7C471C75" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="4B841578" w14:textId="7C471C75">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r w:rsidRPr="008014BA">
               <w:lastRenderedPageBreak/>
               <w:t>SA2Cd2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="253883C6" w14:textId="6C374723" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00135020">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="253883C6" w14:textId="6C374723">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">SA2 2016 Code </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>according to</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="2E5C302C" w14:textId="6B3EA16C" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="008014BA">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="2E5C302C" w14:textId="6B3EA16C">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>The "-" SA2 category within each State/Territory contains information for the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21B0C7D1" w14:textId="27B55BC8" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00135020">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="21B0C7D1" w14:textId="27B55BC8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="431" w:hanging="284"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Missing SA2: </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="009343D0">
               <w:t xml:space="preserve">aptures participants who </w:t>
             </w:r>
             <w:r>
               <w:t>ar</w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>e missing SA2 level information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0423FAFB" w14:textId="693F3868" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="0423FAFB" w14:textId="693F3868">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="431" w:hanging="284"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures participants who are in a SA2 with few participan</w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>ts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4D71CDFF" w14:textId="4908E33D" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="4D71CDFF" w14:textId="4908E33D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011001</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21F87E63" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="21F87E63" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011002</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55157222" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="55157222" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011003</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32C857D9" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="32C857D9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011004</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2147CFD5" w14:textId="77777777" w:rsidR="002211C2" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="002211C2" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="2147CFD5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011005</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73601D90" w14:textId="7D61563D" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00617682">
+          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="73601D90" w14:textId="7D61563D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="5F245A85" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="5F245A85" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5B731B72" w14:textId="3E5C5CB9" w:rsidR="008014BA" w:rsidRPr="008014BA" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="008014BA" w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5B731B72" w14:textId="3E5C5CB9">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r w:rsidRPr="008014BA">
               <w:t>SA2Nm2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="69F0CFDC" w14:textId="2FB45889" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00135020">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="69F0CFDC" w14:textId="2FB45889">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">SA2 2016 Name </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>according to</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3DBD4A89" w14:textId="7A45045A" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="009343D0">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="3DBD4A89" w14:textId="7A45045A">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The "Other" SA2 </w:t>
             </w:r>
             <w:r w:rsidR="009343D0">
               <w:t>filter</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> within each State/Territory contains information for the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21E13DB1" w14:textId="0DA58B5F" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00135020">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="21E13DB1" w14:textId="0DA58B5F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="431" w:hanging="284"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Missing SA2: </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>captures participants</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t xml:space="preserve">who </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">are missing </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>SA2 level information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="566316E4" w14:textId="2F47B28C" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="566316E4" w14:textId="2F47B28C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="431" w:hanging="284"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures participants wh</w:t>
             </w:r>
             <w:r w:rsidR="00B117A3">
               <w:t xml:space="preserve">o are in a SA2 with few </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1ACEB552" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="1ACEB552" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Aranda</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="070EBA99" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="070EBA99" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Belconnen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B192EB6" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5B192EB6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Bruce</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7021DF9F" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="7021DF9F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Charnwood</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="209A41DF" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00617682">
+          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="209A41DF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Cook</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32721F37" w14:textId="7F3368AB" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00617682">
+          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="32721F37" w14:textId="7F3368AB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A24F9F" w:rsidRPr="00EE4219" w14:paraId="0BCD8FC7" w14:textId="77777777" w:rsidTr="2FDFFD22">
+      <w:tr w:rsidRPr="00EE4219" w:rsidR="00A24F9F" w:rsidTr="28ADC43F" w14:paraId="0BCD8FC7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6DAF38EA" w14:textId="3D8FF923" w:rsidR="00A24F9F" w:rsidRPr="008014BA" w:rsidRDefault="00A24F9F" w:rsidP="00A7151A">
+          <w:p w:rsidRPr="008014BA" w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00A24F9F" w14:paraId="6DAF38EA" w14:textId="3D8FF923">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24F9F">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="76275FB1" w14:textId="6ED49238" w:rsidR="00A24F9F" w:rsidRDefault="00A24F9F" w:rsidP="008014BA">
+          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00A24F9F" w14:paraId="76275FB1" w14:textId="6ED49238">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Count of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5F8EFEB6" w14:textId="61C446F5" w:rsidR="00A24F9F" w:rsidRDefault="00DE7E96" w:rsidP="008014BA">
+          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00DE7E96" w14:paraId="5F8EFEB6" w14:textId="61C446F5">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0BCE7E3D" w14:textId="7277A8F0" w:rsidR="00A24F9F" w:rsidRDefault="009343D0" w:rsidP="00617682">
+          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="009343D0" w14:paraId="0BCE7E3D" w14:textId="7277A8F0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r w:rsidRPr="009343D0">
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36D97F28" w14:textId="77777777" w:rsidR="004B29C2" w:rsidRDefault="004B29C2" w:rsidP="00570D8A">
+    <w:p w:rsidR="004B29C2" w:rsidP="00570D8A" w:rsidRDefault="004B29C2" w14:paraId="36D97F28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09EC4296" w14:textId="1F55BA51" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
+    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="09EC4296" w14:textId="1F55BA51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc203656363"/>
+      <w:bookmarkStart w:name="_Toc203656363" w:id="11"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="47C33082" w14:textId="3B6C77EB" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="453163AF">
+    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="453163AF" w:rsidRDefault="000B7A2E" w14:paraId="47C33082" w14:textId="3AF1DD03">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="453163AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00F23E27">
+      <w:r w:rsidR="00330A85">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="002C4E45">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537639B6" w14:textId="14EE6111" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="00AB6A1C">
+    <w:p w:rsidR="002679FC" w:rsidP="00AB6A1C" w:rsidRDefault="000B7A2E" w14:paraId="537639B6" w14:textId="14EE6111">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="059ABDB3" w14:textId="77777777" w:rsidR="001B10B7" w:rsidRPr="001B10B7" w:rsidRDefault="001B10B7" w:rsidP="001B10B7"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="001B10B7" w:rsidRPr="001B10B7" w:rsidSect="002C164F">
+    <w:p w:rsidRPr="001B10B7" w:rsidR="001B10B7" w:rsidP="28ADC43F" w:rsidRDefault="001B10B7" w14:paraId="7BCF0BE5" w14:noSpellErr="1" w14:textId="49EA2372">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="001B10B7" w:rsidR="001B10B7" w:rsidSect="002C164F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56EB4A91" w14:textId="77777777" w:rsidR="00A30408" w:rsidRDefault="00A30408" w:rsidP="002679FC">
+    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="56EB4A91" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4634F307" w14:textId="77777777" w:rsidR="00A30408" w:rsidRDefault="00A30408" w:rsidP="002679FC">
+    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="4634F307" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1500,126 +1565,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="57333058" w14:textId="38844A83" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00D0019B" w:rsidP="00D0019B">
+  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00D0019B" w:rsidRDefault="00D0019B" w14:paraId="57333058" w14:textId="38844A83">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="005F6AC5">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2E474024" w14:textId="1B1C30E9" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="2E474024" w14:textId="1B1C30E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BDC0B95" wp14:editId="03B527A7">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1653,135 +1718,135 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="005F6AC5">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
+        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="651E7BB4" w14:textId="77777777" w:rsidR="00A30408" w:rsidRDefault="00A30408" w:rsidP="002679FC">
+    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="651E7BB4" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FECDCF5" w14:textId="77777777" w:rsidR="00A30408" w:rsidRDefault="00A30408" w:rsidP="002679FC">
+    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="0FECDCF5" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4F2B30E5" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4F2B30E5" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="645557D3" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="0006477E" w:rsidP="00AD241C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="0006477E" w14:paraId="645557D3" w14:textId="77777777">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34662A59" wp14:editId="4E73644F">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="NDIS_logo (2).jpg"/>
@@ -1793,2554 +1858,2554 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39172074" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
+  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="39172074" w14:textId="77777777">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4744E412" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
+  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4744E412" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="097D2928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7588506A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17525F05"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="287C6800"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="690C5B1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC5190C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86BC3F66"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E43091B4"/>
     <w:lvl w:ilvl="0" w:tplc="8C12FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51E32A72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="179CFD04"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576047F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC36BDF4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="617C1135"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98824BE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68AA0F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F7E3E1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1016273073">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1463184281">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1107194405">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1253398418">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1811746311">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="109515203">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1441223647">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1322806753">
@@ -4369,51 +4434,52 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1709254289">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="560292387">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="575819579">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="880442565">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1556164881">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1064839016">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="0006477E"/>
@@ -4421,75 +4487,77 @@
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A45D4"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C15AC"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000D6CE7"/>
     <w:rsid w:val="000F7A4F"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00135020"/>
     <w:rsid w:val="001501BA"/>
     <w:rsid w:val="001B0895"/>
     <w:rsid w:val="001B10B7"/>
     <w:rsid w:val="001B5734"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002211C2"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0027665E"/>
     <w:rsid w:val="002C164F"/>
     <w:rsid w:val="002C4E45"/>
     <w:rsid w:val="002D39D5"/>
     <w:rsid w:val="002F7777"/>
+    <w:rsid w:val="00330A85"/>
     <w:rsid w:val="00343949"/>
     <w:rsid w:val="00346D61"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00392D9F"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B68B0"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D012F"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E3EE2"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B29C2"/>
     <w:rsid w:val="004B41DF"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005428D6"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B5ACE"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D2025"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005E7D34"/>
     <w:rsid w:val="005F6AC5"/>
     <w:rsid w:val="00604279"/>
     <w:rsid w:val="00605CAC"/>
     <w:rsid w:val="00616CC5"/>
     <w:rsid w:val="00617682"/>
     <w:rsid w:val="00647739"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00683D11"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="00787341"/>
     <w:rsid w:val="007939E2"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B7128"/>
     <w:rsid w:val="007B7F8D"/>
@@ -4559,173 +4627,175 @@
     <w:rsid w:val="00D6451E"/>
     <w:rsid w:val="00D64B0B"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D95860"/>
     <w:rsid w:val="00DA5789"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE2C68"/>
     <w:rsid w:val="00DE7E96"/>
     <w:rsid w:val="00E1492E"/>
     <w:rsid w:val="00E1636D"/>
     <w:rsid w:val="00E2290F"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E56247"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E82A6B"/>
     <w:rsid w:val="00E9026A"/>
     <w:rsid w:val="00EC0EF6"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00F23E27"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64240"/>
     <w:rsid w:val="00F75E82"/>
+    <w:rsid w:val="00F97FBB"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FF149B"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0FD110CA"/>
+    <w:rsid w:val="28ADC43F"/>
     <w:rsid w:val="2FDFFD22"/>
     <w:rsid w:val="453163AF"/>
     <w:rsid w:val="4B80DF5F"/>
     <w:rsid w:val="686820B4"/>
     <w:rsid w:val="7ABEBB12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="096190C0"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4881,52 +4951,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4993,51 +5063,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -5187,383 +5257,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -5591,128 +5661,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00616CC5"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -5749,132 +5819,132 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0027665E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
@@ -5961,52 +6031,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1721051684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/websitedbs/D3310114.nsf/home/Digital+Boundaries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/websitedbs/D3310114.nsf/home/Digital+Boundaries" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6275,72 +6344,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6537,119 +6590,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BDB115D-839F-4276-B7FC-BD88FB278279}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A479230-A73E-45BB-A281-35802528996B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>FaHCSIA</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">