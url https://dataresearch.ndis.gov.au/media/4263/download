--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -12,181 +12,174 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="004B29C2" w:rsidR="00FA6BAB" w:rsidP="00FA6BAB" w:rsidRDefault="00FA6BAB" w14:paraId="49FBF8F3" w14:textId="71D5F9D2">
+    <w:p w14:paraId="49FBF8F3" w14:textId="71D5F9D2" w:rsidR="00FA6BAB" w:rsidRPr="004B29C2" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13727742" w:id="0"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="_Toc203656361" w:id="5"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc13727742"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc13752341"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc13754190"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc13813765"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc20305054"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc203656361"/>
       <w:r w:rsidRPr="004B29C2">
         <w:t>Participant</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="004B29C2" w:rsidR="00EE4065">
+      <w:r w:rsidR="00EE4065" w:rsidRPr="004B29C2">
         <w:t>s split by</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B29C2" w:rsidR="00D403AD">
+      <w:r w:rsidR="00D403AD" w:rsidRPr="004B29C2">
         <w:t xml:space="preserve"> Statistical Area 2 (SA2)</w:t>
       </w:r>
       <w:r w:rsidR="00AD0837">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F64240">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="001501BA">
         <w:t xml:space="preserve">data </w:t>
       </w:r>
       <w:r w:rsidR="00AD0837">
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B29C2" w:rsidR="00D403AD">
+      <w:r w:rsidR="00D403AD" w:rsidRPr="004B29C2">
         <w:t>ules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-715669303"/>
-[...3 lines deleted...]
-        </w:docPartObj>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
+        <w:id w:val="-715669303"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-          <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="005E7D34" w:rsidP="00616CC5" w:rsidRDefault="00FA6BAB" w14:paraId="0B864880" w14:textId="77777777">
+        <w:p w14:paraId="0B864880" w14:textId="77777777" w:rsidR="005E7D34" w:rsidRDefault="00FA6BAB" w:rsidP="00616CC5">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E819CD">
             <w:rPr>
               <w:rStyle w:val="Heading2Char"/>
               <w:b/>
               <w:color w:val="auto"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r w:rsidR="00616CC5">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="39981493" w14:textId="2BB997AA">
+        <w:p w14:paraId="39981493" w14:textId="2BB997AA" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656361">
+          <w:hyperlink w:anchor="_Toc203656361" w:history="1">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participants split by Statistical Area 2 (SA2) - data rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -200,67 +193,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="1A5A1D35" w14:textId="2EB83FA6">
+        <w:p w14:paraId="1A5A1D35" w14:textId="2EB83FA6" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656362">
+          <w:hyperlink w:anchor="_Toc203656362" w:history="1">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Participants split by SA2 possible values and rules</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -274,67 +267,67 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="005E7D34" w:rsidRDefault="005E7D34" w14:paraId="0E1F4316" w14:textId="20D0413A">
+        <w:p w14:paraId="0E1F4316" w14:textId="20D0413A" w:rsidR="005E7D34" w:rsidRDefault="005E7D34">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10456"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:history="1" w:anchor="_Toc203656363">
+          <w:hyperlink w:anchor="_Toc203656363" w:history="1">
             <w:r w:rsidRPr="00954B7B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>About this document</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
@@ -348,1189 +341,1165 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w:rsidR="007B0265" w:rsidP="00F64240" w:rsidRDefault="00616CC5" w14:paraId="6E289DF7" w14:textId="46A3FD56">
+        <w:p w14:paraId="6E289DF7" w14:textId="46A3FD56" w:rsidR="007B0265" w:rsidRDefault="00616CC5" w:rsidP="00F64240">
           <w:pPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="_Toc13752342" w:displacedByCustomXml="prev" w:id="6"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00FA6BAB" w:rsidP="007B0265" w:rsidRDefault="00EE4065" w14:paraId="27410A16" w14:textId="29C535DA">
+    <w:bookmarkStart w:id="6" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
+    <w:bookmarkStart w:id="7" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
+    <w:p w14:paraId="27410A16" w14:textId="29C535DA" w:rsidR="00FA6BAB" w:rsidRDefault="00EE4065" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656362" w:id="8"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc203656362"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidR="00A1505A">
         <w:t xml:space="preserve"> split</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidR="00D403AD">
         <w:t xml:space="preserve"> SA2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A1505A">
         <w:t>possible values and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w:rsidRPr="00F64240" w:rsidR="00392D9F" w:rsidP="00EC0EF6" w:rsidRDefault="00392D9F" w14:paraId="5C2B51A3" w14:textId="30C1558F">
+    <w:p w14:paraId="5C2B51A3" w14:textId="30C1558F" w:rsidR="00392D9F" w:rsidRPr="00F64240" w:rsidRDefault="00392D9F" w:rsidP="00EC0EF6">
       <w:r w:rsidRPr="00F64240">
         <w:t>The table states the number of active participants split by the different Statistical Areas 2 (SA2’s) within each of the different State/Territor</w:t>
       </w:r>
       <w:r w:rsidR="000D6CE7">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64240">
         <w:t xml:space="preserve"> that they are located in. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="00B12C6A">
+      <w:r w:rsidR="00B12C6A" w:rsidRPr="00F64240">
         <w:t>The State/Territory groupings are based on the participant's latest residential address, instead of the residential address in which they were when they received their first plan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F64240" w:rsidR="00EC0EF6" w:rsidP="00EC0EF6" w:rsidRDefault="001B5734" w14:paraId="3851090F" w14:textId="52AE9D71">
+    <w:p w14:paraId="3851090F" w14:textId="52AE9D71" w:rsidR="00EC0EF6" w:rsidRPr="00F64240" w:rsidRDefault="001B5734" w:rsidP="00EC0EF6">
       <w:r w:rsidRPr="00F64240">
         <w:t>The data is based on 2016 Statistical Area 2 (SA2)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="0027665E">
+      <w:r w:rsidR="0027665E" w:rsidRPr="00F64240">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
+      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
         <w:t xml:space="preserve">The geographical </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="007B7128">
+      <w:r w:rsidR="007B7128" w:rsidRPr="00F64240">
         <w:t xml:space="preserve">boundaries </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
+      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
         <w:t>are sourced from the Australian Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="002211C2">
+      <w:r w:rsidR="002211C2" w:rsidRPr="00F64240">
         <w:t xml:space="preserve"> of Statistics (ABS) website. ABS standards have not </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
+      <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
         <w:t xml:space="preserve">been independently verified for accuracy. For more information, visit this link: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
-        <w:r w:rsidRPr="00F64240" w:rsidR="00EC0EF6">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00EC0EF6" w:rsidRPr="00F64240">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ABS Digital Boundaries Data</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="004B29C2" w:rsidR="004B29C2" w:rsidP="00A1505A" w:rsidRDefault="004B29C2" w14:paraId="01E72B04" w14:textId="2117F0DA">
+    <w:p w14:paraId="01E72B04" w14:textId="2117F0DA" w:rsidR="004B29C2" w:rsidRPr="004B29C2" w:rsidRDefault="004B29C2" w:rsidP="00A1505A">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13748873" w:id="9"/>
-      <w:bookmarkStart w:name="_Toc13752024" w:id="10"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc13748873"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc13752024"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1653"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2899"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="2645C62C" w14:textId="77777777">
+      <w:tr w:rsidR="008014BA" w:rsidRPr="009465EB" w14:paraId="2645C62C" w14:textId="77777777" w:rsidTr="28ADC43F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="77C69443" w14:textId="77777777">
+          <w:p w14:paraId="77C69443" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="1832C2B5" w14:textId="77777777">
+          <w:p w14:paraId="1832C2B5" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="008014BA" w14:paraId="6E6450AD" w14:textId="77777777">
+          <w:p w14:paraId="6E6450AD" w14:textId="77777777" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="008014BA" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="009465EB" w:rsidR="008014BA" w:rsidP="00A7151A" w:rsidRDefault="00B954E4" w14:paraId="1977DC29" w14:textId="1615F564">
+          <w:p w14:paraId="1977DC29" w14:textId="1615F564" w:rsidR="008014BA" w:rsidRPr="009465EB" w:rsidRDefault="00B954E4" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
-            <w:r w:rsidRPr="009465EB" w:rsidR="008014BA">
+            <w:r w:rsidR="008014BA" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="6C57F751" w14:textId="77777777">
+      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="6C57F751" w14:textId="77777777" w:rsidTr="28ADC43F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5DD03F14" w14:textId="77777777">
+          <w:p w14:paraId="5DD03F14" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="1910CBD8" w14:textId="77777777">
+          <w:p w14:paraId="1910CBD8" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="3468CE53" w14:textId="77777777">
+          <w:p w14:paraId="3468CE53" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="6950CAB5" w14:textId="01B9DB07">
+          <w:p w14:paraId="6950CAB5" w14:textId="01B9DB07" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00F97FBB" w:rsidP="00F97FBB" w:rsidRDefault="00F97FBB" w14:paraId="024CE8E6" w14:textId="5B2930E9">
+          <w:p w14:paraId="0ECA309C" w14:textId="0C6AF04C" w:rsidR="00BC7E7F" w:rsidRDefault="00BC7E7F" w:rsidP="00BC7E7F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>30Sep202</w:t>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="7D9B9CF5" w14:textId="7C3C6F47">
+          <w:p w14:paraId="024CE8E6" w14:textId="5B2930E9" w:rsidR="00F97FBB" w:rsidRDefault="00F97FBB" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2025</w:t>
+              <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002C4E45" w:rsidP="00F97FBB" w:rsidRDefault="002C4E45" w14:paraId="2A974083" w14:textId="77777777">
+          <w:p w14:paraId="7D9B9CF5" w14:textId="7C3C6F47" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
+              <w:t>30Jun2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A974083" w14:textId="77777777" w:rsidR="002C4E45" w:rsidRDefault="002C4E45" w:rsidP="00F97FBB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="258" w:hanging="258"/>
+            </w:pPr>
+            <w:r>
               <w:t>31Mar2025</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE2C68" w:rsidP="00F97FBB" w:rsidRDefault="00DE2C68" w14:paraId="54C11669" w14:textId="21C55694">
+          <w:p w14:paraId="54C11669" w14:textId="21C55694" w:rsidR="00DE2C68" w:rsidRDefault="00DE2C68" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r w:rsidRPr="00DE2C68">
               <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C17A2F" w:rsidP="00F97FBB" w:rsidRDefault="00C17A2F" w14:paraId="5F664DA3" w14:noSpellErr="1" w14:textId="6AC8382C">
-[...15 lines deleted...]
-          <w:p w:rsidRPr="00B954E4" w:rsidR="00D6451E" w:rsidP="00F97FBB" w:rsidRDefault="002C4E45" w14:paraId="753AD05A" w14:textId="59F30432">
+          <w:p w14:paraId="5F664DA3" w14:textId="6AC8382C" w:rsidR="00C17A2F" w:rsidRDefault="00D95860" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>Etc.</w:t>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...84 lines deleted...]
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5FFF98B7" w14:textId="77777777">
+          <w:p w14:paraId="753AD05A" w14:textId="59F30432" w:rsidR="00D6451E" w:rsidRPr="00B954E4" w:rsidRDefault="002C4E45" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
+              <w:t>Etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008014BA" w14:paraId="7CF7C098" w14:textId="77777777" w:rsidTr="28ADC43F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1653" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39253DA0" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>StateCd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B9EDFA" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>State/Territory where the participant resides</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2899" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEB7B44" w14:textId="48542946" w:rsidR="008014BA" w:rsidRDefault="00BB2D22" w:rsidP="00F97FBB">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F97FBB">
+              <w:t>Other Territories</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>ACT</w:t>
+              <w:t xml:space="preserve">and also includes participants from Norfolk Island commencing </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2290F">
+              <w:t xml:space="preserve">from </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2290F" w:rsidRPr="2FDFFD22">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidR="686820B4" w:rsidRPr="2FDFFD22">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> September 2019 reporting date</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as ‘NSW’</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="6B929984" w14:textId="77777777">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFF98B7" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>MIS</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="72185283" w14:textId="77777777">
+          <w:p w14:paraId="6B929984" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>NSW</w:t>
+              <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="2A226BA5" w14:textId="77777777">
+          <w:p w14:paraId="72185283" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>NT</w:t>
+              <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="05885CC1" w14:textId="77777777">
+          <w:p w14:paraId="2A226BA5" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>OT</w:t>
+              <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5B5B1A59" w14:textId="77777777">
+          <w:p w14:paraId="05885CC1" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>QLD</w:t>
+              <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="510EB80D" w14:textId="77777777">
+          <w:p w14:paraId="5B5B1A59" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>SA</w:t>
+              <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="3CB79DE5" w14:textId="77777777">
+          <w:p w14:paraId="510EB80D" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-              <w:t>TAS</w:t>
+              <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00913D3E" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="6B31257E" w14:textId="77777777">
+          <w:p w14:paraId="3CB79DE5" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
-              <w:t>VIC</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009869E8" w:rsidP="00F97FBB" w:rsidRDefault="00913D3E" w14:paraId="5B94F7EA" w14:textId="577841AB">
+          <w:p w14:paraId="6B31257E" w14:textId="77777777" w:rsidR="00913D3E" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
+              <w:t>VIC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B94F7EA" w14:textId="577841AB" w:rsidR="009869E8" w:rsidRDefault="00913D3E" w:rsidP="00F97FBB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="258" w:hanging="258"/>
+            </w:pPr>
+            <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="495B07DC" w14:textId="77777777">
+      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="495B07DC" w14:textId="77777777" w:rsidTr="28ADC43F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="4B841578" w14:textId="7C471C75">
+          <w:p w14:paraId="4B841578" w14:textId="7C471C75" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="008014BA">
               <w:lastRenderedPageBreak/>
               <w:t>SA2Cd2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="253883C6" w14:textId="6C374723">
+          <w:p w14:paraId="253883C6" w14:textId="6C374723" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">SA2 2016 Code </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>according to</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="2E5C302C" w14:textId="6B3EA16C">
+          <w:p w14:paraId="2E5C302C" w14:textId="6B3EA16C" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>The "-" SA2 category within each State/Territory contains information for the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="21B0C7D1" w14:textId="27B55BC8">
+          <w:p w14:paraId="21B0C7D1" w14:textId="27B55BC8" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Missing SA2: </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="009343D0">
               <w:t xml:space="preserve">aptures participants who </w:t>
             </w:r>
             <w:r>
               <w:t>ar</w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>e missing SA2 level information</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="0423FAFB" w14:textId="693F3868">
+          <w:p w14:paraId="0423FAFB" w14:textId="693F3868" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures participants who are in a SA2 with few participan</w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>ts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="4D71CDFF" w14:textId="4908E33D">
+          <w:p w14:paraId="4D71CDFF" w14:textId="4908E33D" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011001</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="21F87E63" w14:textId="77777777">
+          <w:p w14:paraId="21F87E63" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011002</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="55157222" w14:textId="77777777">
+          <w:p w14:paraId="55157222" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011003</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="32C857D9" w14:textId="77777777">
+          <w:p w14:paraId="32C857D9" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011004</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002211C2" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="2147CFD5" w14:textId="77777777">
+          <w:p w14:paraId="2147CFD5" w14:textId="77777777" w:rsidR="002211C2" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>801011005</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="73601D90" w14:textId="7D61563D">
+          <w:p w14:paraId="73601D90" w14:textId="7D61563D" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="008014BA" w:rsidTr="28ADC43F" w14:paraId="5F245A85" w14:textId="77777777">
+      <w:tr w:rsidR="008014BA" w:rsidRPr="00EE4219" w14:paraId="5F245A85" w14:textId="77777777" w:rsidTr="28ADC43F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="008014BA" w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5B731B72" w14:textId="3E5C5CB9">
+          <w:p w14:paraId="5B731B72" w14:textId="3E5C5CB9" w:rsidR="008014BA" w:rsidRPr="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="008014BA">
               <w:t>SA2Nm2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="69F0CFDC" w14:textId="2FB45889">
+          <w:p w14:paraId="69F0CFDC" w14:textId="2FB45889" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">SA2 2016 Name </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>according to</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="3DBD4A89" w14:textId="7A45045A">
+          <w:p w14:paraId="3DBD4A89" w14:textId="7A45045A" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The "Other" SA2 </w:t>
             </w:r>
             <w:r w:rsidR="009343D0">
               <w:t>filter</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> within each State/Territory contains information for the following:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="21E13DB1" w14:textId="0DA58B5F">
+          <w:p w14:paraId="21E13DB1" w14:textId="0DA58B5F" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Missing SA2: </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t>captures participants</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00135020">
               <w:t xml:space="preserve">who </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">are missing </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>SA2 level information</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00330A85" w:rsidRDefault="008014BA" w14:paraId="566316E4" w14:textId="2F47B28C">
+          <w:p w14:paraId="566316E4" w14:textId="2F47B28C" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00330A85">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures participants wh</w:t>
             </w:r>
             <w:r w:rsidR="00B117A3">
               <w:t xml:space="preserve">o are in a SA2 with few </w:t>
             </w:r>
             <w:r w:rsidR="00617682">
               <w:t>participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="1ACEB552" w14:textId="77777777">
+          <w:p w14:paraId="1ACEB552" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Aranda</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="070EBA99" w14:textId="77777777">
+          <w:p w14:paraId="070EBA99" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Belconnen</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="5B192EB6" w14:textId="77777777">
+          <w:p w14:paraId="5B192EB6" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Bruce</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="7021DF9F" w14:textId="77777777">
+          <w:p w14:paraId="7021DF9F" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Charnwood</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008014BA" w:rsidP="00F97FBB" w:rsidRDefault="008014BA" w14:paraId="209A41DF" w14:textId="77777777">
+          <w:p w14:paraId="209A41DF" w14:textId="77777777" w:rsidR="008014BA" w:rsidRDefault="008014BA" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Cook</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F23E27" w:rsidP="00F97FBB" w:rsidRDefault="00F23E27" w14:paraId="32721F37" w14:textId="7F3368AB">
+          <w:p w14:paraId="32721F37" w14:textId="7F3368AB" w:rsidR="00F23E27" w:rsidRDefault="00F23E27" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00EE4219" w:rsidR="00A24F9F" w:rsidTr="28ADC43F" w14:paraId="0BCD8FC7" w14:textId="77777777">
+      <w:tr w:rsidR="00A24F9F" w:rsidRPr="00EE4219" w14:paraId="0BCD8FC7" w14:textId="77777777" w:rsidTr="28ADC43F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="008014BA" w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00A24F9F" w14:paraId="6DAF38EA" w14:textId="3D8FF923">
+          <w:p w14:paraId="6DAF38EA" w14:textId="3D8FF923" w:rsidR="00A24F9F" w:rsidRPr="008014BA" w:rsidRDefault="00A24F9F" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24F9F">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00A24F9F" w14:paraId="76275FB1" w14:textId="6ED49238">
+          <w:p w14:paraId="76275FB1" w14:textId="6ED49238" w:rsidR="00A24F9F" w:rsidRDefault="00A24F9F" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Count of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="00DE7E96" w14:paraId="5F8EFEB6" w14:textId="61C446F5">
+          <w:p w14:paraId="5F8EFEB6" w14:textId="61C446F5" w:rsidR="00A24F9F" w:rsidRDefault="00DE7E96" w:rsidP="00F97FBB">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00A24F9F" w:rsidP="00F97FBB" w:rsidRDefault="009343D0" w14:paraId="0BCE7E3D" w14:textId="7277A8F0">
+          <w:p w14:paraId="0BCE7E3D" w14:textId="7277A8F0" w:rsidR="00A24F9F" w:rsidRDefault="009343D0" w:rsidP="00F97FBB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r w:rsidRPr="009343D0">
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B29C2" w:rsidP="00570D8A" w:rsidRDefault="004B29C2" w14:paraId="36D97F28" w14:textId="77777777">
+    <w:p w14:paraId="36D97F28" w14:textId="77777777" w:rsidR="004B29C2" w:rsidRDefault="004B29C2" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B7A2E" w:rsidP="00570D8A" w:rsidRDefault="000B7A2E" w14:paraId="09EC4296" w14:textId="1F55BA51">
+    <w:p w14:paraId="09EC4296" w14:textId="1F55BA51" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc203656363" w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc203656363"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w:rsidRPr="00F4697D" w:rsidR="000B7A2E" w:rsidP="453163AF" w:rsidRDefault="000B7A2E" w14:paraId="47C33082" w14:textId="3AF1DD03">
+    <w:p w14:paraId="47C33082" w14:textId="2E11363E" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="453163AF">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="453163AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00330A85">
+      <w:r w:rsidR="00551206">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="002C4E45">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002679FC" w:rsidP="00AB6A1C" w:rsidRDefault="000B7A2E" w14:paraId="537639B6" w14:textId="14EE6111">
+    <w:p w14:paraId="537639B6" w14:textId="14EE6111" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="00AB6A1C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
-        <w:r w:rsidRPr="00125EF2" w:rsidR="003E336A">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="001B10B7" w:rsidR="001B10B7" w:rsidP="28ADC43F" w:rsidRDefault="001B10B7" w14:paraId="7BCF0BE5" w14:noSpellErr="1" w14:textId="49EA2372">
-[...4 lines deleted...]
-    <w:sectPr w:rsidRPr="001B10B7" w:rsidR="001B10B7" w:rsidSect="002C164F">
+    <w:p w14:paraId="7BCF0BE5" w14:textId="49EA2372" w:rsidR="001B10B7" w:rsidRPr="001B10B7" w:rsidRDefault="001B10B7" w:rsidP="28ADC43F"/>
+    <w:sectPr w:rsidR="001B10B7" w:rsidRPr="001B10B7" w:rsidSect="002C164F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="56EB4A91" w14:textId="77777777">
+    <w:p w14:paraId="2B260894" w14:textId="77777777" w:rsidR="000F2D47" w:rsidRDefault="000F2D47" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="4634F307" w14:textId="77777777">
+    <w:p w14:paraId="15CE88F1" w14:textId="77777777" w:rsidR="000F2D47" w:rsidRDefault="000F2D47" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1565,126 +1534,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="002679FC" w:rsidR="003C3D27" w:rsidP="00D0019B" w:rsidRDefault="00D0019B" w14:paraId="57333058" w14:textId="38844A83">
+  <w:p w14:paraId="57333058" w14:textId="38844A83" w:rsidR="003C3D27" w:rsidRPr="002679FC" w:rsidRDefault="00D0019B" w:rsidP="00D0019B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10065"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="930394150"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="005F6AC5">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="002679FC">
+        <w:r w:rsidR="002679FC" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="004D5F80" w:rsidR="003C3D27" w:rsidP="00804131" w:rsidRDefault="00AD241C" w14:paraId="2E474024" w14:textId="1B1C30E9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E474024" w14:textId="1B1C30E9" w:rsidR="003C3D27" w:rsidRPr="004D5F80" w:rsidRDefault="00AD241C" w:rsidP="00804131">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BDC0B95" wp14:editId="03B527A7">
           <wp:extent cx="2276475" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="This picture is an ndis logo in the agency brand colours of purple, white and green. This version of the logo includes following text in pale grey to the right of it: Delivered by the National Disability Insurance Agency" title="Ndis logo version 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1718,135 +1687,135 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1397811917"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="652F76"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:r>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="005F6AC5">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="002679FC" w:rsidR="003C3D27">
+        <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="651E7BB4" w14:textId="77777777">
+    <w:p w14:paraId="42CE7831" w14:textId="77777777" w:rsidR="000F2D47" w:rsidRDefault="000F2D47" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A30408" w:rsidP="002679FC" w:rsidRDefault="00A30408" w14:paraId="0FECDCF5" w14:textId="77777777">
+    <w:p w14:paraId="5C2A821A" w14:textId="77777777" w:rsidR="000F2D47" w:rsidRDefault="000F2D47" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="003C3D27" w:rsidP="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4F2B30E5" w14:textId="77777777">
+  <w:p w14:paraId="4F2B30E5" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="00AD241C" w:rsidRDefault="0006477E" w14:paraId="645557D3" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="645557D3" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="0006477E" w:rsidP="00AD241C">
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34662A59" wp14:editId="4E73644F">
           <wp:extent cx="1825625" cy="953770"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:docPr id="5" name="Picture 5" descr="This picture is the ndis logo in the agency brand colours of purple, white and green. It is the most commonly used of the agency logos." title="NDIS Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="NDIS_logo (2).jpg"/>
@@ -1858,2554 +1827,2554 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1825625" cy="953770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidRPr="00F4697D" w:rsidR="004D5F80" w:rsidP="004D5F80" w:rsidRDefault="004D5F80" w14:paraId="39172074" w14:textId="77777777">
+  <w:p w14:paraId="39172074" w14:textId="77777777" w:rsidR="004D5F80" w:rsidRPr="00F4697D" w:rsidRDefault="004D5F80" w:rsidP="004D5F80">
     <w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w14:paraId="4744E412" w14:textId="77777777">
+  <w:p w14:paraId="4744E412" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="097D2928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7588506A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CF837CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0306676E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17525F05"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="287C6800"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3960"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D8B249A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="690C5B1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DC5190C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86BC3F66"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DD91020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC8A66C"/>
     <w:lvl w:ilvl="0" w:tplc="092056FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED13D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ACACE60C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="308B0E00"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E43091B4"/>
     <w:lvl w:ilvl="0" w:tplc="8C12FBFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="321D34E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC48A50"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4269075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="519EB126"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B0E0C46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBB6177A"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51E32A72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="179CFD04"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A00028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4268F156"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576047F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC36BDF4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAD118A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA1A632C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="617C1135"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98824BE0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="641F45B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5636B652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68AA0F0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F7E3E1E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69071176"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BB6587A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C553723"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0C08168"/>
     <w:lvl w:ilvl="0" w:tplc="5D54F1D8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Segoe UI" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Segoe UI" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79131C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="949CB15C"/>
     <w:lvl w:ilvl="0" w:tplc="C1BAB268">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="652F76"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1016273073">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1463184281">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1107194405">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1253398418">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1811746311">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="109515203">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1441223647">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1322806753">
@@ -4434,126 +4403,126 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1709254289">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="560292387">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="575819579">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="880442565">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1556164881">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1064839016">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00065F8B"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A45D4"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C15AC"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000D6CE7"/>
+    <w:rsid w:val="000F2D47"/>
     <w:rsid w:val="000F7A4F"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00135020"/>
     <w:rsid w:val="001501BA"/>
     <w:rsid w:val="001B0895"/>
     <w:rsid w:val="001B10B7"/>
     <w:rsid w:val="001B5734"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002211C2"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0027665E"/>
     <w:rsid w:val="002C164F"/>
     <w:rsid w:val="002C4E45"/>
     <w:rsid w:val="002D39D5"/>
     <w:rsid w:val="002F7777"/>
     <w:rsid w:val="00330A85"/>
     <w:rsid w:val="00343949"/>
     <w:rsid w:val="00346D61"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00392D9F"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B68B0"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D012F"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E3EE2"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B29C2"/>
     <w:rsid w:val="004B41DF"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005428D6"/>
+    <w:rsid w:val="00551206"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B5ACE"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D2025"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005E7D34"/>
     <w:rsid w:val="005F6AC5"/>
     <w:rsid w:val="00604279"/>
     <w:rsid w:val="00605CAC"/>
     <w:rsid w:val="00616CC5"/>
     <w:rsid w:val="00617682"/>
     <w:rsid w:val="00647739"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00683D11"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="00787341"/>
     <w:rsid w:val="007939E2"/>
     <w:rsid w:val="007B0256"/>
@@ -4588,64 +4557,66 @@
     <w:rsid w:val="009C1C14"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A1505A"/>
     <w:rsid w:val="00A24F9F"/>
     <w:rsid w:val="00A30408"/>
     <w:rsid w:val="00A460A5"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AA34E5"/>
     <w:rsid w:val="00AB6A1C"/>
     <w:rsid w:val="00AD0837"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B117A3"/>
     <w:rsid w:val="00B12C6A"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B2628B"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B954E4"/>
     <w:rsid w:val="00BA0413"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB23EB"/>
     <w:rsid w:val="00BB2D22"/>
     <w:rsid w:val="00BB43D1"/>
+    <w:rsid w:val="00BC7E7F"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4BC4"/>
     <w:rsid w:val="00C17A2F"/>
     <w:rsid w:val="00C237A9"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C64886"/>
     <w:rsid w:val="00C73AF0"/>
     <w:rsid w:val="00CC6AFB"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D00B10"/>
     <w:rsid w:val="00D403AD"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D47EB2"/>
+    <w:rsid w:val="00D50818"/>
     <w:rsid w:val="00D6451E"/>
     <w:rsid w:val="00D64B0B"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D95860"/>
     <w:rsid w:val="00DA5789"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE2C68"/>
     <w:rsid w:val="00DE7E96"/>
     <w:rsid w:val="00E1492E"/>
     <w:rsid w:val="00E1636D"/>
     <w:rsid w:val="00E2290F"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E56247"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E82A6B"/>
     <w:rsid w:val="00E9026A"/>
     <w:rsid w:val="00EC0EF6"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00F23E27"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64240"/>
     <w:rsid w:val="00F75E82"/>
@@ -4673,129 +4644,129 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="096190C0"/>
   <w15:docId w15:val="{A9DBDE3C-1E80-4D97-AEF8-04FFBB3A0FC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4951,52 +4922,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5063,51 +5034,51 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002679FC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="004D5F80"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -5257,383 +5228,383 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004D5F80"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C3D27"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="652F76"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="002679FC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:after="600"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
-      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:rsid w:val="004B54CA"/>
@@ -5661,128 +5632,128 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00785261"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="16"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004B54CA"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="004B54CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D630E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000D630E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00616CC5"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
@@ -5819,132 +5790,132 @@
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7A2E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="000B7A2E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD241C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF149B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0027665E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
@@ -6031,51 +6002,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1721051684">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/websitedbs/D3310114.nsf/home/Digital+Boundaries" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scheme.actuary@ndis.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abs.gov.au/websitedbs/D3310114.nsf/home/Digital+Boundaries" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6344,56 +6316,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6591,118 +6570,112 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BDB115D-839F-4276-B7FC-BD88FB278279}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A479230-A73E-45BB-A281-35802528996B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F95B916-4A7C-4251-913F-A2A2EA6B2B45}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BDB115D-839F-4276-B7FC-BD88FB278279}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>434</Words>
+  <Characters>2477</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>FaHCSIA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2906</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="NDIAAudience">