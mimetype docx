--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -478,1038 +478,837 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ABS Digital Boundaries Data</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3558A431" w14:textId="68AF1F3D" w:rsidR="0040436B" w:rsidRPr="005D0A2F" w:rsidRDefault="0040436B" w:rsidP="009E3E37">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget Utilisation Possible Values and Rules"/>
         <w:tblDescription w:val="This table contains utilisation of funds by state, service district, disability, age and support type. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="1842"/>
-        <w:gridCol w:w="3157"/>
-        <w:gridCol w:w="2597"/>
+        <w:gridCol w:w="3550"/>
+        <w:gridCol w:w="2204"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0040436B" w:rsidRPr="009465EB" w14:paraId="6320653B" w14:textId="77777777" w:rsidTr="5AE07397">
+      <w:tr w:rsidR="0040436B" w:rsidRPr="009465EB" w14:paraId="6320653B" w14:textId="77777777" w:rsidTr="00E108DD">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AA3DD4C" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="009465EB" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B6D7B23" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="009465EB" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3157" w:type="dxa"/>
+            <w:tcW w:w="3550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0219AEFB" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="009465EB" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E5A8EAE" w14:textId="5DD85F6E" w:rsidR="0040436B" w:rsidRPr="009465EB" w:rsidRDefault="00214613" w:rsidP="00A7151A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="0040436B" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040436B" w:rsidRPr="00EE4219" w14:paraId="0AC0C946" w14:textId="77777777" w:rsidTr="5AE07397">
+      <w:tr w:rsidR="0040436B" w:rsidRPr="00EE4219" w14:paraId="0AC0C946" w14:textId="77777777" w:rsidTr="00E108DD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD865DE" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="6CD865DE" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44C8E2E5" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="44C8E2E5" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3157" w:type="dxa"/>
+            <w:tcW w:w="3550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69B53EBC" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="0040436B">
+          <w:p w14:paraId="69B53EBC" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="008D7938">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22FBE957" w14:textId="2D7DEE5D" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00450158">
+          <w:p w14:paraId="22FBE957" w14:textId="2D7DEE5D" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="008D7938">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C446A8A" w14:textId="0ADCA620" w:rsidR="00001009" w:rsidRDefault="00001009" w:rsidP="00001009">
+          <w:p w14:paraId="2CE0FAC5" w14:textId="6D1A8B92" w:rsidR="006E6F90" w:rsidRPr="008D7938" w:rsidRDefault="006E6F90" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="00777958">
-[...29 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1314DBD9" w14:textId="77777777" w:rsidR="00230091" w:rsidRDefault="00230091" w:rsidP="00F61779">
+          <w:p w14:paraId="1C446A8A" w14:textId="0ADCA620" w:rsidR="00001009" w:rsidRPr="008D7938" w:rsidRDefault="00001009" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>31Mar2025</w:t>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05D63ED1" w14:textId="5C786DB0" w:rsidR="00DE57B6" w:rsidRDefault="00DE57B6" w:rsidP="00F61779">
+          <w:p w14:paraId="1314DBD9" w14:textId="77777777" w:rsidR="00230091" w:rsidRPr="008D7938" w:rsidRDefault="00230091" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>31Dec2024</w:t>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>31Mar2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7688E6E0" w14:textId="7D74D32C" w:rsidR="00F61779" w:rsidRDefault="00F61779" w:rsidP="00F61779">
+          <w:p w14:paraId="7FBB1F8B" w14:textId="77777777" w:rsidR="008D7938" w:rsidRDefault="00DE57B6" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="00777958">
-[...29 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A4A17EB" w14:textId="0501BE68" w:rsidR="00FA5B46" w:rsidRDefault="00FA5B46" w:rsidP="00FA5B46">
+          <w:p w14:paraId="1451373D" w14:textId="5391140D" w:rsidR="004C3F42" w:rsidRPr="008D7938" w:rsidRDefault="00230091" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="00777958">
-[...51 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040436B" w14:paraId="0BCD29A5" w14:textId="77777777" w:rsidTr="5AE07397">
+      <w:tr w:rsidR="0040436B" w14:paraId="0BCD29A5" w14:textId="77777777" w:rsidTr="00E108DD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F6390E" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="20F6390E" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F79186" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="20F79186" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3157" w:type="dxa"/>
+            <w:tcW w:w="3550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54968770" w14:textId="7A26D076" w:rsidR="0040436B" w:rsidRPr="008E572F" w:rsidRDefault="00317710" w:rsidP="5AE07397">
             <w:r>
               <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>and also</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> includes participants from Norfolk Island commencing </w:t>
             </w:r>
             <w:r w:rsidR="00092306">
               <w:t xml:space="preserve">from </w:t>
             </w:r>
             <w:r w:rsidR="00092306" w:rsidRPr="5AE07397">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="46303D6B" w:rsidRPr="5AE07397">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> September 2019 reporting date</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> onwards. Prior to this, </w:t>
-[...3 lines deleted...]
-              <w:t>Norfolk Island participants were captured as ‘NSW’</w:t>
+              <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as ‘NSW’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E49241" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="005945A9" w:rsidRDefault="005945A9" w:rsidP="005945A9">
+          <w:p w14:paraId="40E49241" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:textAlignment w:val="center"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>ACT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCB8CA0" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>MIS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADE94C3" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>NSW</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77FDF758" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>NT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6506EA92" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>OT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5561C9C4" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>QLD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23863F2B" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>SA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70321BBA" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>TAS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5E96DF" w14:textId="77777777" w:rsidR="005945A9" w:rsidRPr="008D7938" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>VIC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6269B18C" w14:textId="40CEBCDB" w:rsidR="00214613" w:rsidRPr="00214613" w:rsidRDefault="005945A9" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005945A9">
-[...212 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008272E6" w14:paraId="0443FEDA" w14:textId="77777777" w:rsidTr="5AE07397">
+      <w:tr w:rsidR="008272E6" w14:paraId="0443FEDA" w14:textId="77777777" w:rsidTr="00E108DD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DE420F2" w14:textId="2B4DE186" w:rsidR="008272E6" w:rsidRDefault="00214613" w:rsidP="00A7151A">
+          <w:p w14:paraId="2DE420F2" w14:textId="2B4DE186" w:rsidR="008272E6" w:rsidRDefault="00214613" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00214613">
+              <w:lastRenderedPageBreak/>
               <w:t>RsdsInSrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23D0BC42" w14:textId="77777777" w:rsidR="008272E6" w:rsidRDefault="008272E6" w:rsidP="00A7151A">
+          <w:p w14:paraId="23D0BC42" w14:textId="77777777" w:rsidR="008272E6" w:rsidRDefault="008272E6" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Service district where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3157" w:type="dxa"/>
+            <w:tcW w:w="3550" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0383B2DE" w14:textId="2A545434" w:rsidR="008272E6" w:rsidRPr="00534DCF" w:rsidRDefault="008272E6" w:rsidP="008272E6">
+          <w:p w14:paraId="0383B2DE" w14:textId="7E747E55" w:rsidR="008272E6" w:rsidRPr="00534DCF" w:rsidRDefault="008272E6" w:rsidP="006E6F90">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...224 lines deleted...]
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00A7151A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>he "Other</w:t>
             </w:r>
             <w:r w:rsidRPr="00A7151A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
+              <w:t>service districts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7151A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> within each State/Territory contains information for the following</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534DCF">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E71A139" w14:textId="5C3A5AD4" w:rsidR="008272E6" w:rsidRDefault="008272E6" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Missing LGA: </w:t>
+            </w:r>
+            <w:r w:rsidR="00214613">
+              <w:t>captures participants</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00214613">
+              <w:t xml:space="preserve">who </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ar</w:t>
+            </w:r>
+            <w:r w:rsidR="00450158">
+              <w:t>e missing LGA level information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4FC098" w14:textId="167A0C2B" w:rsidR="008272E6" w:rsidRDefault="008272E6" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:ind w:left="227" w:hanging="227"/>
+              <w:contextualSpacing w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Small numbers: </w:t>
+            </w:r>
+            <w:r w:rsidR="00214613">
+              <w:t xml:space="preserve">captures participants who are in </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">LGA </w:t>
+            </w:r>
+            <w:r w:rsidR="00214613">
+              <w:t>with few participants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06270CE3" w14:textId="77777777" w:rsidR="008272E6" w:rsidRPr="008D7938" w:rsidRDefault="008272E6" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>TAS North</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2326228E" w14:textId="77777777" w:rsidR="008272E6" w:rsidRPr="008D7938" w:rsidRDefault="008272E6" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>North West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="09085D02" w14:textId="77777777" w:rsidR="008272E6" w:rsidRPr="008D7938" w:rsidRDefault="008272E6" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>South East</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="7FAD2061" w14:textId="77777777" w:rsidR="008272E6" w:rsidRPr="008D7938" w:rsidRDefault="008272E6" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t xml:space="preserve">TAS </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>South West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="20E4CAC7" w14:textId="3CDE1F27" w:rsidR="00001009" w:rsidRDefault="00001009" w:rsidP="008D7938">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>Etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0040436B" w:rsidRPr="00EE4219" w14:paraId="2C3FE97B" w14:textId="77777777" w:rsidTr="00E108DD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2258" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C353FD" w14:textId="797F8B4D" w:rsidR="0040436B" w:rsidRPr="008014BA" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LGANm20</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1ACF">
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="587A01D3" w14:textId="2D81461B" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>LGA 20</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1ACF">
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Name as per ABS classification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA4F197" w14:textId="45E7A623" w:rsidR="0040436B" w:rsidRPr="00534DCF" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7151A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>he "Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7151A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
               <w:t>LGA</w:t>
             </w:r>
             <w:r w:rsidRPr="00A7151A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> category within each State/Territory contains information for the following</w:t>
             </w:r>
             <w:r w:rsidRPr="00534DCF">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61D503F2" w14:textId="3113BABE" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="0040436B">
+          <w:p w14:paraId="61D503F2" w14:textId="3113BABE" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Missing LGA: </w:t>
             </w:r>
             <w:r w:rsidR="00C716C8">
               <w:t>captures participants who ar</w:t>
             </w:r>
             <w:r w:rsidR="00450158">
               <w:t>e missing LGA level information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BFF9017" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00450158">
+          <w:p w14:paraId="3BFF9017" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures partici</w:t>
             </w:r>
             <w:r w:rsidR="00C716C8">
               <w:t xml:space="preserve">pants who are in LGA with few </w:t>
             </w:r>
             <w:r w:rsidR="00450158">
               <w:t>participants</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44054FCD" w14:textId="424AC60E" w:rsidR="001B52A0" w:rsidRPr="009636B6" w:rsidRDefault="001B52A0" w:rsidP="009636B6">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0FBF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1574,343 +1373,312 @@
               <w:t>More information on local governments can be found at the </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00AD0FBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Australian Local Government Association</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001B52A0">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="163E219D" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="002B58A5" w:rsidRDefault="005771E1" w:rsidP="002B58A5">
+          <w:p w14:paraId="163E219D" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="008D7938" w:rsidRDefault="005771E1" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B58A5">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Gosford (C)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="689C4359" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="002B58A5" w:rsidRDefault="005771E1" w:rsidP="002B58A5">
+          <w:p w14:paraId="689C4359" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="008D7938" w:rsidRDefault="005771E1" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B58A5">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Wyong (A)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD099D4" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="002B58A5" w:rsidRDefault="005771E1" w:rsidP="002B58A5">
+          <w:p w14:paraId="4DD099D4" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="008D7938" w:rsidRDefault="005771E1" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B58A5">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Balranald (A)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56AA3474" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="002B58A5" w:rsidRDefault="005771E1" w:rsidP="002B58A5">
+          <w:p w14:paraId="56AA3474" w14:textId="77777777" w:rsidR="005771E1" w:rsidRPr="008D7938" w:rsidRDefault="005771E1" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B58A5">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Broken Hill (C)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D974995" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="00001009" w:rsidRDefault="005771E1" w:rsidP="002B58A5">
+          <w:p w14:paraId="6D974995" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="00001009" w:rsidRDefault="005771E1" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:textAlignment w:val="center"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="002B58A5">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Wentworth (A)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FB9F6DA" w14:textId="1654EFCE" w:rsidR="00001009" w:rsidRDefault="00001009" w:rsidP="002B58A5">
+          <w:p w14:paraId="4FB9F6DA" w14:textId="1654EFCE" w:rsidR="00001009" w:rsidRDefault="00001009" w:rsidP="008D7938">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="18"/>
+                <w:numId w:val="17"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:textAlignment w:val="center"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="008D7938">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040436B" w:rsidRPr="00EE4219" w14:paraId="2AB43A4B" w14:textId="77777777" w:rsidTr="5AE07397">
+      <w:tr w:rsidR="0040436B" w:rsidRPr="00EE4219" w14:paraId="2AB43A4B" w14:textId="77777777" w:rsidTr="00E108DD">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AECD6D2" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="008014BA" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="2AECD6D2" w14:textId="77777777" w:rsidR="0040436B" w:rsidRPr="008014BA" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24F9F">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AFA0689" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="00A7151A">
+          <w:p w14:paraId="5AFA0689" w14:textId="77777777" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="006E6F90">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Count of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3157" w:type="dxa"/>
+            <w:tcW w:w="3550" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44D9A437" w14:textId="65B79D2E" w:rsidR="0040436B" w:rsidRDefault="001E1ACF" w:rsidP="00A7151A">
+          <w:p w14:paraId="44D9A437" w14:textId="65B79D2E" w:rsidR="0040436B" w:rsidRDefault="001E1ACF" w:rsidP="006E6F90">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2597" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7DA1C7" w14:textId="71B99A45" w:rsidR="0040436B" w:rsidRDefault="00214613" w:rsidP="00450158">
+          <w:p w14:paraId="6C7DA1C7" w14:textId="71B99A45" w:rsidR="0040436B" w:rsidRDefault="00214613" w:rsidP="006E6F90">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00450158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="222222"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3416C48F" w14:textId="3CCA8513" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00FD2B8C">
+    <w:p w14:paraId="18A9D257" w14:textId="77777777" w:rsidR="008D7938" w:rsidRDefault="008D7938" w:rsidP="00FD2B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="10" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="11" w:name="_Toc203656292"/>
+    </w:p>
+    <w:p w14:paraId="3416C48F" w14:textId="75B0BF5A" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00FD2B8C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="687F7E09" w14:textId="2B0BA847" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="687F7E09" w14:textId="768ED9C3" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00001009">
-        <w:t>June</w:t>
+      <w:r w:rsidR="00E108DD">
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FBF">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E37B03" w14:textId="65FABE23" w:rsidR="00DE57B6" w:rsidRPr="00AD0FBF" w:rsidRDefault="000B7A2E" w:rsidP="00DE57B6">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00DE57B6" w:rsidRPr="00AD0FBF" w:rsidSect="005D4A10">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="03F21FA9" w14:textId="77777777" w:rsidR="005D22C1" w:rsidRDefault="005D22C1" w:rsidP="002679FC">
+    <w:p w14:paraId="7678A49A" w14:textId="77777777" w:rsidR="0034157B" w:rsidRDefault="0034157B" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19750F74" w14:textId="77777777" w:rsidR="005D22C1" w:rsidRDefault="005D22C1" w:rsidP="002679FC">
+    <w:p w14:paraId="4185A77C" w14:textId="77777777" w:rsidR="0034157B" w:rsidRDefault="0034157B" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2147,58 +1915,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70ACAFA7" w14:textId="77777777" w:rsidR="005D22C1" w:rsidRDefault="005D22C1" w:rsidP="002679FC">
+    <w:p w14:paraId="424B25FD" w14:textId="77777777" w:rsidR="0034157B" w:rsidRDefault="0034157B" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B6513E" w14:textId="77777777" w:rsidR="005D22C1" w:rsidRDefault="005D22C1" w:rsidP="002679FC">
+    <w:p w14:paraId="29B4E637" w14:textId="77777777" w:rsidR="0034157B" w:rsidRDefault="0034157B" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D390738" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -4704,158 +4472,164 @@
     <w:rsid w:val="00092306"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001343FF"/>
     <w:rsid w:val="001678D6"/>
     <w:rsid w:val="00176E0F"/>
     <w:rsid w:val="001A5D79"/>
     <w:rsid w:val="001B52A0"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3585"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001C68A6"/>
     <w:rsid w:val="001E1ACF"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="00214613"/>
     <w:rsid w:val="00230091"/>
     <w:rsid w:val="00255BAE"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002B58A5"/>
     <w:rsid w:val="00317710"/>
     <w:rsid w:val="00323EAC"/>
+    <w:rsid w:val="0034157B"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00372D2F"/>
     <w:rsid w:val="00391FE2"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B2FD5"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="0040436B"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="004377A9"/>
     <w:rsid w:val="00450158"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004C3F42"/>
     <w:rsid w:val="004C3F93"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
+    <w:rsid w:val="005433AB"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="005771E1"/>
     <w:rsid w:val="005945A9"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005C717B"/>
     <w:rsid w:val="005D0A2F"/>
     <w:rsid w:val="005D22C1"/>
     <w:rsid w:val="005D4A10"/>
     <w:rsid w:val="005D4E50"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="00637976"/>
     <w:rsid w:val="00656515"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
+    <w:rsid w:val="006E6F90"/>
     <w:rsid w:val="00722C84"/>
     <w:rsid w:val="00743B55"/>
     <w:rsid w:val="00757CEB"/>
     <w:rsid w:val="00777958"/>
     <w:rsid w:val="00782E64"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007A1B87"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00825CB0"/>
     <w:rsid w:val="008272E6"/>
     <w:rsid w:val="00841433"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00846E45"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A3259"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B2B0C"/>
+    <w:rsid w:val="008D7938"/>
     <w:rsid w:val="008E3496"/>
     <w:rsid w:val="008E572F"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009636B6"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009C388D"/>
     <w:rsid w:val="009E3E37"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A20CA1"/>
     <w:rsid w:val="00A34633"/>
     <w:rsid w:val="00A37A18"/>
     <w:rsid w:val="00A636DA"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AD0FBF"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B165D2"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B83C39"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC3BD9"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C21D18"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C405DB"/>
     <w:rsid w:val="00C716C8"/>
     <w:rsid w:val="00C71AB6"/>
     <w:rsid w:val="00C94E20"/>
     <w:rsid w:val="00CE3DFD"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D85C12"/>
     <w:rsid w:val="00DC72AB"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE57B6"/>
     <w:rsid w:val="00DF3ED9"/>
+    <w:rsid w:val="00E108DD"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E654F7"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EA6FCE"/>
     <w:rsid w:val="00EC1D7F"/>
     <w:rsid w:val="00EE27FA"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00F12DBC"/>
     <w:rsid w:val="00F14C30"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F61779"/>
     <w:rsid w:val="00F61AC8"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00FA5B46"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FD2B8C"/>
     <w:rsid w:val="00FE0B48"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="46303D6B"/>
     <w:rsid w:val="48797000"/>
     <w:rsid w:val="48BC125E"/>
     <w:rsid w:val="5AE07397"/>
@@ -6530,76 +6304,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6796,111 +6566,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2189F8-4B0D-40C4-B9A9-595574C3CB99}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8274ABB5-C552-4B07-AAAA-653E5A2772B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>542</Words>
-  <Characters>3091</Characters>
+  <Words>539</Words>
+  <Characters>3077</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3626</CharactersWithSpaces>
+  <CharactersWithSpaces>3609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>