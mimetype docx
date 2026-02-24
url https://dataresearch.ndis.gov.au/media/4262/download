--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -631,50 +631,70 @@
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FBE957" w14:textId="2D7DEE5D" w:rsidR="0040436B" w:rsidRDefault="0040436B" w:rsidP="008D7938">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2204" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="11EB5B9B" w14:textId="5FBE4B2A" w:rsidR="00C634B2" w:rsidRPr="008D7938" w:rsidRDefault="00C634B2" w:rsidP="00C634B2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D7938">
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="2CE0FAC5" w14:textId="6D1A8B92" w:rsidR="006E6F90" w:rsidRPr="008D7938" w:rsidRDefault="006E6F90" w:rsidP="008D7938">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="008D7938">
               <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C446A8A" w14:textId="0ADCA620" w:rsidR="00001009" w:rsidRPr="008D7938" w:rsidRDefault="00001009" w:rsidP="008D7938">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="008D7938">
@@ -1550,77 +1570,77 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18A9D257" w14:textId="77777777" w:rsidR="008D7938" w:rsidRDefault="008D7938" w:rsidP="00FD2B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="10" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="11" w:name="_Toc203656292"/>
     </w:p>
     <w:p w14:paraId="3416C48F" w14:textId="75B0BF5A" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00FD2B8C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="687F7E09" w14:textId="768ED9C3" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
+    <w:p w14:paraId="687F7E09" w14:textId="5FADA44F" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="000B7A2E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E108DD">
-        <w:t>Sep</w:t>
+      <w:r w:rsidR="00C634B2">
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00AD0FBF">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E37B03" w14:textId="65FABE23" w:rsidR="00DE57B6" w:rsidRPr="00AD0FBF" w:rsidRDefault="000B7A2E" w:rsidP="00DE57B6">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
@@ -4556,67 +4576,69 @@
     <w:rsid w:val="008272E6"/>
     <w:rsid w:val="00841433"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00846E45"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A3259"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B2B0C"/>
     <w:rsid w:val="008D7938"/>
     <w:rsid w:val="008E3496"/>
     <w:rsid w:val="008E572F"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009636B6"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009C388D"/>
     <w:rsid w:val="009E3E37"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A20CA1"/>
     <w:rsid w:val="00A34633"/>
     <w:rsid w:val="00A37A18"/>
     <w:rsid w:val="00A636DA"/>
     <w:rsid w:val="00A87366"/>
+    <w:rsid w:val="00A9781C"/>
     <w:rsid w:val="00AD0FBF"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B165D2"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B83C39"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC3BD9"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C21D18"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C405DB"/>
+    <w:rsid w:val="00C634B2"/>
     <w:rsid w:val="00C716C8"/>
     <w:rsid w:val="00C71AB6"/>
     <w:rsid w:val="00C94E20"/>
     <w:rsid w:val="00CE3DFD"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D85C12"/>
     <w:rsid w:val="00DC72AB"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE57B6"/>
     <w:rsid w:val="00DF3ED9"/>
     <w:rsid w:val="00E108DD"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E654F7"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00EA6FCE"/>
     <w:rsid w:val="00EC1D7F"/>
     <w:rsid w:val="00EE27FA"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00F12DBC"/>
     <w:rsid w:val="00F14C30"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
@@ -6304,72 +6326,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6566,121 +6568,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{103202F5-8DEA-4059-B58A-3C458F93232F}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8274ABB5-C552-4B07-AAAA-653E5A2772B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>539</Words>
-  <Characters>3077</Characters>
+  <Words>541</Words>
+  <Characters>3085</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3609</CharactersWithSpaces>
+  <CharactersWithSpaces>3619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>