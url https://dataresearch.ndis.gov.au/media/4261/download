--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -566,835 +566,901 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00534DCF" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w:rsidRPr="00EE4219" w14:paraId="7E84C00B" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16201C9A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="16201C9A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F5ECC0" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="68F5ECC0" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D88736B" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="3D88736B" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A37AAB" w14:textId="2CB41101" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="15A37AAB" w14:textId="2CB41101" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0704F801" w14:textId="6C8B4354" w:rsidR="00585968" w:rsidRDefault="00585968" w:rsidP="00585968">
+          <w:p w14:paraId="1C6844BE" w14:textId="7D76DA20" w:rsidR="00380010" w:rsidRDefault="00380010" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun202</w:t>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Sep</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63B49862" w14:textId="77777777" w:rsidR="00C334FA" w:rsidRDefault="00C334FA" w:rsidP="000F2710">
+          <w:p w14:paraId="0704F801" w14:textId="6C8B4354" w:rsidR="00585968" w:rsidRDefault="00585968" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31Mar2025</w:t>
+              <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D91514B" w14:textId="07585B56" w:rsidR="00CB6654" w:rsidRDefault="00CB6654" w:rsidP="000F2710">
+          <w:p w14:paraId="63B49862" w14:textId="77777777" w:rsidR="00C334FA" w:rsidRDefault="00C334FA" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CB6654">
-              <w:t>31Dec2024</w:t>
+            <w:r>
+              <w:t>31Mar2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30060718" w14:textId="479BC2E9" w:rsidR="000F2710" w:rsidRDefault="000F2710" w:rsidP="000F2710">
+          <w:p w14:paraId="3D91514B" w14:textId="07585B56" w:rsidR="00CB6654" w:rsidRDefault="00CB6654" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r>
-              <w:t>30Sep2024</w:t>
+            <w:r w:rsidRPr="00CB6654">
+              <w:t>31Dec2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FC85DEF" w14:textId="5299DFF3" w:rsidR="004932D0" w:rsidRDefault="004932D0" w:rsidP="004932D0">
+          <w:p w14:paraId="30060718" w14:textId="479BC2E9" w:rsidR="000F2710" w:rsidRDefault="000F2710" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30Jun2024</w:t>
+              <w:t>30Sep2024</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BAC5D50" w14:textId="4FEAD43B" w:rsidR="00070570" w:rsidRPr="00EE4219" w:rsidRDefault="00C334FA" w:rsidP="00C334FA">
+          <w:p w14:paraId="2FC85DEF" w14:textId="5299DFF3" w:rsidR="004932D0" w:rsidRDefault="004932D0" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>30Jun2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BAC5D50" w14:textId="4FEAD43B" w:rsidR="00070570" w:rsidRPr="00EE4219" w:rsidRDefault="00C334FA" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w14:paraId="473587C6" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C85B1C" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="45C85B1C" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="325C176A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="325C176A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11FB19F9" w14:textId="16775553" w:rsidR="00F950B8" w:rsidRDefault="0050572A" w:rsidP="589FC58C">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard and also includes participants from Norfolk Island commencing </w:t>
+          <w:p w14:paraId="11FB19F9" w14:textId="02379FD8" w:rsidR="00F950B8" w:rsidRDefault="0050572A" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00380010">
+              <w:t>Other Territories</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>and also</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> includes participants from Norfolk </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Island commencing </w:t>
             </w:r>
             <w:r w:rsidR="00FD73D7">
               <w:t xml:space="preserve">from </w:t>
             </w:r>
             <w:r w:rsidR="00FD73D7" w:rsidRPr="589FC58C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="18346FE5" w:rsidRPr="589FC58C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> September 2019 reporting date</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> onwards. </w:t>
-[...3 lines deleted...]
-              <w:t>Prior to this, Norfolk Island participants were captured as 'NSW’</w:t>
+              <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as 'NSW’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6815121B" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="6815121B" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B647725" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="0B647725" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="283B780C" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="283B780C" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C792148" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="0C792148" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DFE6E1F" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="1DFE6E1F" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44D3601F" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="44D3601F" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C1B5C53" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="7C1B5C53" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40B1DEE7" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="40B1DEE7" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02C11C6A" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="02C11C6A" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524BF652" w14:textId="456BAF7A" w:rsidR="00106303" w:rsidRDefault="00B04DBC" w:rsidP="00B04DBC">
+          <w:p w14:paraId="524BF652" w14:textId="456BAF7A" w:rsidR="00106303" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w:rsidRPr="00EE4219" w14:paraId="60084F88" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="731B48E5" w14:textId="087CAA3A" w:rsidR="00F950B8" w:rsidRPr="008014BA" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
-            <w:r>
+          <w:p w14:paraId="731B48E5" w14:textId="087CAA3A" w:rsidR="00F950B8" w:rsidRPr="008014BA" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>CEDNm20</w:t>
             </w:r>
             <w:r w:rsidR="007A5F18">
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C86E3A" w14:textId="78E77A7B" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="78C86E3A" w14:textId="78E77A7B" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>CED 20</w:t>
             </w:r>
             <w:r w:rsidR="007A5F18">
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Name as per ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F291F9C" w14:textId="52A61692" w:rsidR="00F950B8" w:rsidRPr="00534DCF" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="0F291F9C" w14:textId="52A61692" w:rsidR="00F950B8" w:rsidRPr="00534DCF" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00F950B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>The "Other" Electorate category within each State/Territory contains information for the following</w:t>
             </w:r>
             <w:r w:rsidRPr="00534DCF">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55450633" w14:textId="61EE80B8" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00F950B8">
+          <w:p w14:paraId="55450633" w14:textId="61EE80B8" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Missing Electorates: captures participants who are missi</w:t>
             </w:r>
             <w:r w:rsidR="00646248">
               <w:t>ng Electorate level information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5538BD78" w14:textId="0856CF9E" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00D65E6F">
+          <w:p w14:paraId="5538BD78" w14:textId="0856CF9E" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Small numbers: captures participants who are in Electorates </w:t>
             </w:r>
             <w:r w:rsidR="00646248">
               <w:t>with fewer than 20 participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35FF9664" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="35FF9664" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Bean</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29394C74" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="29394C74" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Canberra</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1636B49E" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="1636B49E" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Fenner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BBBC6E6" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="4BBBC6E6" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Banks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03620AB3" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="00646248">
+          <w:p w14:paraId="03620AB3" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Barton</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B8DF54D" w14:textId="2CBD2679" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="00646248">
+          <w:p w14:paraId="0B8DF54D" w14:textId="2CBD2679" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3682" w:rsidRPr="00EE4219" w14:paraId="6403D157" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="566F1BF2" w14:textId="184380F8" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="566F1BF2" w14:textId="184380F8" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CEDNm2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8FFDD5" w14:textId="49283232" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Name as per ABS classification</w:t>
+          <w:p w14:paraId="7F8FFDD5" w14:textId="49283232" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>CED 2024 Name as per ABS classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD9643F" w14:textId="77777777" w:rsidR="008F3682" w:rsidRPr="00534DCF" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="5DD9643F" w14:textId="77777777" w:rsidR="008F3682" w:rsidRPr="00534DCF" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00F950B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>The "Other" Electorate category within each State/Territory contains information for the following</w:t>
             </w:r>
             <w:r w:rsidRPr="00534DCF">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77E7B474" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="77E7B474" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Missing Electorates: captures participants who are missing Electorate level information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5209DC4C" w14:textId="20A729B8" w:rsidR="008F3682" w:rsidRPr="00F950B8" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="5209DC4C" w14:textId="20A729B8" w:rsidR="008F3682" w:rsidRPr="00F950B8" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Small numbers: captures participants who are in Electorates with fewer than 20 participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40E8FF9B" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="40E8FF9B" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Bean</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45A2B2A7" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="45A2B2A7" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Canberra</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DAC863D" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="0DAC863D" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Fenner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EA69645" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="2EA69645" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Banks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="523F2BA8" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="523F2BA8" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Barton</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F553CA1" w14:textId="5C7A9A8E" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="5F553CA1" w14:textId="5C7A9A8E" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3682" w:rsidRPr="00EE4219" w14:paraId="7317D036" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39DFF5F7" w14:textId="77777777" w:rsidR="008F3682" w:rsidRPr="008014BA" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="39DFF5F7" w14:textId="77777777" w:rsidR="008F3682" w:rsidRPr="008014BA" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24F9F">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEBCB3D" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="5FEBCB3D" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Count of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73E0BA13" w14:textId="716BAA8A" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="73E0BA13" w14:textId="716BAA8A" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4F5FB8" w14:textId="13D2DD9E" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="008F3682">
+          <w:p w14:paraId="0F4F5FB8" w14:textId="13D2DD9E" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="227FBF3E" w14:textId="0031AA27" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="000B7A2E"/>
     <w:p w14:paraId="239E0059" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="9" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25913110"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="7F8028D4" w14:textId="36DBADC2" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="55377839">
+    <w:p w14:paraId="7F8028D4" w14:textId="32A56963" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="55377839">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="55377839">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="008F3682">
+      <w:r w:rsidR="009D51E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00C334FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B366F81" w14:textId="23A7776D" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="007333F3">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -4230,168 +4296,172 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="966083973">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="32460075">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="702171148">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="688485544">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="93789780">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2000618256">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00044838"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00070570"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A0DB8"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A69E2"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000D7F6D"/>
     <w:rsid w:val="000F2710"/>
     <w:rsid w:val="00106303"/>
     <w:rsid w:val="001076DB"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00152017"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D26CE"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002A7D21"/>
     <w:rsid w:val="00313264"/>
     <w:rsid w:val="00342FC1"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00360AC1"/>
+    <w:rsid w:val="00380010"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="0044605B"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004932D0"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="0050572A"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00534DCF"/>
     <w:rsid w:val="00557DD3"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00584B6D"/>
     <w:rsid w:val="00585968"/>
     <w:rsid w:val="00585C49"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2AFA"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C0FB0"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E4516"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F3639"/>
     <w:rsid w:val="00615EE7"/>
     <w:rsid w:val="00646248"/>
     <w:rsid w:val="006513BF"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006A0BC0"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="007333F3"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00737250"/>
     <w:rsid w:val="007433BD"/>
     <w:rsid w:val="00766592"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007A5F18"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007E003F"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00835ABE"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00847EB6"/>
     <w:rsid w:val="00854FFB"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B2D5E"/>
     <w:rsid w:val="008E48E3"/>
     <w:rsid w:val="008F3682"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="0098333A"/>
     <w:rsid w:val="009A41BC"/>
+    <w:rsid w:val="009D51E8"/>
     <w:rsid w:val="00A006FE"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A21970"/>
     <w:rsid w:val="00A33571"/>
     <w:rsid w:val="00A43E5D"/>
     <w:rsid w:val="00A56878"/>
     <w:rsid w:val="00A5786F"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A96DA6"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B04DBC"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B272B7"/>
     <w:rsid w:val="00B3514D"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B93E20"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC6CD2"/>
     <w:rsid w:val="00BE3F39"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00C27E81"/>
@@ -6101,76 +6171,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6367,111 +6413,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03AF00EA-E0EE-4732-B92C-95262B09856E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8055ED19-AE64-451C-8CE1-E412811DE446}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>450</Words>
-  <Characters>2565</Characters>
+  <Words>453</Words>
+  <Characters>2583</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3009</CharactersWithSpaces>
+  <CharactersWithSpaces>3030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>