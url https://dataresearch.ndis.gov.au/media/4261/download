--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -570,55 +570,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00534DCF" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w:rsidRPr="00EE4219" w14:paraId="7E84C00B" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16201C9A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68F5ECC0" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D88736B" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
@@ -628,68 +626,82 @@
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15A37AAB" w14:textId="2CB41101" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set may have multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
+          <w:p w14:paraId="5ED999E6" w14:textId="218AD60A" w:rsidR="00092931" w:rsidRDefault="00092931" w:rsidP="00092931">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="1C6844BE" w14:textId="7D76DA20" w:rsidR="00380010" w:rsidRDefault="00380010" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30</w:t>
-[...5 lines deleted...]
-              <w:t>2025</w:t>
+              <w:t>30Sep2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0704F801" w14:textId="6C8B4354" w:rsidR="00585968" w:rsidRDefault="00585968" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>30Jun2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63B49862" w14:textId="77777777" w:rsidR="00C334FA" w:rsidRDefault="00C334FA" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
@@ -743,98 +755,88 @@
           <w:p w14:paraId="5BAC5D50" w14:textId="4FEAD43B" w:rsidR="00070570" w:rsidRPr="00EE4219" w:rsidRDefault="00C334FA" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w14:paraId="473587C6" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45C85B1C" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="325C176A" w14:textId="77777777" w:rsidR="00F950B8" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11FB19F9" w14:textId="02379FD8" w:rsidR="00F950B8" w:rsidRDefault="0050572A" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
             </w:r>
             <w:r w:rsidR="00380010">
               <w:t>Other Territories</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> includes participants from Norfolk </w:t>
+              <w:t xml:space="preserve">) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard and also includes </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Island commencing </w:t>
+              <w:t xml:space="preserve">participants from Norfolk Island commencing </w:t>
             </w:r>
             <w:r w:rsidR="00FD73D7">
               <w:t xml:space="preserve">from </w:t>
             </w:r>
             <w:r w:rsidR="00FD73D7" w:rsidRPr="589FC58C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="18346FE5" w:rsidRPr="589FC58C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> September 2019 reporting date</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as 'NSW’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
           </w:tcPr>
@@ -940,65 +942,65 @@
           <w:p w14:paraId="40B1DEE7" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02C11C6A" w14:textId="77777777" w:rsidR="00B04DBC" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="524BF652" w14:textId="456BAF7A" w:rsidR="00106303" w:rsidRDefault="00B04DBC" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F950B8" w:rsidRPr="00EE4219" w14:paraId="60084F88" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="731B48E5" w14:textId="087CAA3A" w:rsidR="00F950B8" w:rsidRPr="008014BA" w:rsidRDefault="00F950B8" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>CEDNm20</w:t>
             </w:r>
             <w:r w:rsidR="007A5F18">
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1324,55 +1326,53 @@
           <w:p w14:paraId="5F553CA1" w14:textId="5C7A9A8E" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F3682" w:rsidRPr="00EE4219" w14:paraId="7317D036" w14:textId="77777777" w:rsidTr="589FC58C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1653" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39DFF5F7" w14:textId="77777777" w:rsidR="008F3682" w:rsidRPr="008014BA" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A24F9F">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FEBCB3D" w14:textId="77777777" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Count of Participants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73E0BA13" w14:textId="716BAA8A" w:rsidR="008F3682" w:rsidRDefault="008F3682" w:rsidP="009D51E8">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified</w:t>
@@ -1396,71 +1396,71 @@
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="227FBF3E" w14:textId="0031AA27" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="000B7A2E"/>
     <w:p w14:paraId="239E0059" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="9" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25913110"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="7F8028D4" w14:textId="32A56963" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="55377839">
+    <w:p w14:paraId="7F8028D4" w14:textId="6FB5DC38" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="55377839">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="55377839">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="009D51E8">
+      <w:r w:rsidR="00092931">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00C334FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B366F81" w14:textId="23A7776D" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="007333F3">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1473,58 +1473,58 @@
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="002679FC" w:rsidSect="007E003F">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0653549D" w14:textId="77777777" w:rsidR="0098333A" w:rsidRDefault="0098333A" w:rsidP="002679FC">
+    <w:p w14:paraId="1263B17B" w14:textId="77777777" w:rsidR="00232BE8" w:rsidRDefault="00232BE8" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E23129B" w14:textId="77777777" w:rsidR="0098333A" w:rsidRDefault="0098333A" w:rsidP="002679FC">
+    <w:p w14:paraId="2F8370FF" w14:textId="77777777" w:rsidR="00232BE8" w:rsidRDefault="00232BE8" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1770,58 +1770,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07E4485B" w14:textId="77777777" w:rsidR="0098333A" w:rsidRDefault="0098333A" w:rsidP="002679FC">
+    <w:p w14:paraId="12C5CD0F" w14:textId="77777777" w:rsidR="00232BE8" w:rsidRDefault="00232BE8" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51340FEC" w14:textId="77777777" w:rsidR="0098333A" w:rsidRDefault="0098333A" w:rsidP="002679FC">
+    <w:p w14:paraId="6133E921" w14:textId="77777777" w:rsidR="00232BE8" w:rsidRDefault="00232BE8" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70630292" w14:textId="77777777" w:rsidR="00C334FA" w:rsidRDefault="00C334FA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12828E13" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
@@ -4296,95 +4296,97 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="966083973">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="32460075">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="702171148">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="688485544">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="93789780">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2000618256">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00044838"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00070570"/>
     <w:rsid w:val="00092863"/>
+    <w:rsid w:val="00092931"/>
     <w:rsid w:val="000A0DB8"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A69E2"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000D7F6D"/>
     <w:rsid w:val="000F2710"/>
     <w:rsid w:val="00106303"/>
     <w:rsid w:val="001076DB"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00152017"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D26CE"/>
     <w:rsid w:val="001E630D"/>
+    <w:rsid w:val="00232BE8"/>
+    <w:rsid w:val="00262C0F"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="002A7D21"/>
     <w:rsid w:val="00313264"/>
     <w:rsid w:val="00342FC1"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00360AC1"/>
     <w:rsid w:val="00380010"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="0044605B"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004932D0"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="0050572A"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00534DCF"/>
     <w:rsid w:val="00557DD3"/>
     <w:rsid w:val="005638D6"/>
@@ -6171,52 +6173,67 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6413,141 +6430,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03AF00EA-E0EE-4732-B92C-95262B09856E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8055ED19-AE64-451C-8CE1-E412811DE446}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8055ED19-AE64-451C-8CE1-E412811DE446}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DA31B43-33E3-4216-AEC8-1AEBBB4F87D6}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>453</Words>
-  <Characters>2583</Characters>
+  <Words>454</Words>
+  <Characters>2592</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3030</CharactersWithSpaces>
+  <CharactersWithSpaces>3040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>