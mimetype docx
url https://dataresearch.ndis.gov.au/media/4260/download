--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -599,52 +599,52 @@
               <w:lang w:bidi="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="5" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="6" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="2BB02CD2" w14:textId="0F32BF38" w:rsidR="00FA6BAB" w:rsidRDefault="00D8241D" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="8" w:name="_Toc203655962"/>
       <w:r>
         <w:t>Participant numbers and plan budgets p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="145CD083" w14:textId="7C2B5AE5" w:rsidR="0015581B" w:rsidRDefault="00361575" w:rsidP="00092863">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7A99F0BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants are considered active by the NDIA when they have </w:t>
       </w:r>
       <w:r w:rsidR="007461B6" w:rsidRPr="7A99F0BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>current</w:t>
       </w:r>
       <w:r w:rsidRPr="7A99F0BC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> plans at the date of reporting. </w:t>
       </w:r>
@@ -777,1580 +777,1705 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00092863" w:rsidRPr="00CB4D99">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="6F319EB6" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61D8204A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="61D8204A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Rprt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B5BAACC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="3B5BAACC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B42DE0" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="46B42DE0" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="783F9DC6" w14:textId="045781AD" w:rsidR="00092863" w:rsidRDefault="00753578" w:rsidP="005235CD">
+          <w:p w14:paraId="783F9DC6" w14:textId="045781AD" w:rsidR="00092863" w:rsidRDefault="00753578" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set contains</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57F0EF15" w14:textId="71026086" w:rsidR="00B13A57" w:rsidRDefault="00B13A57" w:rsidP="00EF0902">
+          <w:p w14:paraId="57F0EF15" w14:textId="17884659" w:rsidR="00B13A57" w:rsidRDefault="00B13A57" w:rsidP="00423C52">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="451F3ABC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="12EE6A11" w:rsidRPr="451F3ABC">
+            <w:r w:rsidR="00423C52">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="451F3ABC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00AF65FC">
+            <w:r w:rsidR="00423C52">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Jun</w:t>
+              <w:t>Sep</w:t>
             </w:r>
             <w:r w:rsidR="002E7960">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-2025</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49AF8FEF" w14:textId="0B3268E9" w:rsidR="0099185B" w:rsidRPr="00EF0902" w:rsidRDefault="0099185B" w:rsidP="004B6B5A">
-[...2 lines deleted...]
-              <w:ind w:left="360"/>
+          <w:p w14:paraId="49AF8FEF" w14:textId="0B3268E9" w:rsidR="0099185B" w:rsidRPr="00EF0902" w:rsidRDefault="0099185B" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA26F9" w14:paraId="5C402622" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22EF9231" w14:textId="26592F37" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002D2A39">
+          <w:p w14:paraId="22EF9231" w14:textId="26592F37" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BC8241C" w14:textId="27453CAE" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="002D2A39">
+          <w:p w14:paraId="5BC8241C" w14:textId="27453CAE" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D67F7D7" w14:textId="77777777" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="007461B6">
+          <w:p w14:paraId="7D67F7D7" w14:textId="77777777" w:rsidR="00AA26F9" w:rsidRDefault="00AA26F9" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the States/Territories</w:t>
             </w:r>
             <w:r w:rsidR="00081542">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007461B6">
               <w:t>in which the</w:t>
             </w:r>
             <w:r w:rsidR="00081542">
               <w:t xml:space="preserve"> NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21D7B5AD" w14:textId="4237E3F6" w:rsidR="00C559E6" w:rsidRDefault="00B84B28" w:rsidP="5D5CF3FA">
+          <w:p w14:paraId="21D7B5AD" w14:textId="4237E3F6" w:rsidR="00C559E6" w:rsidRDefault="00B84B28" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>and also</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> includes </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">participants from Norfolk Island </w:t>
+              <w:t xml:space="preserve"> includes participants from Norfolk Island </w:t>
             </w:r>
             <w:r w:rsidR="00175816">
               <w:t xml:space="preserve">commencing </w:t>
             </w:r>
             <w:r w:rsidR="00175816" w:rsidRPr="5D5CF3FA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
             <w:r w:rsidR="772F55AA" w:rsidRPr="5D5CF3FA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> the September 2019 reporting date</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> onwards. Prior to this, Norfolk Island participants were captured as ‘NSW’</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281E3CDC" w14:textId="188872B5" w:rsidR="00C559E6" w:rsidRDefault="08B75266" w:rsidP="5D5CF3FA">
+          <w:p w14:paraId="281E3CDC" w14:textId="188872B5" w:rsidR="00C559E6" w:rsidRDefault="08B75266" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB30E5">
               <w:t>“MIS” denotes the records where</w:t>
             </w:r>
             <w:r w:rsidR="2EE47637" w:rsidRPr="00BB30E5">
               <w:t xml:space="preserve"> the state information is missing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BBFF06F" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="2BBFF06F" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D7798CA" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="7D7798CA" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="702D8A5C" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="702D8A5C" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E21CF27" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="1E21CF27" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1214DC05" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="1214DC05" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45495EEB" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="45495EEB" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ACB3291" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="2ACB3291" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="505FAC4E" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="505FAC4E" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01621F0E" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="01621F0E" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C4E1316" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="2C4E1316" w14:textId="77777777" w:rsidR="00D13432" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1192F9" w14:textId="4A3EF2E8" w:rsidR="007461B6" w:rsidRDefault="00D13432" w:rsidP="00D13432">
+          <w:p w14:paraId="2B1192F9" w14:textId="4A3EF2E8" w:rsidR="007461B6" w:rsidRDefault="00D13432" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="34F3E561" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DA2929E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="5DA2929E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40DFA3D2" w14:textId="51FD824B" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="40DFA3D2" w14:textId="51FD824B" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Service district</w:t>
             </w:r>
             <w:r w:rsidR="0013244F">
               <w:t xml:space="preserve"> where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E9C82C2" w14:textId="2A8998AA" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="5E9C82C2" w14:textId="2A8998AA" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Each </w:t>
             </w:r>
             <w:r w:rsidR="00383637">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tate/</w:t>
             </w:r>
             <w:r w:rsidR="00383637">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t>erritory is divided into service districts in which NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C38A41B" w14:textId="56950AD4" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+          <w:p w14:paraId="3C38A41B" w14:textId="56950AD4" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the service districts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="355133A7" w14:textId="4D5D127C" w:rsidR="00092863" w:rsidRDefault="6863F622" w:rsidP="005235CD">
+          <w:p w14:paraId="355133A7" w14:textId="4D5D127C" w:rsidR="00092863" w:rsidRDefault="6863F622" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">“Unincorporated” and “Unspecified” are reported under “Other” commencing from </w:t>
             </w:r>
             <w:r w:rsidR="0911838A">
               <w:t>30-September-2020 reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="743A1002" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="743A1002" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72850746" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="72850746" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="7474EDA8" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="7474EDA8" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="39C03AB4" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="39C03AB4" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="4F06C353" w14:textId="77777777" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="00092863">
+          <w:p w14:paraId="4F06C353" w14:textId="77777777" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>….</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44CE2F28" w14:textId="18A120AC" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="00092863">
+          <w:p w14:paraId="44CE2F28" w14:textId="18A120AC" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="00A82E24" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BB37788" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="75638614" w:rsidP="002D2A39">
+          <w:p w14:paraId="0BB37788" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="75638614" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>DsbltyGrpNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EFD6635" w14:textId="54FE3EDA" w:rsidR="00092863" w:rsidRDefault="2E6EDB31" w:rsidP="2E6EDB31">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="7EFD6635" w14:textId="54FE3EDA" w:rsidR="00092863" w:rsidRDefault="2E6EDB31" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Disability group name </w:t>
             </w:r>
             <w:r w:rsidRPr="2E6EDB31">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>of the participants primary reported disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58C3B3BA" w14:textId="33596EA8" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="445E844F" w:rsidP="003F5258">
+          <w:p w14:paraId="58C3B3BA" w14:textId="33596EA8" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="445E844F" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="003F5258">
               <w:t>The values of this field reflect the disability groups included in the quarterl</w:t>
             </w:r>
             <w:r w:rsidR="006E3F6F">
               <w:t>y reports published by the NDIA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78C519BE" w14:textId="42D5DD86" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="445E844F" w:rsidP="003F5258">
+          <w:p w14:paraId="78C519BE" w14:textId="42D5DD86" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="445E844F" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Down </w:t>
             </w:r>
             <w:r w:rsidR="004513E6">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">yndrome is included </w:t>
             </w:r>
             <w:r w:rsidR="008B1131">
               <w:t>under</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Intellectual disability</w:t>
             </w:r>
             <w:r w:rsidR="008B1131">
               <w:t xml:space="preserve"> group</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A46FC3C" w14:textId="0A70BC45" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="6F478E4A" w:rsidP="003F5258">
+          <w:p w14:paraId="5A46FC3C" w14:textId="0A70BC45" w:rsidR="00092863" w:rsidRPr="003F5258" w:rsidRDefault="6F478E4A" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“Missing” disability is reported under “Other”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="704762BC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="704762BC" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Autism</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CC12852" w14:textId="03D536F3" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="0CC12852" w14:textId="03D536F3" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Developmental delay</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6934832A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="6934832A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Intellectual Disability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53225502" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="006E3F6F">
+          <w:p w14:paraId="53225502" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Psychosocial disability</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37EF997E" w14:textId="06812A5E" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="006E3F6F">
+          <w:p w14:paraId="37EF997E" w14:textId="06812A5E" w:rsidR="001623B3" w:rsidRDefault="001623B3" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>…</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="144A4790" w14:textId="14502899" w:rsidR="004513E6" w:rsidRDefault="004513E6" w:rsidP="005235CD">
+          <w:p w14:paraId="144A4790" w14:textId="14502899" w:rsidR="004513E6" w:rsidRDefault="004513E6" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="5ABF65B0" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EFED1DA" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="4EFED1DA" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>AgeBnd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20C56992" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="20C56992" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Age band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CD30B26" w14:textId="064B8BE3" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="3CD30B26" w14:textId="064B8BE3" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all ages</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="506FCF05" w14:textId="7A5EBBF5" w:rsidR="00092863" w:rsidRDefault="48E10C35" w:rsidP="00092863">
+          <w:p w14:paraId="506FCF05" w14:textId="7A5EBBF5" w:rsidR="00092863" w:rsidRDefault="48E10C35" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C65C982" w14:textId="6E010DD7" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="6C65C982" w14:textId="6E010DD7" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
             <w:r w:rsidR="00D456EC">
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17F06023" w14:textId="083121A9" w:rsidR="00092863" w:rsidRDefault="00D456EC" w:rsidP="00092863">
+          <w:p w14:paraId="17F06023" w14:textId="083121A9" w:rsidR="00092863" w:rsidRDefault="00D456EC" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> to 14</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BA4E55E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="7BA4E55E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>15 to 18</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0000525F" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="0000525F" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>19 to 24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2764A682" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="2764A682" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>25 to 34</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B549235" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="5B549235" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>35 to 44</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5679DFBB" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="5679DFBB" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>45 to 54</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C88F907" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="1C88F907" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>55 to 64</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EFE025" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+          <w:p w14:paraId="05EFE025" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>65+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C25A1DC" w14:textId="408CB79F" w:rsidR="00EF0902" w:rsidRDefault="00EF0902" w:rsidP="005235CD">
+          <w:p w14:paraId="4C25A1DC" w14:textId="408CB79F" w:rsidR="00EF0902" w:rsidRDefault="00EF0902" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="510BC61A" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F1451E0" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00EB12A7" w:rsidP="00EB12A7">
+          <w:p w14:paraId="7F1451E0" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00EB12A7" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>SuppClass</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="18CD571A" w14:textId="77777777" w:rsidR="007154B7" w:rsidRPr="007154B7" w:rsidRDefault="007154B7" w:rsidP="007154B7"/>
-[...3 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="18CD571A" w14:textId="77777777" w:rsidR="007154B7" w:rsidRPr="007154B7" w:rsidRDefault="007154B7" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66B6A2CE" w14:textId="77777777" w:rsidR="007154B7" w:rsidRPr="007154B7" w:rsidRDefault="007154B7" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5112A01D" w14:textId="77777777" w:rsidR="007154B7" w:rsidRPr="007154B7" w:rsidRDefault="007154B7" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BACF8EF" w14:textId="7BB26A7A" w:rsidR="007154B7" w:rsidRPr="007154B7" w:rsidRDefault="007154B7" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
               <w:ind w:firstLine="720"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35D6ED86" w14:textId="785A2238" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="008159AE">
-            <w:r>
+          <w:p w14:paraId="35D6ED86" w14:textId="785A2238" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
             <w:r w:rsidR="008159AE">
               <w:t>class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1162FB89" w14:textId="06ABB76B" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="1162FB89" w14:textId="06ABB76B" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">NDIS plans have support </w:t>
             </w:r>
             <w:r w:rsidR="00EB12A7">
               <w:t xml:space="preserve">classes </w:t>
             </w:r>
             <w:r>
-              <w:t>under which a participant receives necessary and reasonable funding</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D585FAF" w14:textId="34DFC00C" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+              <w:t xml:space="preserve">under which a participant receives </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>necessary and reasonable funding</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D585FAF" w14:textId="34DFC00C" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">“ALL” denotes all the support </w:t>
             </w:r>
             <w:r w:rsidR="008159AE">
               <w:t>classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5064ECCD" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="009608E6">
+          <w:p w14:paraId="5064ECCD" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-            <w:r>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ADD5DEF" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="009608E6">
+          <w:p w14:paraId="4ADD5DEF" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="296979BC" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="009608E6">
+          <w:p w14:paraId="296979BC" w14:textId="77777777" w:rsidR="009608E6" w:rsidRDefault="009608E6" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30CD5A3E" w14:textId="3EB2DCA6" w:rsidR="00E6696F" w:rsidRDefault="009608E6" w:rsidP="009608E6">
+          <w:p w14:paraId="30CD5A3E" w14:textId="3EB2DCA6" w:rsidR="00E6696F" w:rsidRDefault="009608E6" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-            <w:r>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="48270FB3" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BBBBB85" w14:textId="088EF164" w:rsidR="00092863" w:rsidRDefault="004A5B88" w:rsidP="002D2A39">
+          <w:p w14:paraId="4BBBBB85" w14:textId="088EF164" w:rsidR="00092863" w:rsidRDefault="004A5B88" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ActvPrtcpnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C15C29E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="7C15C29E" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t>Participant count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69D8176A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="69D8176A" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Count of participants in each combination of categories</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22072CA1" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="005235CD">
+          <w:p w14:paraId="22072CA1" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of the participants. The aggregated totals have not been modified</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23EA0B83" w14:textId="2406605C" w:rsidR="00092863" w:rsidRDefault="00081542" w:rsidP="00092863">
+          <w:p w14:paraId="23EA0B83" w14:textId="2406605C" w:rsidR="00092863" w:rsidRDefault="00081542" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0847DE47" w14:textId="23B2F83D" w:rsidR="00081542" w:rsidRDefault="00081542" w:rsidP="0086152A">
+          <w:p w14:paraId="0847DE47" w14:textId="23B2F83D" w:rsidR="00081542" w:rsidRDefault="00081542" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="360"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00092863" w14:paraId="1DDB6A27" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D9231ED" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="002D2A39">
+          <w:p w14:paraId="1D9231ED" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C921A28" w14:textId="1F27D290" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00616D3B">
+          <w:p w14:paraId="0C921A28" w14:textId="1F27D290" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Average annualised committed support </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00564E25" w14:textId="6F44DA35" w:rsidR="00FD2324" w:rsidRDefault="00092863" w:rsidP="00FD2324">
+          <w:p w14:paraId="00564E25" w14:textId="6F44DA35" w:rsidR="00FD2324" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participants have committed </w:t>
             </w:r>
             <w:r w:rsidR="008159AE">
               <w:t xml:space="preserve">support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in their plans. The </w:t>
             </w:r>
             <w:r w:rsidR="008159AE">
               <w:t xml:space="preserve">committed support </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">in plans </w:t>
             </w:r>
             <w:r w:rsidR="008159AE">
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">annualised </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t>to compare</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t>like-for-like values</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C0227D4" w14:textId="29B49851" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="5C0227D4" w14:textId="29B49851" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The value represents the average of the annualised amounts in the participants’ active plans</w:t>
             </w:r>
             <w:r w:rsidR="00A101F6">
               <w:t xml:space="preserve"> (Total Annualised Budget </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t xml:space="preserve">divided by </w:t>
             </w:r>
             <w:r w:rsidR="00A101F6">
               <w:t>Participant Count)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59BECBCD" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00092863">
+          <w:p w14:paraId="59BECBCD" w14:textId="77777777" w:rsidR="00092863" w:rsidRDefault="00092863" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The amounts are rounded to the nearest thousand dollars</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="079D64DF" w14:textId="3FC11ABB" w:rsidR="00092863" w:rsidRDefault="0B9BFC85" w:rsidP="00616D3B">
+          <w:p w14:paraId="079D64DF" w14:textId="3FC11ABB" w:rsidR="00092863" w:rsidRDefault="0B9BFC85" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>For rows with 11 or fewer participants, the average annualised committed support budget has been removed</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:t>, as the low participant count results in an average which is too volatile.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C3379FB" w14:textId="0C8195F6" w:rsidR="00092863" w:rsidRDefault="005235CD" w:rsidP="00FD2324">
+          <w:p w14:paraId="3C3379FB" w14:textId="0C8195F6" w:rsidR="00092863" w:rsidRDefault="005235CD" w:rsidP="00423C52">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Numerical</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> values </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t xml:space="preserve">greater than </w:t>
             </w:r>
             <w:r w:rsidR="4FD8832E">
               <w:t xml:space="preserve">or equal to </w:t>
             </w:r>
             <w:r w:rsidR="00FD2324">
               <w:t>zero</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CE866C8" w14:textId="77777777" w:rsidR="0080349F" w:rsidRDefault="0080349F" w:rsidP="0099185B">
       <w:pPr>
@@ -2363,52 +2488,52 @@
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37767452" w14:textId="3ABBE18B" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="0099185B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc203655963"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="565932A6" w14:textId="6B253E8B" w:rsidR="00FA6BAB" w:rsidRDefault="00F153EB" w:rsidP="00FA6BAB">
       <w:r>
         <w:t xml:space="preserve">Below are two examples of how to </w:t>
       </w:r>
       <w:r w:rsidR="0092554A">
         <w:t>use</w:t>
       </w:r>
       <w:r w:rsidR="004633A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F8E15F" w14:textId="25394136" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="12" w:name="_Toc25832965"/>
       <w:bookmarkStart w:id="13" w:name="_Toc203655964"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: Participants aged 25-34 in each </w:t>
       </w:r>
@@ -2669,67 +2794,67 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>ALL”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FE5149" w14:textId="68915FEF" w:rsidR="001C722E" w:rsidRDefault="001C722E" w:rsidP="00E6696F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C1A3B4D" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRPr="001C722E" w:rsidRDefault="000B7A2E" w:rsidP="001C722E"/>
     <w:p w14:paraId="47814140" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="18" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="19" w:name="_Toc203655966"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="44B10506" w14:textId="2951370D" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="7BF5C6E3">
+    <w:p w14:paraId="44B10506" w14:textId="26E58E47" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="7BF5C6E3">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7BF5C6E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00AF65FC">
-        <w:t>June</w:t>
+      <w:r w:rsidR="00423C52">
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="0080349F">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA3EF31" w14:textId="552898EC" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="00B56352">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="581C7096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contact: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="003E336A" w:rsidRPr="581C7096">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
@@ -5260,68 +5385,70 @@
     <w:rsid w:val="001C5270"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001C722E"/>
     <w:rsid w:val="001E29DC"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="0022772F"/>
     <w:rsid w:val="002543B9"/>
     <w:rsid w:val="0025608C"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0028167C"/>
     <w:rsid w:val="002E7960"/>
     <w:rsid w:val="003143E9"/>
     <w:rsid w:val="00354F08"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00361575"/>
     <w:rsid w:val="00364E83"/>
     <w:rsid w:val="00383637"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C2A10"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F5258"/>
     <w:rsid w:val="00421B46"/>
+    <w:rsid w:val="00423C52"/>
     <w:rsid w:val="004513E6"/>
     <w:rsid w:val="00451E12"/>
     <w:rsid w:val="004633A8"/>
     <w:rsid w:val="00464372"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004A5B88"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004B6B5A"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005235CD"/>
     <w:rsid w:val="00523D53"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005A3440"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="00616D3B"/>
     <w:rsid w:val="00617719"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006A33F3"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B1E25"/>
     <w:rsid w:val="006B467D"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E0385"/>
     <w:rsid w:val="006E3F6F"/>
     <w:rsid w:val="007154B7"/>
     <w:rsid w:val="007461B6"/>
     <w:rsid w:val="00753578"/>
     <w:rsid w:val="0076460B"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007A6C9C"/>
     <w:rsid w:val="007A7C78"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="00801EB5"/>
@@ -6954,50 +7081,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE619E"/>
     <w:rsid w:val="0000431E"/>
     <w:rsid w:val="000A2473"/>
     <w:rsid w:val="0023335E"/>
     <w:rsid w:val="00354F08"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00563675"/>
     <w:rsid w:val="0058136D"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="006B467D"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00DE619E"/>
     <w:rsid w:val="00E952FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
@@ -7714,74 +7842,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7978,105 +8093,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+    <SharedWithUsers xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a">
+      <UserInfo>
+        <DisplayName>Lindquist, Michael</DisplayName>
+        <AccountId>354</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D572D27E-FA5C-482B-8B85-5E4A862A76D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{901CA418-2A32-4364-ACC9-BBA1023A82EE}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{578B3FDF-4CBF-4277-BD96-186EEF4929C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D572D27E-FA5C-482B-8B85-5E4A862A76D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>719</Words>
-  <Characters>4101</Characters>
+  <Words>717</Words>
+  <Characters>4090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4811</CharactersWithSpaces>
+  <CharactersWithSpaces>4798</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>