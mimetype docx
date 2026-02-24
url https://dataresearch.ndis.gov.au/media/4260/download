--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -866,91 +866,91 @@
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>The data set contains</w:t>
             </w:r>
             <w:r w:rsidR="00092863">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2806" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57F0EF15" w14:textId="17884659" w:rsidR="00B13A57" w:rsidRDefault="00B13A57" w:rsidP="00423C52">
+          <w:p w14:paraId="57F0EF15" w14:textId="498DACA0" w:rsidR="00B13A57" w:rsidRDefault="00B13A57" w:rsidP="00423C52">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="451F3ABC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00423C52">
+            <w:r w:rsidR="007D3EEA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="451F3ABC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00423C52">
+            <w:r w:rsidR="007D3EEA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Sep</w:t>
+              <w:t>Dec</w:t>
             </w:r>
             <w:r w:rsidR="002E7960">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49AF8FEF" w14:textId="0B3268E9" w:rsidR="0099185B" w:rsidRPr="00EF0902" w:rsidRDefault="0099185B" w:rsidP="00423C52">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA26F9" w14:paraId="5C402622" w14:textId="77777777" w:rsidTr="451F3ABC">
         <w:tc>
           <w:tcPr>
@@ -2794,67 +2794,67 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>ALL”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FE5149" w14:textId="68915FEF" w:rsidR="001C722E" w:rsidRDefault="001C722E" w:rsidP="00E6696F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C1A3B4D" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRPr="001C722E" w:rsidRDefault="000B7A2E" w:rsidP="001C722E"/>
     <w:p w14:paraId="47814140" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="18" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="19" w:name="_Toc203655966"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="44B10506" w14:textId="26E58E47" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="7BF5C6E3">
+    <w:p w14:paraId="44B10506" w14:textId="36CF46B5" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="7BF5C6E3">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7BF5C6E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="00423C52">
-        <w:t>Sep</w:t>
+      <w:r w:rsidR="007D3EEA">
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="0080349F">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA3EF31" w14:textId="552898EC" w:rsidR="002679FC" w:rsidRDefault="000B7A2E" w:rsidP="00B56352">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="581C7096">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contact: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="003E336A" w:rsidRPr="581C7096">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
@@ -5386,93 +5386,95 @@
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001C722E"/>
     <w:rsid w:val="001E29DC"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="0022772F"/>
     <w:rsid w:val="002543B9"/>
     <w:rsid w:val="0025608C"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0028167C"/>
     <w:rsid w:val="002E7960"/>
     <w:rsid w:val="003143E9"/>
     <w:rsid w:val="00354F08"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00361575"/>
     <w:rsid w:val="00364E83"/>
     <w:rsid w:val="00383637"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C2A10"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003F5258"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="00423C52"/>
+    <w:rsid w:val="00440F13"/>
     <w:rsid w:val="004513E6"/>
     <w:rsid w:val="00451E12"/>
     <w:rsid w:val="004633A8"/>
     <w:rsid w:val="00464372"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004A5B88"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004B6B5A"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005235CD"/>
     <w:rsid w:val="00523D53"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005A3440"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="00616D3B"/>
     <w:rsid w:val="00617719"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="006A33F3"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B1E25"/>
     <w:rsid w:val="006B467D"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E0385"/>
     <w:rsid w:val="006E3F6F"/>
     <w:rsid w:val="007154B7"/>
     <w:rsid w:val="007461B6"/>
     <w:rsid w:val="00753578"/>
     <w:rsid w:val="0076460B"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007A6C9C"/>
     <w:rsid w:val="007A7C78"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
+    <w:rsid w:val="007D3EEA"/>
     <w:rsid w:val="00801EB5"/>
     <w:rsid w:val="0080349F"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008159AE"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0086152A"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B1131"/>
     <w:rsid w:val="008C3B57"/>
     <w:rsid w:val="00904F12"/>
     <w:rsid w:val="00920FB8"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="0092554A"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="009608E6"/>
     <w:rsid w:val="0099185B"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B3397"/>
     <w:rsid w:val="009C372B"/>
@@ -7078,50 +7080,51 @@
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE619E"/>
     <w:rsid w:val="0000431E"/>
     <w:rsid w:val="000A2473"/>
     <w:rsid w:val="0023335E"/>
     <w:rsid w:val="00354F08"/>
+    <w:rsid w:val="00440F13"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00563675"/>
     <w:rsid w:val="0058136D"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="006B467D"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00DE619E"/>
     <w:rsid w:val="00E952FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -7842,61 +7845,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+    <SharedWithUsers xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a">
+      <UserInfo>
+        <DisplayName>Lindquist, Michael</DisplayName>
+        <AccountId>354</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8094,96 +8106,87 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{578B3FDF-4CBF-4277-BD96-186EEF4929C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FF96E6D-A2E6-4524-9F79-79043C8B6FD7}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D572D27E-FA5C-482B-8B85-5E4A862A76D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>717</Words>
   <Characters>4090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>