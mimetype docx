--- v0 (2025-10-17)
+++ v1 (2025-11-27)
@@ -587,52 +587,52 @@
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="6F572D22" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="008055DA" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="5" w:name="_Toc203655736"/>
       <w:r>
         <w:t>Market concentration</w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="5CC9A4D1" w14:textId="437878CE" w:rsidR="003144F5" w:rsidRPr="003144F5" w:rsidRDefault="003144F5" w:rsidP="003144F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003144F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This table contains </w:t>
       </w:r>
       <w:r w:rsidR="00CA1943">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">data on </w:t>
       </w:r>
       <w:r w:rsidR="00966BD6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>market concentration</w:t>
       </w:r>
@@ -938,1440 +938,1448 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w:rsidRPr="00EE4219" w14:paraId="22A43179" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45C64D4F" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="45C64D4F" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6390A6FD" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="6390A6FD" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F632934" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="3F632934" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="110FB468" w14:textId="2356E220" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="0049131C">
+          <w:p w14:paraId="110FB468" w14:textId="2356E220" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF7A74">
               <w:t>The data set</w:t>
             </w:r>
             <w:r w:rsidR="00516CF0" w:rsidRPr="00037BC1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00516CF0">
               <w:t>contains</w:t>
             </w:r>
             <w:r w:rsidRPr="00516CF0">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0046FC35" w14:textId="095DE993" w:rsidR="00420E45" w:rsidRPr="00E72D38" w:rsidRDefault="00420E45" w:rsidP="00420E45">
+          <w:p w14:paraId="042EFA9D" w14:textId="2A679FAA" w:rsidR="008B5F31" w:rsidRPr="00213F0F" w:rsidRDefault="008B5F31" w:rsidP="00213F0F">
             <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="15"/>
+                <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:textAlignment w:val="center"/>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213F0F">
+              <w:t>0Sep2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0046FC35" w14:textId="6D056CE2" w:rsidR="00420E45" w:rsidRPr="00213F0F" w:rsidRDefault="00420E45" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00213F0F">
+              <w:t>30Jun2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D8B140F" w14:textId="77777777" w:rsidR="00514455" w:rsidRPr="00213F0F" w:rsidRDefault="00514455" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00213F0F">
+              <w:t>31Mar2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52221312" w14:textId="41E4B1F0" w:rsidR="00A61CD9" w:rsidRPr="00213F0F" w:rsidRDefault="00A61CD9" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00213F0F">
+              <w:t>31Dec2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6605B75A" w14:textId="6735EBA8" w:rsidR="00275C80" w:rsidRPr="00213F0F" w:rsidRDefault="00275C80" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00213F0F">
+              <w:t>30Sep2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F015EF1" w14:textId="3121E395" w:rsidR="00E904E5" w:rsidRPr="00514455" w:rsidRDefault="00514455" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E72D38">
-[...185 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00213F0F">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="66C2845A" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="100AB46B" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="100AB46B" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05B82EF6" w14:textId="611351DC" w:rsidR="00FA7DE7" w:rsidRDefault="00EC579F" w:rsidP="00CE72DA">
-[...1 lines deleted...]
-              <w:t>State/Territory where the participant resides</w:t>
+          <w:p w14:paraId="05B82EF6" w14:textId="611351DC" w:rsidR="00FA7DE7" w:rsidRDefault="00EC579F" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">State/Territory where the </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C5F2E2" w14:textId="382E6043" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="21C5F2E2" w14:textId="382E6043" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>This is the State/Territory of residence for the participant receiving service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05EE4ECA" w14:textId="7BB4467E" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="05EE4ECA" w14:textId="7BB4467E" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="258" w:hanging="258"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">All </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tates/</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t>erritories may not have all the support</w:t>
             </w:r>
             <w:r w:rsidR="00F64332">
               <w:t xml:space="preserve"> class</w:t>
             </w:r>
             <w:r w:rsidR="00877292">
               <w:t>es</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2251506F" w14:textId="1DD79105" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="001152A0">
+          <w:p w14:paraId="2251506F" w14:textId="1DD79105" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
-              <w:ind w:left="255" w:hanging="255"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">“ALL” denotes all the </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tates/</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">erritories </w:t>
             </w:r>
             <w:r w:rsidR="00874FC0">
               <w:t>where the NDIA operates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A27279" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="36A27279" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="110E5936" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="110E5936" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C489869" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="6C489869" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Missing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="380BF698" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="380BF698" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E000833" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="3E000833" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22476458" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="22476458" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27E15950" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="27E15950" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B2C27A2" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="0B2C27A2" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37F935F6" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="37F935F6" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74867EFC" w14:textId="6E97FC79" w:rsidR="00FA7DE7" w:rsidRDefault="008B5C1D" w:rsidP="008B5C1D">
+          <w:p w14:paraId="74867EFC" w14:textId="6E97FC79" w:rsidR="00FA7DE7" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="54A4F715" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F5C65CF" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="4F5C65CF" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26BA8C5E" w14:textId="3290AAFE" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="26BA8C5E" w14:textId="3290AAFE" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+            </w:pPr>
             <w:r>
               <w:t>Service district</w:t>
             </w:r>
             <w:r w:rsidR="00EC579F">
               <w:t xml:space="preserve"> where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF3E3C3" w14:textId="7EF0CA59" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="0CF3E3C3" w14:textId="7EF0CA59" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>This is the service district of residence for the participant receiving service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DA7C7A4" w14:textId="1AB0D54E" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="5DA7C7A4" w14:textId="1AB0D54E" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Each </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tate/</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">erritory is divided into service districts in which </w:t>
             </w:r>
             <w:r w:rsidR="00B8499F">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>NDIA operates</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="342982C1" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="001152A0">
+          <w:p w14:paraId="342982C1" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the service districts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08A2C216" w14:textId="2EA09424" w:rsidR="00252873" w:rsidRDefault="004115EA" w:rsidP="004115EA">
+          <w:p w14:paraId="08A2C216" w14:textId="2EA09424" w:rsidR="00252873" w:rsidRDefault="004115EA" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="005D12C0">
               <w:t xml:space="preserve">Service districts are only shown separately in the results if the NDIS commenced in their area at least 12 months before the reporting date. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t>Otherwise</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t xml:space="preserve"> the data for the service district is only included in the aggregate result for the State/Territory in which they are situated. For </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t>example;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t xml:space="preserve"> Western Melbourne started phasing into the Scheme on 01-Oct-2018. Therefore, it will not appear separately in the 30-Jun-2019 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t>results, but</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005D12C0">
               <w:t xml:space="preserve"> will contribute to the result for VIC/ALL. However, it will appear separately in the data cube for 30-Sep-2019 report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="000EB3C9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="000EB3C9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F13D7D9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="4F13D7D9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>North West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="474C71A8" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="474C71A8" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South East</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="5AB108A1" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="5AB108A1" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">TAS </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>South West</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="006CA141" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57A7BE5D" w14:textId="27658DAA" w:rsidR="00FA7DE7" w:rsidRDefault="00BD3C04" w:rsidP="00BD3C04">
+          <w:p w14:paraId="57A7BE5D" w14:textId="27658DAA" w:rsidR="00FA7DE7" w:rsidRDefault="00BD3C04" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>SuppClass</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="593ED88A" w14:textId="7DF86E79" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00BD3C04">
+          <w:p w14:paraId="593ED88A" w14:textId="7DF86E79" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
             <w:r w:rsidR="00BD3C04">
               <w:t>class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B060F68" w14:textId="3B4C4A8B" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="5B060F68" w14:textId="3B4C4A8B" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">NDIS plans have support </w:t>
             </w:r>
             <w:r w:rsidR="00BD3C04">
               <w:t xml:space="preserve">classes </w:t>
             </w:r>
             <w:r>
               <w:t>under which a participant receives necessary and reasonable funding</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78D481CC" w14:textId="450F315F" w:rsidR="00613F5D" w:rsidRDefault="00613F5D" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="78D481CC" w14:textId="450F315F" w:rsidR="00613F5D" w:rsidRDefault="00613F5D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The value here denotes the support class under which the payment was made to the provider</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1289EA7E" w14:textId="38A4A998" w:rsidR="00694BF9" w:rsidRDefault="00FA7DE7" w:rsidP="00252873">
+          <w:p w14:paraId="1289EA7E" w14:textId="38A4A998" w:rsidR="00694BF9" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the support categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1483E9BC" w14:textId="118E1CA9" w:rsidR="00FA7DE7" w:rsidRDefault="005F6526" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="1483E9BC" w14:textId="118E1CA9" w:rsidR="00FA7DE7" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70875C0A" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="70875C0A" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A5C5ED3" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="7A5C5ED3" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0344C600" w14:textId="77350D44" w:rsidR="007630C4" w:rsidRDefault="005F6526" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="0344C600" w14:textId="77350D44" w:rsidR="007630C4" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Core</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="36CEBDFF" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6272F761" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="6272F761" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t>PymntShareOfTop10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8940FC" w14:textId="3B8282CC" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="6F8940FC" w14:textId="3B8282CC" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Percentage of total payment to </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
+              <w:lastRenderedPageBreak/>
               <w:t>top</w:t>
             </w:r>
             <w:r w:rsidR="0049131C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r>
               <w:t>providers</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve"> in terms of </w:t>
             </w:r>
             <w:r w:rsidR="00E93455" w:rsidRPr="005F6526">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>payments made by the NDIS for the supports received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68EF4491" w14:textId="18A018C5" w:rsidR="0027554F" w:rsidRDefault="0027554F" w:rsidP="00FA7DE7">
+          <w:p w14:paraId="68EF4491" w14:textId="18A018C5" w:rsidR="0027554F" w:rsidRDefault="0027554F" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">To calculate the percentage of the total payment to the top 10 </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">To calculate the percentage of the total payment to the top </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r>
               <w:t>providers</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve"> in terms of </w:t>
             </w:r>
             <w:r w:rsidR="00E93455" w:rsidRPr="714AC372">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>payments made by the NDIS for the supports received</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, the following steps were taken: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F8F0133" w14:textId="4BCEE004" w:rsidR="00FA7DE7" w:rsidRDefault="0027554F" w:rsidP="0027554F">
+          <w:p w14:paraId="7F8F0133" w14:textId="4BCEE004" w:rsidR="00FA7DE7" w:rsidRDefault="0027554F" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The</w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t xml:space="preserve"> top 10 </w:t>
             </w:r>
             <w:r w:rsidR="0035129E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t xml:space="preserve">providers </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">were identified </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">by </w:t>
             </w:r>
             <w:r>
               <w:t>dollar amou</w:t>
             </w:r>
             <w:r w:rsidR="008D6FB5">
               <w:t>nt of payments received</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C2DF2E5" w14:textId="04572C33" w:rsidR="00FA7DE7" w:rsidRDefault="007B69F7" w:rsidP="0027554F">
+          <w:p w14:paraId="2C2DF2E5" w14:textId="04572C33" w:rsidR="00FA7DE7" w:rsidRDefault="007B69F7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="0027554F">
               <w:t>he</w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t xml:space="preserve"> percentage of </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t xml:space="preserve">payments </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">made </w:t>
             </w:r>
             <w:r w:rsidR="0027554F">
               <w:t xml:space="preserve">to the top </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:r w:rsidR="0035129E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t>providers</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> was calculated</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79CC0E49" w14:textId="7C38160A" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="001152A0">
+          <w:p w14:paraId="79CC0E49" w14:textId="7C38160A" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="714" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If there are </w:t>
             </w:r>
             <w:r w:rsidR="00420E45">
               <w:t>fewer</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> than 10 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>providers</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> then </w:t>
             </w:r>
             <w:r w:rsidR="007B69F7">
               <w:t xml:space="preserve">those are considered the </w:t>
             </w:r>
             <w:r w:rsidR="00F7714C">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r w:rsidR="007B69F7">
               <w:t>providers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244CF138" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="244CF138" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Positive percentage values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="518E29E7" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7041F4A6" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="7041F4A6" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>PymntBnd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5376CC" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00CE72DA">
+          <w:p w14:paraId="2D5376CC" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r>
               <w:t>Payment Band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76013890" w14:textId="4177F615" w:rsidR="00590B1D" w:rsidRDefault="00175AD0" w:rsidP="00590B1D">
+          <w:p w14:paraId="76013890" w14:textId="4177F615" w:rsidR="00590B1D" w:rsidRDefault="00175AD0" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>This only includes payments made directly to providers on behalf of participants as part of a participant’s plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27E3DEF4" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="27E3DEF4" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$1m - $5m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BED0D2E" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="6BED0D2E" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$5m - $10m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="001F960D" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="001F960D" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$10m - $20m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56CC1968" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="56CC1968" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$20m - $30m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EF79CD2" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="6EF79CD2" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$30m - $40m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C481E0D" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="2C481E0D" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$40m - $50m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65B592A4" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="65B592A4" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$50m - $100m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C78715" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="01C78715" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$100m - $200m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E95DA83" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="5E95DA83" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$200m - $300m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35ECC20A" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="35ECC20A" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$300m - $500m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56DCBA12" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="56DCBA12" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$500m - $700m</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CDB2678" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="6CDB2678" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$700m - $1b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E5FB2F2" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="2E5FB2F2" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$1b - $1.5b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2860B061" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="2860B061" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$1.5b - $2b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="205B3123" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="205B3123" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$2b - $2.5b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6578D285" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="6578D285" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$2.5b - $3b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67312B1B" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="67312B1B" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$3b - $3.5b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="644F8F23" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="007B69F7">
+          <w:p w14:paraId="644F8F23" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>$3.5b - $4b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B3313DF" w14:textId="637EABE4" w:rsidR="00FA7DE7" w:rsidRDefault="00384628" w:rsidP="001152A0">
+          <w:p w14:paraId="5B3313DF" w14:textId="637EABE4" w:rsidR="00FA7DE7" w:rsidRDefault="00384628" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
-              <w:ind w:left="357" w:hanging="357"/>
+              <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7">
               <w:t>$4b</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B542BE2" w14:textId="312AF633" w:rsidR="00612183" w:rsidRDefault="00612183" w:rsidP="00246DBA"/>
     <w:p w14:paraId="57DBB2F7" w14:textId="77777777" w:rsidR="00A61CD9" w:rsidRDefault="00A61CD9">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07244197" w14:textId="3EAB9764" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc203655737"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="7AB9417B" w14:textId="77777777" w:rsidR="00B23D07" w:rsidRDefault="00B23D07" w:rsidP="00B23D07">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093848D3" w14:textId="77777777" w:rsidR="00170591" w:rsidRPr="00170591" w:rsidRDefault="00170591" w:rsidP="00170591">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F7DA43" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="9" w:name="_Toc25578649"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25914523"/>
       <w:bookmarkStart w:id="11" w:name="_Toc203655738"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00FA7DE7" w:rsidRPr="00FA7DE7">
         <w:t>How does market concentration vary across NT for different support categories?</w:t>
@@ -2527,67 +2535,67 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA6844">
         <w:t>Capacity Building</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE43CDB" w14:textId="19A107E3" w:rsidR="00E904E5" w:rsidRDefault="00E904E5" w:rsidP="00615253"/>
     <w:p w14:paraId="51B83E25" w14:textId="77777777" w:rsidR="00615253" w:rsidRPr="00E904E5" w:rsidRDefault="00615253" w:rsidP="00E904E5"/>
     <w:p w14:paraId="0AFF9FF0" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="17" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="18" w:name="_Toc203655740"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0BA76FC4" w14:textId="68097ACC" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00170591">
+    <w:p w14:paraId="0BA76FC4" w14:textId="64AFD51F" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00170591">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="70D15048">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Approved:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00420E45">
-        <w:t>June</w:t>
+      <w:r w:rsidR="00B80308">
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="00514455">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317760CF" w14:textId="77777777" w:rsidR="007B0265" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
@@ -2606,58 +2614,58 @@
     <w:p w14:paraId="5577F089" w14:textId="226D8D31" w:rsidR="005D7C75" w:rsidRPr="005D7C75" w:rsidRDefault="005D7C75" w:rsidP="00A61CD9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="910"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D7C75" w:rsidRPr="005D7C75" w:rsidSect="00F05E7C">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="070F4651" w14:textId="77777777" w:rsidR="00A77484" w:rsidRDefault="00A77484" w:rsidP="002679FC">
+    <w:p w14:paraId="71AB4198" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="316E0385" w14:textId="77777777" w:rsidR="00A77484" w:rsidRDefault="00A77484" w:rsidP="002679FC">
+    <w:p w14:paraId="6FA42865" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2834,58 +2842,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2276475" cy="539750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="401EA2BF" w14:textId="77777777" w:rsidR="00A77484" w:rsidRDefault="00A77484" w:rsidP="002679FC">
+    <w:p w14:paraId="7CE9A2A2" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="763F18AB" w14:textId="77777777" w:rsidR="00A77484" w:rsidRDefault="00A77484" w:rsidP="002679FC">
+    <w:p w14:paraId="6C705BCD" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A07F8DC" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -5889,210 +5897,219 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00037BC1"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00087088"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A5CCE"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D33F2"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E2E4D"/>
     <w:rsid w:val="000F6C69"/>
     <w:rsid w:val="001152A0"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00170591"/>
     <w:rsid w:val="00175AD0"/>
     <w:rsid w:val="001B0932"/>
     <w:rsid w:val="001B3FCE"/>
+    <w:rsid w:val="001B4069"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3DDD"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001E5D6A"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="00213A5A"/>
+    <w:rsid w:val="00213F0F"/>
     <w:rsid w:val="00225266"/>
     <w:rsid w:val="00246DBA"/>
     <w:rsid w:val="00252873"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0027554F"/>
     <w:rsid w:val="00275C80"/>
     <w:rsid w:val="002B620A"/>
     <w:rsid w:val="002C2931"/>
     <w:rsid w:val="002F1FEC"/>
     <w:rsid w:val="003144F5"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="0035129E"/>
     <w:rsid w:val="0035638C"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00370DBC"/>
     <w:rsid w:val="00384628"/>
     <w:rsid w:val="003A72AC"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B70A2"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E11D5"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E557F"/>
     <w:rsid w:val="004115EA"/>
     <w:rsid w:val="00420E45"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="004342E3"/>
     <w:rsid w:val="00453E69"/>
+    <w:rsid w:val="00483595"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="0049131C"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004B10E9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="004F380D"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00514455"/>
     <w:rsid w:val="00516CF0"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00590B1D"/>
     <w:rsid w:val="0059472F"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D12C0"/>
     <w:rsid w:val="005D7C75"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F6526"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00613F5D"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="006546AD"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0068448D"/>
     <w:rsid w:val="00694BF9"/>
     <w:rsid w:val="006A3962"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B6BA5"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="00711312"/>
     <w:rsid w:val="00715D3F"/>
     <w:rsid w:val="00732875"/>
     <w:rsid w:val="007353E4"/>
     <w:rsid w:val="0075741F"/>
     <w:rsid w:val="007630C4"/>
     <w:rsid w:val="00765B4E"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007922B9"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B69F7"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008344C6"/>
     <w:rsid w:val="008416D2"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00850B9E"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="00874FC0"/>
     <w:rsid w:val="00877292"/>
     <w:rsid w:val="00881B41"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B3E61"/>
     <w:rsid w:val="008B5C1D"/>
+    <w:rsid w:val="008B5F31"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00966BD6"/>
     <w:rsid w:val="0098201F"/>
     <w:rsid w:val="00992A19"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009E160D"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A31CCC"/>
     <w:rsid w:val="00A53646"/>
     <w:rsid w:val="00A61CD9"/>
     <w:rsid w:val="00A71058"/>
     <w:rsid w:val="00A77484"/>
     <w:rsid w:val="00A87366"/>
+    <w:rsid w:val="00AC32BE"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD49A1"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AE79F3"/>
     <w:rsid w:val="00B0410D"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B23D07"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B24A9D"/>
     <w:rsid w:val="00B73D68"/>
+    <w:rsid w:val="00B80308"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B8499F"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BA37FA"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BD3C04"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4F5C"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C332BC"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00CA1943"/>
     <w:rsid w:val="00CB208A"/>
     <w:rsid w:val="00CF7A74"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D27707"/>
     <w:rsid w:val="00D305AA"/>
+    <w:rsid w:val="00D40F66"/>
     <w:rsid w:val="00D43DA7"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE7B78"/>
     <w:rsid w:val="00DF19EB"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E36EDB"/>
     <w:rsid w:val="00E72D38"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E904E5"/>
     <w:rsid w:val="00E93455"/>
     <w:rsid w:val="00EC579F"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F0374E"/>
     <w:rsid w:val="00F05E7C"/>
+    <w:rsid w:val="00F06906"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64332"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F7714C"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB2242"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="202A0616"/>
     <w:rsid w:val="70D15048"/>
     <w:rsid w:val="714AC372"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7756,52 +7773,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7998,120 +8039,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA78A44B-3429-41DC-9896-A36596FB4A31}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C063F05-A7F4-4606-9C00-F5C714923E93}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758F935E-B2DA-4FF9-9CE7-50359F005B22}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>757</Words>
-  <Characters>4316</Characters>
+  <Words>755</Words>
+  <Characters>4305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5063</CharactersWithSpaces>
+  <CharactersWithSpaces>5050</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>