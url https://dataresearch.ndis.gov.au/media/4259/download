--- v1 (2025-11-27)
+++ v2 (2026-03-04)
@@ -586,53 +586,53 @@
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="2" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="3" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="6F572D22" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="008055DA" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="5" w:name="_Toc203655736"/>
       <w:r>
         <w:t>Market concentration</w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="5CC9A4D1" w14:textId="437878CE" w:rsidR="003144F5" w:rsidRPr="003144F5" w:rsidRDefault="003144F5" w:rsidP="003144F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003144F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This table contains </w:t>
       </w:r>
       <w:r w:rsidR="00CA1943">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">data on </w:t>
       </w:r>
       <w:r w:rsidR="00966BD6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>market concentration</w:t>
       </w:r>
@@ -763,65 +763,51 @@
         <w:t xml:space="preserve"> payments in market share </w:t>
       </w:r>
       <w:r w:rsidR="00175AD0" w:rsidRPr="00175AD0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>only includes payments made directly to providers on behalf of participants as part of a participant’s plan</w:t>
       </w:r>
       <w:r w:rsidR="001C3DDD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="702C2490" w14:textId="1A145166" w:rsidR="003B70A2" w:rsidRPr="003B70A2" w:rsidRDefault="003B70A2" w:rsidP="003B70A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B70A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">This data considers a 6-month period with a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> lag to allow for payments for supports which have occurred in that time to be included. For example, the data marked as </w:t>
+        <w:t xml:space="preserve">This data considers a 6-month period with a 3 month lag to allow for payments for supports which have occurred in that time to be included. For example, the data marked as </w:t>
       </w:r>
       <w:r w:rsidR="004342E3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>31 December</w:t>
       </w:r>
       <w:r w:rsidRPr="003B70A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019 is built on support provided during </w:t>
       </w:r>
       <w:r w:rsidR="004342E3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>1 April 2019</w:t>
       </w:r>
       <w:r w:rsidRPr="003B70A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
@@ -943,55 +929,53 @@
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Sample </w:t>
             </w:r>
             <w:r w:rsidR="00FA7DE7" w:rsidRPr="009465EB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Possible Values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w:rsidRPr="00EE4219" w14:paraId="22A43179" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45C64D4F" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>RprtDate</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6390A6FD" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Reporting date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F632934" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1011,51 +995,65 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF7A74">
               <w:t>The data set</w:t>
             </w:r>
             <w:r w:rsidR="00516CF0" w:rsidRPr="00037BC1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00516CF0">
               <w:t>contains</w:t>
             </w:r>
             <w:r w:rsidRPr="00516CF0">
               <w:t xml:space="preserve"> multiple dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042EFA9D" w14:textId="2A679FAA" w:rsidR="008B5F31" w:rsidRPr="00213F0F" w:rsidRDefault="008B5F31" w:rsidP="00213F0F">
+          <w:p w14:paraId="4C43E258" w14:textId="565D85E6" w:rsidR="00FE7B6A" w:rsidRPr="00FE7B6A" w:rsidRDefault="00FE7B6A" w:rsidP="00213F0F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>31Dec2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042EFA9D" w14:textId="4EFC9DF0" w:rsidR="008B5F31" w:rsidRPr="00213F0F" w:rsidRDefault="008B5F31" w:rsidP="00213F0F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00213F0F">
               <w:t>0Sep2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0046FC35" w14:textId="6D056CE2" w:rsidR="00420E45" w:rsidRPr="00213F0F" w:rsidRDefault="00420E45" w:rsidP="00213F0F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1118,105 +1116,98 @@
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213F0F">
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="66C2845A" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="100AB46B" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>StateCd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05B82EF6" w14:textId="611351DC" w:rsidR="00FA7DE7" w:rsidRDefault="00EC579F" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">State/Territory where the </w:t>
-[...3 lines deleted...]
-              <w:t>participant resides</w:t>
+              <w:t>State/Territory where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21C5F2E2" w14:textId="382E6043" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>This is the State/Territory of residence for the participant receiving service</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05EE4ECA" w14:textId="7BB4467E" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">All </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:t>tates/</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t>erritories may not have all the support</w:t>
             </w:r>
             <w:r w:rsidR="00F64332">
               <w:t xml:space="preserve"> class</w:t>
             </w:r>
             <w:r w:rsidR="00877292">
               <w:t>es</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2251506F" w14:textId="1DD79105" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -1240,51 +1231,50 @@
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">erritories </w:t>
             </w:r>
             <w:r w:rsidR="00874FC0">
               <w:t>where the NDIA operates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36A27279" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="110E5936" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C489869" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
@@ -1297,51 +1287,50 @@
           <w:p w14:paraId="380BF698" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E000833" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22476458" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27E15950" w14:textId="77777777" w:rsidR="008B5C1D" w:rsidRDefault="008B5C1D" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
@@ -1384,56 +1373,53 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="54A4F715" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F5C65CF" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
               <w:t>SrvcDstrctNm</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26BA8C5E" w14:textId="3290AAFE" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Service district</w:t>
             </w:r>
             <w:r w:rsidR="00EC579F">
               <w:t xml:space="preserve"> where the participant resides</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CF3E3C3" w14:textId="7EF0CA59" w:rsidR="000A5CCE" w:rsidRDefault="000A5CCE" w:rsidP="00AC32BE">
@@ -1486,173 +1472,132 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>“ALL” denotes all the service districts</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08A2C216" w14:textId="2EA09424" w:rsidR="00252873" w:rsidRDefault="004115EA" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="005D12C0">
-              <w:t xml:space="preserve">Service districts are only shown separately in the results if the NDIS commenced in their area at least 12 months before the reporting date. </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> will contribute to the result for VIC/ALL. However, it will appear separately in the data cube for 30-Sep-2019 report.</w:t>
+              <w:t>Service districts are only shown separately in the results if the NDIS commenced in their area at least 12 months before the reporting date. Otherwise the data for the service district is only included in the aggregate result for the State/Territory in which they are situated. For example; Western Melbourne started phasing into the Scheme on 01-Oct-2018. Therefore, it will not appear separately in the 30-Jun-2019 results, but will contribute to the result for VIC/ALL. However, it will appear separately in the data cube for 30-Sep-2019 report.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="000EB3C9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>TAS North</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F13D7D9" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">TAS </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>TAS North West</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="474C71A8" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">TAS </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>TAS South East</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5AB108A1" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">TAS </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>TAS South West</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="006CA141" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57A7BE5D" w14:textId="27658DAA" w:rsidR="00FA7DE7" w:rsidRDefault="00BD3C04" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>SuppClass</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="593ED88A" w14:textId="7DF86E79" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
             <w:r w:rsidR="00BD3C04">
               <w:t>class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
@@ -1680,70 +1625,72 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The value here denotes the support class under which the payment was made to the provider</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1289EA7E" w14:textId="38A4A998" w:rsidR="00694BF9" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>“ALL” denotes all the support categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1483E9BC" w14:textId="118E1CA9" w:rsidR="00FA7DE7" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70875C0A" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Capacity Building</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A5C5ED3" w14:textId="77777777" w:rsidR="005F6526" w:rsidRDefault="005F6526" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
@@ -1774,97 +1721,91 @@
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6272F761" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>PymntShareOfTop10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F8940FC" w14:textId="3B8282CC" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Percentage of total payment to </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
-              <w:lastRenderedPageBreak/>
               <w:t>top</w:t>
             </w:r>
             <w:r w:rsidR="0049131C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r>
               <w:t>providers</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve"> in terms of </w:t>
             </w:r>
             <w:r w:rsidR="00E93455" w:rsidRPr="005F6526">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>payments made by the NDIS for the supports received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68EF4491" w14:textId="18A018C5" w:rsidR="0027554F" w:rsidRDefault="0027554F" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">10 </w:t>
+              <w:t xml:space="preserve">To calculate the percentage of the total payment to the top 10 </w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r>
               <w:t>providers</w:t>
             </w:r>
             <w:r w:rsidR="00850B9E">
               <w:t xml:space="preserve"> in terms of </w:t>
             </w:r>
             <w:r w:rsidR="00E93455" w:rsidRPr="714AC372">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>payments made by the NDIS for the supports received</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, the following steps were taken: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F8F0133" w14:textId="4BCEE004" w:rsidR="00FA7DE7" w:rsidRDefault="0027554F" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1938,107 +1879,96 @@
             <w:r w:rsidR="00FA7DE7">
               <w:t>providers</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> was calculated</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79CC0E49" w14:textId="7C38160A" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If there are </w:t>
             </w:r>
             <w:r w:rsidR="00420E45">
               <w:t>fewer</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> than 10 </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> then </w:t>
+              <w:t xml:space="preserve"> than 10 providers then </w:t>
             </w:r>
             <w:r w:rsidR="007B69F7">
               <w:t xml:space="preserve">those are considered the </w:t>
             </w:r>
             <w:r w:rsidR="00F7714C">
               <w:t xml:space="preserve">largest </w:t>
             </w:r>
             <w:r w:rsidR="007B69F7">
               <w:t>providers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="244CF138" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Positive percentage values</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7DE7" w14:paraId="518E29E7" w14:textId="77777777" w:rsidTr="714AC372">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2283" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7041F4A6" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>PymntBnd</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1823" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D5376CC" w14:textId="77777777" w:rsidR="00FA7DE7" w:rsidRDefault="00FA7DE7" w:rsidP="00AC32BE">
             <w:pPr>
               <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Payment Band</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76013890" w14:textId="4177F615" w:rsidR="00590B1D" w:rsidRDefault="00175AD0" w:rsidP="00AC32BE">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -2333,269 +2263,206 @@
     <w:p w14:paraId="57DBB2F7" w14:textId="77777777" w:rsidR="00A61CD9" w:rsidRDefault="00A61CD9">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07244197" w14:textId="3EAB9764" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc203655737"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="7AB9417B" w14:textId="77777777" w:rsidR="00B23D07" w:rsidRDefault="00B23D07" w:rsidP="00B23D07">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093848D3" w14:textId="77777777" w:rsidR="00170591" w:rsidRPr="00170591" w:rsidRDefault="00170591" w:rsidP="00170591">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F7DA43" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="9" w:name="_Toc25578649"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25914523"/>
       <w:bookmarkStart w:id="11" w:name="_Toc203655738"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00FA7DE7" w:rsidRPr="00FA7DE7">
         <w:t>How does market concentration vary across NT for different support categories?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="267CEC85" w14:textId="5A812372" w:rsidR="006F12F2" w:rsidRPr="001303C9" w:rsidRDefault="006F12F2" w:rsidP="006F12F2">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00B8499F">
         <w:t>s to the data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218A7C4A" w14:textId="54271962" w:rsidR="006F12F2" w:rsidRDefault="006F12F2" w:rsidP="006F12F2">
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>RprtDt</w:t>
-[...3 lines deleted...]
-        <w:t>=</w:t>
+        <w:t>RprtDt=</w:t>
       </w:r>
       <w:r w:rsidR="00514455" w:rsidRPr="00514455">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarter End Date</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...25 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>, StateCd=”NT”, SrvcDstrctNm=”ALL”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CEF1C8" w14:textId="77777777" w:rsidR="009522E1" w:rsidRDefault="009522E1" w:rsidP="00FA6BAB"/>
     <w:p w14:paraId="161E69C3" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc19268205"/>
       <w:bookmarkStart w:id="13" w:name="_Toc25578650"/>
       <w:bookmarkStart w:id="14" w:name="_Toc25914524"/>
       <w:bookmarkStart w:id="15" w:name="_Toc203655739"/>
       <w:r>
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="006F12F2" w:rsidRPr="006F12F2">
         <w:t>How does market concentration vary across service districts in QLD for capacity building supports?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="27CC2B18" w14:textId="650DA981" w:rsidR="006F12F2" w:rsidRPr="001303C9" w:rsidRDefault="006F12F2" w:rsidP="006F12F2">
       <w:r>
         <w:t>To get the answer, apply the following filter</w:t>
       </w:r>
       <w:r w:rsidR="00B8499F">
         <w:t>s to the data:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9DF59C" w14:textId="1FA0BCA2" w:rsidR="006F12F2" w:rsidRDefault="006F12F2" w:rsidP="006F12F2">
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>RprtDt</w:t>
-[...3 lines deleted...]
-        <w:t>=</w:t>
+        <w:t>RprtDt=</w:t>
       </w:r>
       <w:r w:rsidR="00514455" w:rsidRPr="00514455">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quarter End Date</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>, StateCd=”QLD”, SrvcDstrctNm</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>≠</w:t>
       </w:r>
       <w:r>
-        <w:t>”ALL</w:t>
+        <w:t xml:space="preserve">”ALL” (unselect), </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F7714C">
         <w:t>Supp</w:t>
       </w:r>
       <w:r w:rsidR="00BD3C04">
         <w:t>Class</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>=“</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA6844">
         <w:t>Capacity Building</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE43CDB" w14:textId="19A107E3" w:rsidR="00E904E5" w:rsidRDefault="00E904E5" w:rsidP="00615253"/>
     <w:p w14:paraId="51B83E25" w14:textId="77777777" w:rsidR="00615253" w:rsidRPr="00E904E5" w:rsidRDefault="00615253" w:rsidP="00E904E5"/>
     <w:p w14:paraId="0AFF9FF0" w14:textId="77777777" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00570D8A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="17" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="18" w:name="_Toc203655740"/>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0BA76FC4" w14:textId="64AFD51F" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00170591">
+    <w:p w14:paraId="0BA76FC4" w14:textId="67298E0B" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00170591">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="70D15048">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Approved:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B80308">
-        <w:t>Sep</w:t>
+      <w:r w:rsidR="00FE7B6A">
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="00514455">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317760CF" w14:textId="77777777" w:rsidR="007B0265" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
@@ -2614,58 +2481,58 @@
     <w:p w14:paraId="5577F089" w14:textId="226D8D31" w:rsidR="005D7C75" w:rsidRPr="005D7C75" w:rsidRDefault="005D7C75" w:rsidP="00A61CD9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="910"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D7C75" w:rsidRPr="005D7C75" w:rsidSect="00F05E7C">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71AB4198" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
+    <w:p w14:paraId="327CB739" w14:textId="77777777" w:rsidR="009121F0" w:rsidRDefault="009121F0" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FA42865" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
+    <w:p w14:paraId="5E24D6C6" w14:textId="77777777" w:rsidR="009121F0" w:rsidRDefault="009121F0" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2842,58 +2709,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2276475" cy="539750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CE9A2A2" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
+    <w:p w14:paraId="2F21BD9B" w14:textId="77777777" w:rsidR="009121F0" w:rsidRDefault="009121F0" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C705BCD" w14:textId="77777777" w:rsidR="00D40F66" w:rsidRDefault="00D40F66" w:rsidP="002679FC">
+    <w:p w14:paraId="3D0FC4CA" w14:textId="77777777" w:rsidR="009121F0" w:rsidRDefault="009121F0" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A07F8DC" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -5854,51 +5721,50 @@
   </w:num>
   <w:num w:numId="20" w16cid:durableId="668214063">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="571434234">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1043287770">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="177620532">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="383456642">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1697383785">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00037BC1"/>
@@ -5939,50 +5805,51 @@
     <w:rsid w:val="003144F5"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="0035129E"/>
     <w:rsid w:val="0035638C"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00370DBC"/>
     <w:rsid w:val="00384628"/>
     <w:rsid w:val="003A72AC"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B70A2"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003E11D5"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E557F"/>
     <w:rsid w:val="004115EA"/>
     <w:rsid w:val="00420E45"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="004342E3"/>
     <w:rsid w:val="00453E69"/>
     <w:rsid w:val="00483595"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="0049131C"/>
     <w:rsid w:val="004924C6"/>
+    <w:rsid w:val="004A2B41"/>
     <w:rsid w:val="004B10E9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="004F380D"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00514455"/>
     <w:rsid w:val="00516CF0"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="00590B1D"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005D12C0"/>
     <w:rsid w:val="005D7C75"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F6526"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00613F5D"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="006546AD"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0068448D"/>
@@ -6003,50 +5870,51 @@
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007922B9"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B69F7"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="008344C6"/>
     <w:rsid w:val="008416D2"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00850B9E"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="00874FC0"/>
     <w:rsid w:val="00877292"/>
     <w:rsid w:val="00881B41"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B3E61"/>
     <w:rsid w:val="008B5C1D"/>
     <w:rsid w:val="008B5F31"/>
     <w:rsid w:val="008D6FB5"/>
+    <w:rsid w:val="009121F0"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00966BD6"/>
     <w:rsid w:val="0098201F"/>
     <w:rsid w:val="00992A19"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009E160D"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A31CCC"/>
     <w:rsid w:val="00A53646"/>
     <w:rsid w:val="00A61CD9"/>
     <w:rsid w:val="00A71058"/>
     <w:rsid w:val="00A77484"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AC32BE"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD49A1"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AE79F3"/>
     <w:rsid w:val="00B0410D"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B23D07"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B24A9D"/>
@@ -6075,50 +5943,51 @@
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DE7B78"/>
     <w:rsid w:val="00DF19EB"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E36EDB"/>
     <w:rsid w:val="00E72D38"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E904E5"/>
     <w:rsid w:val="00E93455"/>
     <w:rsid w:val="00EC579F"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F0374E"/>
     <w:rsid w:val="00F05E7C"/>
     <w:rsid w:val="00F06906"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64332"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F7714C"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB2242"/>
     <w:rsid w:val="00FB3389"/>
+    <w:rsid w:val="00FE7B6A"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="202A0616"/>
     <w:rsid w:val="70D15048"/>
     <w:rsid w:val="714AC372"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -7773,76 +7642,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8040,101 +7909,95 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C063F05-A7F4-4606-9C00-F5C714923E93}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758F935E-B2DA-4FF9-9CE7-50359F005B22}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9D89CB8-3DC5-47ED-B22A-ADCF21BF3606}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>755</Words>
-  <Characters>4305</Characters>
+  <Words>756</Words>
+  <Characters>4314</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5050</CharactersWithSpaces>
+  <CharactersWithSpaces>5060</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>