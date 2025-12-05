--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -608,52 +608,52 @@
       <w:bookmarkStart w:id="5" w:name="_Toc203655427"/>
       <w:r w:rsidRPr="004E3550">
         <w:t>CALD </w:t>
       </w:r>
       <w:r w:rsidR="00E92529">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E92529" w:rsidRPr="004E3550">
         <w:t xml:space="preserve">articipant </w:t>
       </w:r>
       <w:r w:rsidRPr="004E3550">
         <w:t>numbers and plan budgets</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00615253">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="160D88DB" w14:textId="77777777" w:rsidR="00875C99" w:rsidRDefault="00864F88" w:rsidP="00246DBA">
       <w:r>
         <w:t xml:space="preserve">This dataset includes information about </w:t>
       </w:r>
       <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
         <w:t>Cultural and Linguistically Diverse</w:t>
       </w:r>
       <w:r w:rsidR="005C222B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(CALD) participant numbers broken down by State</w:t>
       </w:r>
       <w:r w:rsidR="00E92529">
         <w:t>/Territory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, remoteness and average annualised committed support. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3D0D2D" w14:textId="77777777" w:rsidR="00875C99" w:rsidRDefault="00875C99" w:rsidP="00246DBA">
       <w:r w:rsidRPr="00875C99">
         <w:t>CALD status is defined as country of birth is not Australia, New Zealand, the United Kingdom, Ireland, the United States of America, Canada or South Africa, or primary language spoken at home is not English.</w:t>
@@ -663,1459 +663,1635 @@
       <w:r>
         <w:t xml:space="preserve">Participants </w:t>
       </w:r>
       <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
         <w:t>are considered active by the NDIA when they have current plans at the date of reporting. The table below outlines the possible values and rules.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10482" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Possible Values and Rules"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2648"/>
-        <w:gridCol w:w="2222"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3032"/>
+        <w:gridCol w:w="2166"/>
+        <w:gridCol w:w="2769"/>
+        <w:gridCol w:w="2899"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="16E14FE2" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="183FEBB7" w14:textId="5A1F0E6E" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="183FEBB7" w14:textId="5A1F0E6E" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67429728" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="67429728" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00ADC4E8" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="00ADC4E8" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2567B6EC" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="2567B6EC" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Sample Possible Values</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="1FEEDCB4" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC24F67" w14:textId="69ECF8D7" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="5CC24F67" w14:textId="69ECF8D7" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Rprt</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t>Dt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="256D10C0" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="256D10C0" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Reporting date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64286E50" w14:textId="05FE4376" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="64286E50" w14:textId="05FE4376" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E1CE7B9" w14:textId="6E667AB3" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="00864F88" w:rsidP="006C1A69">
+          <w:p w14:paraId="7E1CE7B9" w14:textId="6E667AB3" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="00864F88" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The data</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t xml:space="preserve">set </w:t>
             </w:r>
             <w:r>
               <w:t>may contain</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t> multiple dates</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2521AACF" w14:textId="77777777" w:rsidR="005623D7" w:rsidRDefault="005623D7" w:rsidP="006E147A">
+          <w:p w14:paraId="485ACA08" w14:textId="231E80B1" w:rsidR="00973A05" w:rsidRDefault="00973A05" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>30-Jun-25</w:t>
+              <w:t>30-Sep-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A6EB7D3" w14:textId="471253B2" w:rsidR="00312A31" w:rsidRDefault="00312A31" w:rsidP="006E147A">
+          <w:p w14:paraId="2521AACF" w14:textId="77777777" w:rsidR="005623D7" w:rsidRDefault="005623D7" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>31-Mar-25</w:t>
+              <w:t>30-Jun-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58E33252" w14:textId="17AB8735" w:rsidR="005C554D" w:rsidRDefault="005C554D" w:rsidP="006E147A">
+          <w:p w14:paraId="2A6EB7D3" w14:textId="471253B2" w:rsidR="00312A31" w:rsidRDefault="00312A31" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
-            <w:r w:rsidRPr="005C554D">
-[...1 lines deleted...]
-            </w:r>
             <w:r>
-              <w:t>-</w:t>
-[...8 lines deleted...]
-              <w:t>24</w:t>
+              <w:t>31-Mar-25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D63046C" w14:textId="04C3716E" w:rsidR="006E147A" w:rsidRDefault="006E147A" w:rsidP="006E147A">
+          <w:p w14:paraId="58E33252" w14:textId="17AB8735" w:rsidR="005C554D" w:rsidRDefault="005C554D" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
+            <w:r w:rsidRPr="005C554D">
+              <w:t>31</w:t>
+            </w:r>
             <w:r>
-              <w:t>30-Sep-24</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C554D">
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C554D">
+              <w:t>24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C08108" w14:textId="07DFAA0D" w:rsidR="000E7CBA" w:rsidRDefault="000E7CBA" w:rsidP="000E7CBA">
+          <w:p w14:paraId="2D63046C" w14:textId="04C3716E" w:rsidR="006E147A" w:rsidRDefault="006E147A" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-              <w:t>-Jun-24</w:t>
+              <w:t>30-Sep-24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37890E1A" w14:textId="729FA99E" w:rsidR="001B6D55" w:rsidRPr="006C1A69" w:rsidRDefault="00312A31" w:rsidP="001B6D55">
+          <w:p w14:paraId="22C08108" w14:textId="07DFAA0D" w:rsidR="000E7CBA" w:rsidRDefault="000E7CBA" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006E147A">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-Jun-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37890E1A" w14:textId="729FA99E" w:rsidR="001B6D55" w:rsidRPr="006C1A69" w:rsidRDefault="00312A31" w:rsidP="00932317">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="43EE8D3F" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2995B664" w14:textId="71A7E374" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="2995B664" w14:textId="71A7E374" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F82DB5D" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="6F82DB5D" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>State/Territory where the participant resides </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A26721A" w14:textId="3B9B772C" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="0A26721A" w14:textId="3B9B772C" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>“ALL” denotes all the States/Territories in which the NDIA operates</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FF417E6" w14:textId="74A4EC45" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="7FF417E6" w14:textId="11B32BDC" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
-              <w:t xml:space="preserve">The State/Territory code OT (i.e. other) includes </w:t>
+              <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D41F07">
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC046B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC046B">
+              <w:lastRenderedPageBreak/>
+              <w:t>Territor</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0B83">
+              <w:t>ies</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              <w:t> includes p</w:t>
+              <w:t>) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard and includes p</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t>articipants from Norfolk Island.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25A1E429" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="25A1E429" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EBAD043" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="4EBAD043" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FD46C3C" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="6FD46C3C" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MIS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43492817" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="43492817" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NSW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6893E294" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="6893E294" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C683B02" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="0C683B02" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15AC7D24" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="15AC7D24" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15499783" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="15499783" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4346305E" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="4346305E" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>TAS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76BA4D54" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="76BA4D54" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7781A6F2" w14:textId="64357EC8" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="00DB1AE4" w:rsidP="001B6D55">
+          <w:p w14:paraId="7781A6F2" w14:textId="64357EC8" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="202EDEED" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31AD8321" w14:textId="50CDBD2B" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="31AD8321" w14:textId="4662F619" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:lastRenderedPageBreak/>
-              <w:t>MMMCd_2015</w:t>
-            </w:r>
+              <w:t>MMMCd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="688C4946" w14:textId="2764FB80" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00DF2ADE">
+          <w:p w14:paraId="688C4946" w14:textId="5D87EC21" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
-              <w:t>Modified Monash Model 201</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> code for remoteness </w:t>
+              <w:t>Modified Monash Model code for remoteness </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68E3FCC9" w14:textId="0A1A365F" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="68E3FCC9" w14:textId="0A1A365F" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:ind w:left="345" w:hanging="345"/>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM</w:t>
             </w:r>
             <w:r w:rsidR="00DF2ADE">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t>: Major Cities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D659C9D" w14:textId="1C5A979B" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="0D659C9D" w14:textId="1C5A979B" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM2: Population &gt; 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E35F49A" w14:textId="7C59C3DB" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="0E35F49A" w14:textId="7C59C3DB" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM3: Population between 15,000 and 50,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46F568F3" w14:textId="02CF511F" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="46F568F3" w14:textId="02CF511F" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM4: Population between 5,000 and 15,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FC8042C" w14:textId="1353648E" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00864F88">
+          <w:p w14:paraId="4FC8042C" w14:textId="1353648E" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM5: Population less than 5,000</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BC6EBEA" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRDefault="00DF2ADE" w:rsidP="00864F88">
+          <w:p w14:paraId="4754FA47" w14:textId="6FB7B15B" w:rsidR="00034CCF" w:rsidRPr="006C1A69" w:rsidRDefault="00DF2ADE" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="clear" w:pos="360"/>
-                <w:tab w:val="num" w:pos="345"/>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM6&amp;</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t>7: Remote and Very Remote</w:t>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>was being used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50585707" w14:textId="77777777" w:rsidR="00B12A57" w:rsidRPr="00B12A57" w:rsidRDefault="006C1A69" w:rsidP="3A0B1163">
+          <w:p w14:paraId="50585707" w14:textId="77777777" w:rsidR="00B12A57" w:rsidRPr="00B12A57" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">MM6 and MM7 are merged </w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t xml:space="preserve">in this dataset to protect the </w:t>
             </w:r>
             <w:r>
               <w:t>privacy</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t xml:space="preserve"> of participants when</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> reporting</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>small numbers.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F2098CD" w14:textId="3D0B94CE" w:rsidR="006C1A69" w:rsidRPr="00B12A57" w:rsidRDefault="00B12A57" w:rsidP="00B12A57">
+          <w:p w14:paraId="4F2098CD" w14:textId="755A17EA" w:rsidR="006C1A69" w:rsidRPr="00B12A57" w:rsidRDefault="00B12A57" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:t>Participants with missing remoteness information are only reported under "ALL" category (MMMCd_2015 = ALL)</w:t>
+              <w:t>Participants with missing remoteness information are only reported under "ALL" category (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>MMMCd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009976BF">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>= ALL)</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35ADB2B2" w14:textId="25FBEED0" w:rsidR="006C1A69" w:rsidRPr="00B12A57" w:rsidRDefault="0D585AA8" w:rsidP="38A71CBC">
+          <w:p w14:paraId="54733AF6" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRDefault="0D585AA8" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM category contains missing remoteness information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EB6975B" w14:textId="36566E8C" w:rsidR="00B451FB" w:rsidRDefault="009976BF" w:rsidP="00345B30">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1A69">
+              <w:t>Modified Monash Model</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t>uses</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C0145B">
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">2023 version </w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t xml:space="preserve">from </w:t>
+            </w:r>
+            <w:r w:rsidR="00B451FB">
+              <w:t>30-Sep-2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5354B80C" w14:textId="43046215" w:rsidR="00FF33DE" w:rsidRDefault="00B451FB" w:rsidP="00345B30">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">From </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0818">
+              <w:t>31-Mar</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">-2024 to </w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t>30-</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Jun</w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t>-2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF33DE">
+              <w:t>, the 2019 version was used</w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35ADB2B2" w14:textId="663E6162" w:rsidR="009976BF" w:rsidRPr="00B12A57" w:rsidRDefault="00FF33DE" w:rsidP="00345B30">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="31"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Up to 31-Dec-2023</w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t>, the 20</w:t>
+            </w:r>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="001C43F4">
+              <w:t xml:space="preserve"> version was used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32811EFD" w14:textId="62659333" w:rsidR="001A4659" w:rsidRDefault="001A4659" w:rsidP="001B6D55">
+          <w:p w14:paraId="32811EFD" w14:textId="62659333" w:rsidR="001A4659" w:rsidRDefault="001A4659" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63AD1813" w14:textId="29EADF31" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="63AD1813" w14:textId="29EADF31" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="028180B3" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="028180B3" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM2 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D3306CE" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="3D3306CE" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM3 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6998D405" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="6998D405" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM4 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="270AA3BA" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="270AA3BA" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM5 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6256355A" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="001B6D55">
+          <w:p w14:paraId="6256355A" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM6 &amp; 7 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E37DD3A" w14:textId="2E7FAFC6" w:rsidR="00B12A57" w:rsidRPr="006C1A69" w:rsidRDefault="00B12A57" w:rsidP="001B6D55">
+          <w:p w14:paraId="5E37DD3A" w14:textId="2E7FAFC6" w:rsidR="00B12A57" w:rsidRPr="006C1A69" w:rsidRDefault="00B12A57" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="50ACC237" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="412AF04E" w14:textId="7FDF0757" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="412AF04E" w14:textId="7FDF0757" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2751C1BF" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="2751C1BF" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Participant count </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="068274F6" w14:textId="71FAF3CD" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="068274F6" w14:textId="71FAF3CD" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Count of participants in each combination of categories</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55CDBA29" w14:textId="2902DCD5" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FE795D">
+          <w:p w14:paraId="55CDBA29" w14:textId="2902DCD5" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
-              <w:t xml:space="preserve">Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals </w:t>
-[...3 lines deleted...]
-              <w:t>have not been modified</w:t>
+              <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D8A60B4" w14:textId="6064A411" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="4D8A60B4" w14:textId="6064A411" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
-              <w:lastRenderedPageBreak/>
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="5EF7CC18" w14:textId="77777777" w:rsidTr="38A71CBC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EA3963E" w14:textId="2A2983F3" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00C07ABC">
+          <w:p w14:paraId="0EA3963E" w14:textId="2A2983F3" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34C78F55" w14:textId="5A88A0A6" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00E92529">
+          <w:p w14:paraId="34C78F55" w14:textId="5A88A0A6" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Average annualised committed support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2996" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66D27C4E" w14:textId="260D5433" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="66D27C4E" w14:textId="260D5433" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t xml:space="preserve">Participants have committed support in their plans. The committed support in </w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t>lans is annualised </w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
-              <w:t>to compare like-for-like values.</w:t>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE795D">
+              <w:lastRenderedPageBreak/>
+              <w:t>compare like-for-like values.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33F7A0AA" w14:textId="6FA4CA26" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="33F7A0AA" w14:textId="6FA4CA26" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>The value represents the average of the annualised amounts in the participants’ active plans (Total Annualised Budget divided by Participant Count)</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DDB7BEA" w14:textId="51A1BF31" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="3DDB7BEA" w14:textId="51A1BF31" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>The amounts are rounded to the nearest thousand dollars</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="282D97E7" w14:textId="31A49067" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FE795D">
+          <w:p w14:paraId="282D97E7" w14:textId="31A49067" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. Therefore, you cannot multiply the average annualised support budget total with the participant count to arrive at the total annu</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>alised committed support budget.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2601" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78292EDD" w14:textId="6046F903" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
+          <w:p w14:paraId="78292EDD" w14:textId="6046F903" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
+              <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
+              <w:lastRenderedPageBreak/>
               <w:t>Numerical values greater than zero </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32158E8B" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00246DBA"/>
-    <w:p w14:paraId="7ACAAAB7" w14:textId="77777777" w:rsidR="00312A31" w:rsidRDefault="00312A31">
+    <w:p w14:paraId="7CC57440" w14:textId="51CCCAD7" w:rsidR="00932317" w:rsidRDefault="00932317">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc13752023"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc203655428"/>
+    </w:p>
+    <w:p w14:paraId="07244197" w14:textId="5BD7B19B" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="00D0019B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>How to use the data</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="7AB9417B" w14:textId="77777777" w:rsidR="00B23D07" w:rsidRDefault="00B23D07" w:rsidP="00B23D07">
       <w:r>
         <w:t>Below are two examples of how to use the data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E395DB9" w14:textId="0E11C553" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00735B86">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc203655429"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>Example 1: CALD </w:t>
       </w:r>
       <w:r w:rsidR="00E92529">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E92529" w:rsidRPr="006C1A69">
         <w:t xml:space="preserve">articipants </w:t>
       </w:r>
       <w:r w:rsidRPr="006C1A69">
         <w:t>in each State/Territory </w:t>
       </w:r>
       <w:r w:rsidR="005866B2">
         <w:t>as at the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BEDD6E" w14:textId="505E0CED" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
       <w:r>
         <w:t xml:space="preserve">To get the number and average budget of </w:t>
       </w:r>
       <w:r w:rsidR="470FF083">
         <w:t xml:space="preserve">CALD </w:t>
       </w:r>
       <w:r>
         <w:t>participants in each State/Territory, regardless of remoteness, apply the following filters to the data:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CEF1C8" w14:textId="61CD72B8" w:rsidR="009522E1" w:rsidRDefault="006C1A69" w:rsidP="00FA6BAB">
+    <w:p w14:paraId="58CEF1C8" w14:textId="4B878590" w:rsidR="009522E1" w:rsidRDefault="006C1A69" w:rsidP="00FA6BAB">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="0083662C" w:rsidRPr="0083662C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
       <w:r w:rsidRPr="006C1A69">
         <w:t>, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>≠(unselect</w:t>
+        <w:t>≠(unselect)“ALL”, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>)“</w:t>
+        <w:t>MMMCd</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006027F7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>ALL”, MMMCd_2015</w:t>
-[...7 lines deleted...]
-        <w:t>” </w:t>
+        <w:t>=”ALL” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0108D02E" w14:textId="033C5C63" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00735B86">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc203655430"/>
       <w:r w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="3F80CBA5" w:rsidRPr="1BDAF4B3">
         <w:t>CALD</w:t>
       </w:r>
       <w:r w:rsidR="24D2BC3A" w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve">articipants in NSW </w:t>
       </w:r>
       <w:r w:rsidR="005866B2">
         <w:t>as at the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="5DB839FB" w14:textId="5E02E8E7" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
@@ -2140,102 +2316,97 @@
     </w:p>
     <w:p w14:paraId="51B83E25" w14:textId="4E8E010B" w:rsidR="00615253" w:rsidRPr="00E904E5" w:rsidRDefault="006C1A69" w:rsidP="00E904E5">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="0083662C" w:rsidRPr="0083662C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarter end date</w:t>
       </w:r>
       <w:r w:rsidRPr="006C1A69">
         <w:t>, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>=“</w:t>
-[...3 lines deleted...]
-        <w:t>NSW” </w:t>
+        <w:t>=“NSW” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AFF9FF0" w14:textId="43717D04" w:rsidR="000B7A2E" w:rsidRDefault="00875C99" w:rsidP="00865B0B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="11" w:name="_Toc13752024"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Toc203655431"/>
       <w:r w:rsidR="000B7A2E">
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="0BA76FC4" w14:textId="3CF39D88" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00865B0B">
+    <w:p w14:paraId="0BA76FC4" w14:textId="67E07259" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00865B0B">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D20284">
+      <w:r w:rsidR="00C0145B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>June</w:t>
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="0083662C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317760CF" w14:textId="77777777" w:rsidR="007B0265" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -2246,58 +2417,58 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="007B0265" w:rsidSect="00024CFE">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="399AF5FF" w14:textId="77777777" w:rsidR="00A42DCB" w:rsidRDefault="00A42DCB" w:rsidP="002679FC">
+    <w:p w14:paraId="7F63DD70" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B6C7FF3" w14:textId="77777777" w:rsidR="00A42DCB" w:rsidRDefault="00A42DCB" w:rsidP="002679FC">
+    <w:p w14:paraId="04395E75" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2533,58 +2704,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F550448" w14:textId="77777777" w:rsidR="00A42DCB" w:rsidRDefault="00A42DCB" w:rsidP="002679FC">
+    <w:p w14:paraId="6467B1D7" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="390F441A" w14:textId="77777777" w:rsidR="00A42DCB" w:rsidRDefault="00A42DCB" w:rsidP="002679FC">
+    <w:p w14:paraId="1E74ECD8" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A07F8DC" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -7205,298 +7376,318 @@
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1311667474">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1148402558">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2109226242">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="232199356">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="438377641">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1980304473">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00024CFE"/>
     <w:rsid w:val="00034CCF"/>
     <w:rsid w:val="00037BC1"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A5CCE"/>
+    <w:rsid w:val="000B0818"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C13F1"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E2E4D"/>
     <w:rsid w:val="000E7CBA"/>
     <w:rsid w:val="000F6C69"/>
     <w:rsid w:val="001152A0"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00175AD0"/>
     <w:rsid w:val="001A4659"/>
     <w:rsid w:val="001B0932"/>
     <w:rsid w:val="001B3FCE"/>
     <w:rsid w:val="001B6D55"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3DDD"/>
+    <w:rsid w:val="001C43F4"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D7739"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001E651C"/>
     <w:rsid w:val="00225266"/>
     <w:rsid w:val="00246DBA"/>
     <w:rsid w:val="00252873"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0027554F"/>
     <w:rsid w:val="002C2931"/>
     <w:rsid w:val="002D7CF4"/>
     <w:rsid w:val="002E2DC5"/>
     <w:rsid w:val="00312A31"/>
     <w:rsid w:val="003144F5"/>
+    <w:rsid w:val="00345B30"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="0035129E"/>
     <w:rsid w:val="0035638C"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="00370DBC"/>
     <w:rsid w:val="003A72AC"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003B70A2"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
     <w:rsid w:val="003D05CB"/>
     <w:rsid w:val="003D34FF"/>
     <w:rsid w:val="003D649A"/>
     <w:rsid w:val="003E11D5"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="004024E9"/>
     <w:rsid w:val="004115EA"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="004342E3"/>
     <w:rsid w:val="00453E69"/>
     <w:rsid w:val="0048026E"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="0049131C"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004A00DC"/>
     <w:rsid w:val="004B10E9"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E3550"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00516CF0"/>
     <w:rsid w:val="00525C3A"/>
     <w:rsid w:val="00540699"/>
     <w:rsid w:val="005623D7"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00565375"/>
     <w:rsid w:val="00570B8F"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="005866B2"/>
     <w:rsid w:val="00590B1D"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="005A68A9"/>
+    <w:rsid w:val="005B10B1"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B547D"/>
     <w:rsid w:val="005C222B"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005C554D"/>
     <w:rsid w:val="005D12C0"/>
     <w:rsid w:val="005E1A00"/>
     <w:rsid w:val="005E669D"/>
+    <w:rsid w:val="005F6127"/>
     <w:rsid w:val="005F6526"/>
+    <w:rsid w:val="005F68BC"/>
+    <w:rsid w:val="006027F7"/>
     <w:rsid w:val="0060610B"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00613F5D"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="006546AD"/>
     <w:rsid w:val="006643AD"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="00673557"/>
     <w:rsid w:val="00694BF9"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006B6BA5"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006C1A69"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E147A"/>
     <w:rsid w:val="006E40CD"/>
     <w:rsid w:val="006F12F2"/>
     <w:rsid w:val="00705A1F"/>
     <w:rsid w:val="00715D3F"/>
     <w:rsid w:val="00732875"/>
     <w:rsid w:val="007353E4"/>
     <w:rsid w:val="00735B86"/>
     <w:rsid w:val="0075741F"/>
     <w:rsid w:val="00765B4E"/>
+    <w:rsid w:val="00777E77"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007A7C09"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007B69F7"/>
     <w:rsid w:val="007E71EE"/>
     <w:rsid w:val="00800BFE"/>
     <w:rsid w:val="00804131"/>
     <w:rsid w:val="008055DA"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="0082362E"/>
     <w:rsid w:val="008344C6"/>
     <w:rsid w:val="0083662C"/>
     <w:rsid w:val="00836DC5"/>
     <w:rsid w:val="00842BA4"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00850B9E"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="00864F88"/>
     <w:rsid w:val="00865B0B"/>
     <w:rsid w:val="00874FC0"/>
     <w:rsid w:val="00875C99"/>
     <w:rsid w:val="00877292"/>
     <w:rsid w:val="00884A50"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B3E61"/>
     <w:rsid w:val="008D6FB5"/>
+    <w:rsid w:val="008F1786"/>
     <w:rsid w:val="009225F0"/>
+    <w:rsid w:val="00932317"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009444B7"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00957539"/>
     <w:rsid w:val="00966BD6"/>
+    <w:rsid w:val="00973A05"/>
     <w:rsid w:val="0098201F"/>
     <w:rsid w:val="00992A19"/>
+    <w:rsid w:val="009976BF"/>
     <w:rsid w:val="009A41BC"/>
+    <w:rsid w:val="009D0B83"/>
     <w:rsid w:val="009E160D"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A42DCB"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD49A1"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AE79F3"/>
     <w:rsid w:val="00B0410D"/>
     <w:rsid w:val="00B12A57"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B23D07"/>
     <w:rsid w:val="00B24033"/>
+    <w:rsid w:val="00B451FB"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B8499F"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC2B65"/>
     <w:rsid w:val="00BC6A5B"/>
     <w:rsid w:val="00BD09AE"/>
     <w:rsid w:val="00BD3C04"/>
     <w:rsid w:val="00BD62DC"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4F5C"/>
+    <w:rsid w:val="00C0145B"/>
     <w:rsid w:val="00C07ABC"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C332BC"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C83DF5"/>
     <w:rsid w:val="00CA1943"/>
     <w:rsid w:val="00CF7A74"/>
     <w:rsid w:val="00CF7C1D"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D20284"/>
     <w:rsid w:val="00D27707"/>
     <w:rsid w:val="00D305AA"/>
+    <w:rsid w:val="00D41F07"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D73A42"/>
     <w:rsid w:val="00D759B0"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00DB1AE4"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DF19EB"/>
     <w:rsid w:val="00DF2ADE"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E36EDB"/>
     <w:rsid w:val="00E44652"/>
     <w:rsid w:val="00E70DA6"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E904E5"/>
     <w:rsid w:val="00E92529"/>
     <w:rsid w:val="00E93455"/>
     <w:rsid w:val="00EC579F"/>
     <w:rsid w:val="00ED0174"/>
+    <w:rsid w:val="00ED76C6"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F0374E"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64332"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F7714C"/>
     <w:rsid w:val="00F9261B"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
+    <w:rsid w:val="00FB0119"/>
     <w:rsid w:val="00FB2242"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FB41AB"/>
+    <w:rsid w:val="00FC046B"/>
     <w:rsid w:val="00FE795D"/>
+    <w:rsid w:val="00FF33DE"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0272C613"/>
     <w:rsid w:val="0609CEB5"/>
     <w:rsid w:val="0D585AA8"/>
     <w:rsid w:val="0F235E49"/>
     <w:rsid w:val="1BDAF4B3"/>
     <w:rsid w:val="24D2BC3A"/>
     <w:rsid w:val="38A71CBC"/>
     <w:rsid w:val="3A0B1163"/>
     <w:rsid w:val="3F80CBA5"/>
     <w:rsid w:val="40399C71"/>
     <w:rsid w:val="470FF083"/>
     <w:rsid w:val="4F34B5FC"/>
     <w:rsid w:val="5AEC6CA0"/>
     <w:rsid w:val="7210D724"/>
     <w:rsid w:val="7EA44A28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -13400,52 +13591,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -13671,87 +13862,87 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35F50B7D-C160-4355-8B0C-510BCED0F406}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECA93574-898B-4B99-8B44-FBC2E2ACC86E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A59B8594-703C-4159-B2FE-8488B3104B83}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3742</Characters>
+  <Pages>3</Pages>
+  <Words>664</Words>
+  <Characters>3786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4390</CharactersWithSpaces>
+  <CharactersWithSpaces>4442</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>