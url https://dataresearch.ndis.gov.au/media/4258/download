--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -647,252 +647,252 @@
       <w:r>
         <w:t>(CALD) participant numbers broken down by State</w:t>
       </w:r>
       <w:r w:rsidR="00E92529">
         <w:t>/Territory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, remoteness and average annualised committed support. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3D0D2D" w14:textId="77777777" w:rsidR="00875C99" w:rsidRDefault="00875C99" w:rsidP="00246DBA">
       <w:r w:rsidRPr="00875C99">
         <w:t>CALD status is defined as country of birth is not Australia, New Zealand, the United Kingdom, Ireland, the United States of America, Canada or South Africa, or primary language spoken at home is not English.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B542BE2" w14:textId="02597DD5" w:rsidR="00612183" w:rsidRDefault="00864F88" w:rsidP="00246DBA">
       <w:r>
         <w:t xml:space="preserve">Participants </w:t>
       </w:r>
       <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
         <w:t>are considered active by the NDIA when they have current plans at the date of reporting. The table below outlines the possible values and rules.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10482" w:type="dxa"/>
+        <w:tblW w:w="10486" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Possible Values and Rules"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2648"/>
-        <w:gridCol w:w="2166"/>
-        <w:gridCol w:w="2769"/>
+        <w:gridCol w:w="2104"/>
+        <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2899"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="16E14FE2" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="16E14FE2" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="183FEBB7" w14:textId="5A1F0E6E" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67429728" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00ADC4E8" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Rules</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2567B6EC" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Sample Possible Values</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="1FEEDCB4" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="1FEEDCB4" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CC24F67" w14:textId="69ECF8D7" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Rprt</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t>Dt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="256D10C0" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Reporting date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64286E50" w14:textId="05FE4376" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
@@ -911,63 +911,88 @@
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>The data</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t xml:space="preserve">set </w:t>
             </w:r>
             <w:r>
               <w:t>may contain</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t> multiple dates</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
+          <w:p w14:paraId="5EDEBC10" w14:textId="10FD1A44" w:rsidR="00101B58" w:rsidRDefault="00101B58" w:rsidP="00101B58">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="227" w:hanging="227"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-25</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="485ACA08" w14:textId="231E80B1" w:rsidR="00973A05" w:rsidRDefault="00973A05" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>30-Sep-25</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2521AACF" w14:textId="77777777" w:rsidR="005623D7" w:rsidRDefault="005623D7" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>30-Jun-25</w:t>
             </w:r>
@@ -1035,175 +1060,172 @@
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="006E147A">
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:t>-Jun-24</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37890E1A" w14:textId="729FA99E" w:rsidR="001B6D55" w:rsidRPr="006C1A69" w:rsidRDefault="00312A31" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="43EE8D3F" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="43EE8D3F" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2995B664" w14:textId="71A7E374" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>StateCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F82DB5D" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>State/Territory where the participant resides </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A26721A" w14:textId="3B9B772C" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>“ALL” denotes all the States/Territories in which the NDIA operates</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FF417E6" w14:textId="11B32BDC" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">The State/Territory code OT (i.e. </w:t>
             </w:r>
             <w:r w:rsidR="00D41F07">
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00FC046B">
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-              <w:t>Territor</w:t>
+              <w:t xml:space="preserve"> Territor</w:t>
             </w:r>
             <w:r w:rsidR="009D0B83">
               <w:t>ies</w:t>
             </w:r>
             <w:r w:rsidRPr="006C1A69">
               <w:t>) includes States/Territories from the Australian Standard Geographical Classification (ASGC) Digital Boundaries, Australia 2011 standard and includes p</w:t>
             </w:r>
             <w:r w:rsidR="00864F88">
               <w:t>articipants from Norfolk Island.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25A1E429" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>ACT</w:t>
             </w:r>
@@ -1248,64 +1270,64 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6893E294" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>NT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C683B02" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>OT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15AC7D24" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>QLD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15499783" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>SA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4346305E" w14:textId="77777777" w:rsidR="00DB1AE4" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
@@ -1322,82 +1344,82 @@
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>VIC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7781A6F2" w14:textId="64357EC8" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="00DB1AE4" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="202EDEED" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="202EDEED" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31AD8321" w14:textId="4662F619" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:lastRenderedPageBreak/>
               <w:t>MMMCd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="688C4946" w14:textId="5D87EC21" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Modified Monash Model code for remoteness </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68E3FCC9" w14:textId="0A1A365F" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
@@ -1492,51 +1514,51 @@
               <w:t>MM5: Population less than 5,000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4754FA47" w14:textId="6FB7B15B" w:rsidR="00034CCF" w:rsidRPr="006C1A69" w:rsidRDefault="00DF2ADE" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>MM6&amp;</w:t>
             </w:r>
             <w:r w:rsidR="006C1A69" w:rsidRPr="006C1A69">
               <w:t>7: Remote and Very Remote</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50585707" w14:textId="77777777" w:rsidR="00B12A57" w:rsidRPr="00B12A57" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1672,51 +1694,51 @@
           <w:p w14:paraId="35ADB2B2" w14:textId="663E6162" w:rsidR="009976BF" w:rsidRPr="00B12A57" w:rsidRDefault="00FF33DE" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>Up to 31-Dec-2023</w:t>
             </w:r>
             <w:r w:rsidR="001C43F4">
               <w:t>, the 20</w:t>
             </w:r>
             <w:r>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="001C43F4">
               <w:t xml:space="preserve"> version was used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32811EFD" w14:textId="62659333" w:rsidR="001A4659" w:rsidRDefault="001A4659" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
@@ -1815,106 +1837,106 @@
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>MM6 &amp; 7 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E37DD3A" w14:textId="2E7FAFC6" w:rsidR="00B12A57" w:rsidRPr="006C1A69" w:rsidRDefault="00B12A57" w:rsidP="00932317">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r>
               <w:t>ALL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="50ACC237" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="50ACC237" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="412AF04E" w14:textId="7FDF0757" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>PrtcpntCnt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2751C1BF" w14:textId="77777777" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Participant count </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="068274F6" w14:textId="71FAF3CD" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
@@ -1924,136 +1946,136 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55CDBA29" w14:textId="2902DCD5" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. The aggregated totals have not been modified</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D8A60B4" w14:textId="6064A411" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Numerical values greater than zero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2ADE" w:rsidRPr="006C1A69" w14:paraId="5EF7CC18" w14:textId="77777777" w:rsidTr="38A71CBC">
+      <w:tr w:rsidR="00FC4BF6" w:rsidRPr="006C1A69" w14:paraId="5EF7CC18" w14:textId="77777777" w:rsidTr="00FC4BF6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0EA3963E" w14:textId="2A2983F3" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C1A69">
               <w:t>AvgAnlsdCmtdSuppBdgt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:tcW w:w="2104" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34C78F55" w14:textId="5A88A0A6" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00FB0119">
             <w:pPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Average annualised committed support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66D27C4E" w14:textId="260D5433" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
@@ -2111,51 +2133,51 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="282D97E7" w14:textId="31A49067" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
               <w:t>Low participant counts have been modified along with any related data to protect the privacy of participants. Therefore, you cannot multiply the average annualised support budget total with the participant count to arrive at the total annu</w:t>
             </w:r>
             <w:r w:rsidR="00FE795D">
               <w:t>alised committed support budget.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2601" w:type="dxa"/>
+            <w:tcW w:w="2899" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="113" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78292EDD" w14:textId="6046F903" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00345B30">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:r w:rsidRPr="006C1A69">
@@ -2236,62 +2258,75 @@
     <w:p w14:paraId="58CEF1C8" w14:textId="4B878590" w:rsidR="009522E1" w:rsidRDefault="006C1A69" w:rsidP="00FA6BAB">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="0083662C" w:rsidRPr="0083662C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Quarter end date</w:t>
       </w:r>
       <w:r w:rsidRPr="006C1A69">
         <w:t>, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>≠(unselect)“ALL”, </w:t>
+        <w:t>≠(unselect</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C1A69">
+        <w:t>)“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C1A69">
+        <w:t>ALL”, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>MMMCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006027F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>=”ALL” </w:t>
+        <w:t>=”ALL</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C1A69">
+        <w:t>” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0108D02E" w14:textId="033C5C63" w:rsidR="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="00735B86">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc203655430"/>
       <w:r w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve">Example 2: </w:t>
       </w:r>
       <w:r w:rsidR="3F80CBA5" w:rsidRPr="1BDAF4B3">
         <w:t>CALD</w:t>
       </w:r>
       <w:r w:rsidR="24D2BC3A" w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidRPr="1BDAF4B3">
         <w:t xml:space="preserve">articipants in NSW </w:t>
       </w:r>
       <w:r w:rsidR="005866B2">
         <w:t>as at the end of a quarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="5DB839FB" w14:textId="5E02E8E7" w:rsidR="006C1A69" w:rsidRPr="006C1A69" w:rsidRDefault="006C1A69" w:rsidP="006C1A69">
@@ -2316,97 +2351,102 @@
     </w:p>
     <w:p w14:paraId="51B83E25" w14:textId="4E8E010B" w:rsidR="00615253" w:rsidRPr="00E904E5" w:rsidRDefault="006C1A69" w:rsidP="00E904E5">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>RprtDt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="0083662C" w:rsidRPr="0083662C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarter end date</w:t>
       </w:r>
       <w:r w:rsidRPr="006C1A69">
         <w:t>, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C1A69">
         <w:t>StateCd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C1A69">
-        <w:t>=“NSW” </w:t>
+        <w:t>=“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006C1A69">
+        <w:t>NSW” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AFF9FF0" w14:textId="43717D04" w:rsidR="000B7A2E" w:rsidRDefault="00875C99" w:rsidP="00865B0B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="11" w:name="_Toc13752024"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Toc203655431"/>
       <w:r w:rsidR="000B7A2E">
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="0BA76FC4" w14:textId="67E07259" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00865B0B">
+    <w:p w14:paraId="0BA76FC4" w14:textId="0FBD3C57" w:rsidR="000B7A2E" w:rsidRPr="00877292" w:rsidRDefault="000B7A2E" w:rsidP="00865B0B">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C0145B">
+      <w:r w:rsidR="00101B58">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Sep</w:t>
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="0083662C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317760CF" w14:textId="77777777" w:rsidR="007B0265" w:rsidRDefault="000B7A2E" w:rsidP="007B0265">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -2417,58 +2457,58 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="007B0265" w:rsidSect="00024CFE">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F63DD70" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
+    <w:p w14:paraId="48C783F1" w14:textId="77777777" w:rsidR="00B038FF" w:rsidRDefault="00B038FF" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04395E75" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
+    <w:p w14:paraId="6DE0E484" w14:textId="77777777" w:rsidR="00B038FF" w:rsidRDefault="00B038FF" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2704,58 +2744,58 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="003C3D27" w:rsidRPr="002679FC">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:color w:val="652F76"/>
           </w:rPr>
           <w:tab/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6467B1D7" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
+    <w:p w14:paraId="5516EA4A" w14:textId="77777777" w:rsidR="00B038FF" w:rsidRDefault="00B038FF" w:rsidP="002679FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E74ECD8" w14:textId="77777777" w:rsidR="00ED76C6" w:rsidRDefault="00ED76C6" w:rsidP="002679FC">
+    <w:p w14:paraId="5145C8DA" w14:textId="77777777" w:rsidR="00B038FF" w:rsidRDefault="00B038FF" w:rsidP="002679FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A07F8DC" w14:textId="77777777" w:rsidR="003C3D27" w:rsidRDefault="003C3D27" w:rsidP="003C3D27">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="3617"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
@@ -7376,90 +7416,91 @@
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1311667474">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1148402558">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2109226242">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="232199356">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="438377641">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1980304473">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="00024CFE"/>
     <w:rsid w:val="00034CCF"/>
     <w:rsid w:val="00037BC1"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000A5CCE"/>
     <w:rsid w:val="000B0818"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000C13F1"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E2E4D"/>
     <w:rsid w:val="000E7CBA"/>
     <w:rsid w:val="000F6C69"/>
+    <w:rsid w:val="00101B58"/>
     <w:rsid w:val="001152A0"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="00175AD0"/>
     <w:rsid w:val="001A4659"/>
     <w:rsid w:val="001B0932"/>
     <w:rsid w:val="001B3FCE"/>
     <w:rsid w:val="001B6D55"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3DDD"/>
     <w:rsid w:val="001C43F4"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D7739"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001E651C"/>
     <w:rsid w:val="00225266"/>
     <w:rsid w:val="00246DBA"/>
     <w:rsid w:val="00252873"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="0027554F"/>
     <w:rsid w:val="002C2931"/>
     <w:rsid w:val="002D7CF4"/>
     <w:rsid w:val="002E2DC5"/>
     <w:rsid w:val="00312A31"/>
     <w:rsid w:val="003144F5"/>
     <w:rsid w:val="00345B30"/>
@@ -7575,117 +7616,120 @@
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008B3E61"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008F1786"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00932317"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009444B7"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00957539"/>
     <w:rsid w:val="00966BD6"/>
     <w:rsid w:val="00973A05"/>
     <w:rsid w:val="0098201F"/>
     <w:rsid w:val="00992A19"/>
     <w:rsid w:val="009976BF"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009D0B83"/>
     <w:rsid w:val="009E160D"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A42DCB"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD49A1"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00AE79F3"/>
+    <w:rsid w:val="00B038FF"/>
     <w:rsid w:val="00B0410D"/>
     <w:rsid w:val="00B12A57"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B23D07"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B451FB"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B8499F"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BC2B65"/>
     <w:rsid w:val="00BC6A5B"/>
     <w:rsid w:val="00BD09AE"/>
     <w:rsid w:val="00BD3C04"/>
     <w:rsid w:val="00BD62DC"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF4F5C"/>
     <w:rsid w:val="00C0145B"/>
     <w:rsid w:val="00C07ABC"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C332BC"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C83DF5"/>
     <w:rsid w:val="00CA1943"/>
     <w:rsid w:val="00CF7A74"/>
     <w:rsid w:val="00CF7C1D"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D20284"/>
     <w:rsid w:val="00D27707"/>
     <w:rsid w:val="00D305AA"/>
     <w:rsid w:val="00D41F07"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D73A42"/>
     <w:rsid w:val="00D759B0"/>
     <w:rsid w:val="00D76F17"/>
+    <w:rsid w:val="00D914EF"/>
     <w:rsid w:val="00DB1AE4"/>
     <w:rsid w:val="00DE214C"/>
     <w:rsid w:val="00DF19EB"/>
     <w:rsid w:val="00DF2ADE"/>
     <w:rsid w:val="00E34909"/>
     <w:rsid w:val="00E36EDB"/>
     <w:rsid w:val="00E44652"/>
     <w:rsid w:val="00E70DA6"/>
     <w:rsid w:val="00E819CD"/>
     <w:rsid w:val="00E904E5"/>
     <w:rsid w:val="00E92529"/>
     <w:rsid w:val="00E93455"/>
     <w:rsid w:val="00EC579F"/>
     <w:rsid w:val="00ED0174"/>
     <w:rsid w:val="00ED76C6"/>
     <w:rsid w:val="00EE3AEC"/>
     <w:rsid w:val="00F0374E"/>
     <w:rsid w:val="00F440DE"/>
     <w:rsid w:val="00F4697D"/>
     <w:rsid w:val="00F64332"/>
     <w:rsid w:val="00F75E82"/>
     <w:rsid w:val="00F7714C"/>
     <w:rsid w:val="00F9261B"/>
     <w:rsid w:val="00FA6BAB"/>
     <w:rsid w:val="00FA7DE7"/>
     <w:rsid w:val="00FB0119"/>
     <w:rsid w:val="00FB2242"/>
     <w:rsid w:val="00FB3389"/>
     <w:rsid w:val="00FB41AB"/>
     <w:rsid w:val="00FC046B"/>
+    <w:rsid w:val="00FC4BF6"/>
     <w:rsid w:val="00FE795D"/>
     <w:rsid w:val="00FF33DE"/>
     <w:rsid w:val="00FF4AE8"/>
     <w:rsid w:val="0272C613"/>
     <w:rsid w:val="0609CEB5"/>
     <w:rsid w:val="0D585AA8"/>
     <w:rsid w:val="0F235E49"/>
     <w:rsid w:val="1BDAF4B3"/>
     <w:rsid w:val="24D2BC3A"/>
     <w:rsid w:val="38A71CBC"/>
     <w:rsid w:val="3A0B1163"/>
     <w:rsid w:val="3F80CBA5"/>
     <w:rsid w:val="40399C71"/>
     <w:rsid w:val="470FF083"/>
     <w:rsid w:val="4F34B5FC"/>
     <w:rsid w:val="5AEC6CA0"/>
     <w:rsid w:val="7210D724"/>
     <w:rsid w:val="7EA44A28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -13587,56 +13631,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -13834,115 +13883,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35F50B7D-C160-4355-8B0C-510BCED0F406}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A59B8594-703C-4159-B2FE-8488B3104B83}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94BFDF30-3A7A-4CAC-8718-FA0D95D3E3D3}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35F50B7D-C160-4355-8B0C-510BCED0F406}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>664</Words>
-  <Characters>3786</Characters>
+  <Words>665</Words>
+  <Characters>3795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4442</CharactersWithSpaces>
+  <CharactersWithSpaces>4452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>HOPPER, Nicholas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>