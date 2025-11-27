--- v0 (2025-10-17)
+++ v1 (2025-11-27)
@@ -594,53 +594,53 @@
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:id="3" w:name="_Toc13752342" w:displacedByCustomXml="prev"/>
     <w:bookmarkStart w:id="4" w:name="_Toc13748872" w:displacedByCustomXml="prev"/>
     <w:p w14:paraId="7F127E69" w14:textId="77777777" w:rsidR="00FA6BAB" w:rsidRDefault="00615253" w:rsidP="007B0265">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc13754191"/>
       <w:bookmarkStart w:id="6" w:name="_Toc203655344"/>
       <w:r>
         <w:t>Active providers p</w:t>
       </w:r>
       <w:r w:rsidR="0012309C">
         <w:t>ossible v</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BAB">
         <w:t>alues and rules</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="03887F47" w14:textId="4977F31E" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00615253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67538B6F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The table below outlines the possible values and rules in the </w:t>
       </w:r>
       <w:r w:rsidR="00853B5E" w:rsidRPr="67538B6F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ActiveProviders</w:t>
       </w:r>
       <w:r w:rsidRPr="67538B6F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.csv data file.</w:t>
       </w:r>
@@ -773,90 +773,90 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3271" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55F7FDEE" w14:textId="79FDD29F" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00027DE4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADE22EA" w14:textId="1AE8B5F7" w:rsidR="00203C24" w:rsidRPr="002844BF" w:rsidRDefault="00CC5480" w:rsidP="002844BF">
+          <w:p w14:paraId="4ADE22EA" w14:textId="41AB1729" w:rsidR="00203C24" w:rsidRPr="002844BF" w:rsidRDefault="00CC5480" w:rsidP="002844BF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="16D67A37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00025F44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="16D67A37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00025F44">
+            <w:r w:rsidR="005B3279">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Jun</w:t>
+              <w:t>Sep</w:t>
             </w:r>
             <w:r w:rsidRPr="16D67A37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r w:rsidR="008F19E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00615253" w14:paraId="0935708C" w14:textId="77777777" w:rsidTr="16D67A37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3898C142" w14:textId="3A678A14" w:rsidR="00615253" w:rsidRDefault="00A82B0C" w:rsidP="00356D54">
             <w:proofErr w:type="spellStart"/>
@@ -1540,51 +1540,50 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00342CEC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24A458B4" w14:textId="36FC1FDD" w:rsidR="003021E7" w:rsidRPr="00274B88" w:rsidRDefault="003021E7" w:rsidP="00A94B4A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FEBBD98" w14:textId="0237AB31" w:rsidR="003021E7" w:rsidRDefault="003021E7" w:rsidP="003021E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
             <w:r w:rsidR="00342CEC">
               <w:t>8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21D53FA5" w14:textId="55B985B1" w:rsidR="003021E7" w:rsidRDefault="00342CEC" w:rsidP="003021E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
@@ -2104,53 +2103,53 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="720FDA5C" w14:textId="16384B34" w:rsidR="005528E0" w:rsidRDefault="005528E0">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc13752023"/>
     </w:p>
     <w:p w14:paraId="61719D64" w14:textId="3F7E79B5" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="005528E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc203655345"/>
       <w:r>
         <w:t>How to use the data</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="5EAFFF29" w14:textId="22FA9943" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00FA6BAB">
       <w:r>
         <w:t>Below</w:t>
       </w:r>
       <w:r w:rsidR="006A77C7">
         <w:t xml:space="preserve"> are two examples of how to use the data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DCAF13" w14:textId="6B8F4835" w:rsidR="00FA6BAB" w:rsidRDefault="00FA6BAB" w:rsidP="00D0019B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc19268204"/>
       <w:bookmarkStart w:id="10" w:name="_Toc25586514"/>
       <w:bookmarkStart w:id="11" w:name="_Toc25587019"/>
       <w:bookmarkStart w:id="12" w:name="_Toc25652769"/>
       <w:bookmarkStart w:id="13" w:name="_Toc25928986"/>
       <w:bookmarkStart w:id="14" w:name="_Toc203655346"/>
       <w:r>
         <w:t xml:space="preserve">Example 1: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00615253">
         <w:t xml:space="preserve">Count of </w:t>
@@ -2515,67 +2514,67 @@
       <w:r w:rsidR="00984371">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EF1C34" w14:textId="77777777" w:rsidR="00FE45E1" w:rsidRDefault="00FE45E1" w:rsidP="005D49FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="22" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="23" w:name="_Toc203655348"/>
     </w:p>
     <w:p w14:paraId="4CD8B224" w14:textId="198E736F" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="005D49FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="3036E3AC" w14:textId="175E6E0E" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="688FC4B5">
+    <w:p w14:paraId="3036E3AC" w14:textId="38A7FB0E" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="688FC4B5">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="688FC4B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="004A0FEC">
-        <w:t>June</w:t>
+      <w:r w:rsidR="005B3279">
+        <w:t>Sep</w:t>
       </w:r>
       <w:r w:rsidR="000121E9">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014950D4" w14:textId="5BAE151D" w:rsidR="00834B7F" w:rsidRDefault="000B7A2E" w:rsidP="00A94B4A">
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
@@ -4993,50 +4992,51 @@
     <w:rsid w:val="00027DE4"/>
     <w:rsid w:val="00036677"/>
     <w:rsid w:val="0005323A"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00081D09"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B1855"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D035F"/>
     <w:rsid w:val="000D630E"/>
     <w:rsid w:val="000E7A73"/>
     <w:rsid w:val="00110143"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001523A4"/>
     <w:rsid w:val="001705D6"/>
     <w:rsid w:val="00184372"/>
     <w:rsid w:val="00192340"/>
     <w:rsid w:val="001B633D"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3685"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D6BB3"/>
     <w:rsid w:val="001E630D"/>
+    <w:rsid w:val="001E7C7E"/>
     <w:rsid w:val="00203C24"/>
     <w:rsid w:val="00205AB3"/>
     <w:rsid w:val="0022758B"/>
     <w:rsid w:val="002420FF"/>
     <w:rsid w:val="00252DF2"/>
     <w:rsid w:val="00261DE9"/>
     <w:rsid w:val="00265F6C"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00280B2D"/>
     <w:rsid w:val="002844BF"/>
     <w:rsid w:val="002A18A9"/>
     <w:rsid w:val="002A3EB5"/>
     <w:rsid w:val="002C4788"/>
     <w:rsid w:val="002D0D9A"/>
     <w:rsid w:val="002E0E11"/>
     <w:rsid w:val="003021E7"/>
     <w:rsid w:val="0030647D"/>
     <w:rsid w:val="00306547"/>
     <w:rsid w:val="00342CEC"/>
     <w:rsid w:val="00350464"/>
     <w:rsid w:val="00357D1A"/>
     <w:rsid w:val="003742FD"/>
     <w:rsid w:val="003B2BB8"/>
     <w:rsid w:val="003C2543"/>
     <w:rsid w:val="003C3D27"/>
@@ -5049,50 +5049,51 @@
     <w:rsid w:val="00404C11"/>
     <w:rsid w:val="00416AB5"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="0042372D"/>
     <w:rsid w:val="004325BD"/>
     <w:rsid w:val="00436AA3"/>
     <w:rsid w:val="00447311"/>
     <w:rsid w:val="00454693"/>
     <w:rsid w:val="00472DDE"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004A0FEC"/>
     <w:rsid w:val="004A29C2"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="004E7F33"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00550A2D"/>
     <w:rsid w:val="005528E0"/>
     <w:rsid w:val="005638D6"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="00596222"/>
     <w:rsid w:val="005B2B6C"/>
+    <w:rsid w:val="005B3279"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005C77F5"/>
     <w:rsid w:val="005D383D"/>
     <w:rsid w:val="005D49FC"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F31C3"/>
     <w:rsid w:val="0061043E"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00637C5B"/>
     <w:rsid w:val="00641D8E"/>
     <w:rsid w:val="00647508"/>
     <w:rsid w:val="00655A98"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0068664A"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006A77C7"/>
     <w:rsid w:val="006B0E7A"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E4A0E"/>
     <w:rsid w:val="007060BE"/>
     <w:rsid w:val="007264E4"/>
     <w:rsid w:val="007370F9"/>
     <w:rsid w:val="007557B8"/>
@@ -6714,50 +6715,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00990046"/>
     <w:rsid w:val="000A02D1"/>
     <w:rsid w:val="001523A4"/>
+    <w:rsid w:val="001E7C7E"/>
     <w:rsid w:val="00265F6C"/>
     <w:rsid w:val="002B403C"/>
     <w:rsid w:val="002D0D9A"/>
     <w:rsid w:val="00435B68"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005209F7"/>
     <w:rsid w:val="00550A2D"/>
     <w:rsid w:val="00596222"/>
     <w:rsid w:val="005C2EF5"/>
     <w:rsid w:val="00655A98"/>
     <w:rsid w:val="0068664A"/>
     <w:rsid w:val="008F2B28"/>
     <w:rsid w:val="00990046"/>
     <w:rsid w:val="009A78B6"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00C46132"/>
     <w:rsid w:val="00E31AB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -7487,61 +7489,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c3e5a0a88b2e166a3a7d4673e6edce2b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bcfd58b96b88386bec2fb24f1ad2dde9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7739,110 +7743,114 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0079D61-CC04-4A16-B3EC-86431F7DB965}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2486BBC9-9B00-491E-A890-040810FBF99C}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB29D252-7005-45B7-B20B-96020DFCF9EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>699</Words>
-  <Characters>3989</Characters>
+  <Words>697</Words>
+  <Characters>3978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4679</CharactersWithSpaces>
+  <CharactersWithSpaces>4666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Pham, Loc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>