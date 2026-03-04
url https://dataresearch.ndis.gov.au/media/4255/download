--- v1 (2025-11-27)
+++ v2 (2026-03-04)
@@ -773,92 +773,85 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3271" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55F7FDEE" w14:textId="79FDD29F" w:rsidR="00615253" w:rsidRDefault="00615253" w:rsidP="00027DE4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="258" w:hanging="258"/>
             </w:pPr>
             <w:r>
               <w:t>The dates will align with quarter end dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADE22EA" w14:textId="41AB1729" w:rsidR="00203C24" w:rsidRPr="002844BF" w:rsidRDefault="00CC5480" w:rsidP="002844BF">
+          <w:p w14:paraId="4ADE22EA" w14:textId="4F7200C9" w:rsidR="00203C24" w:rsidRPr="002844BF" w:rsidRDefault="00570145" w:rsidP="002844BF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="16D67A37">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00025F44">
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5480" w:rsidRPr="16D67A37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="16D67A37">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="16D67A37">
+              <w:t>Dec</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC5480" w:rsidRPr="16D67A37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r w:rsidR="008F19E0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00615253" w14:paraId="0935708C" w14:textId="77777777" w:rsidTr="16D67A37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3898C142" w14:textId="3A678A14" w:rsidR="00615253" w:rsidRDefault="00A82B0C" w:rsidP="00356D54">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>StateCd</w:t>
@@ -1512,67 +1505,163 @@
             <w:r w:rsidR="62A9E159" w:rsidRPr="00A94B4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Segoe UI" w:cs="Arial"/>
               </w:rPr>
               <w:t>For prior reporting dates</w:t>
             </w:r>
             <w:r w:rsidR="1710A34D" w:rsidRPr="00A94B4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Segoe UI" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, the age band </w:t>
             </w:r>
             <w:r w:rsidR="14003148" w:rsidRPr="00A94B4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Segoe UI" w:cs="Arial"/>
               </w:rPr>
               <w:t>was based on the age</w:t>
             </w:r>
             <w:r w:rsidR="1710A34D" w:rsidRPr="00A94B4A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Segoe UI" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the participant at the reporting date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CC3B852" w14:textId="6856489C" w:rsidR="00342CEC" w:rsidRPr="00F269DD" w:rsidRDefault="00342CEC" w:rsidP="60FDCFE7">
+          <w:p w14:paraId="6CC3B852" w14:textId="7287730D" w:rsidR="00342CEC" w:rsidRPr="00F269DD" w:rsidRDefault="00342CEC" w:rsidP="60FDCFE7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00342CEC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>New Age Bands were introduced from Dec 24 (0 to 8 and 9 to 14 replacing 0 to 6 and 7 to 14)</w:t>
+              <w:t>New Age Bands were introduced from Dec 24 (</w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>0 to 8</w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>9 to 14</w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>’,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> replacing </w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>0 to 6</w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>7 to 14</w:t>
+            </w:r>
+            <w:r w:rsidR="000E78DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00342CEC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24A458B4" w14:textId="36FC1FDD" w:rsidR="003021E7" w:rsidRPr="00274B88" w:rsidRDefault="003021E7" w:rsidP="00A94B4A">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FEBBD98" w14:textId="0237AB31" w:rsidR="003021E7" w:rsidRDefault="003021E7" w:rsidP="003021E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">0 to </w:t>
             </w:r>
             <w:r w:rsidR="00342CEC">
@@ -2514,67 +2603,67 @@
       <w:r w:rsidR="00984371">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08EF1C34" w14:textId="77777777" w:rsidR="00FE45E1" w:rsidRDefault="00FE45E1" w:rsidP="005D49FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc13748873"/>
       <w:bookmarkStart w:id="22" w:name="_Toc13752024"/>
       <w:bookmarkStart w:id="23" w:name="_Toc203655348"/>
     </w:p>
     <w:p w14:paraId="4CD8B224" w14:textId="198E736F" w:rsidR="000B7A2E" w:rsidRDefault="000B7A2E" w:rsidP="005D49FC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>About this document</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="3036E3AC" w14:textId="38A7FB0E" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="688FC4B5">
+    <w:p w14:paraId="3036E3AC" w14:textId="3FF27705" w:rsidR="000B7A2E" w:rsidRPr="00F4697D" w:rsidRDefault="000B7A2E" w:rsidP="688FC4B5">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="688FC4B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Approved: </w:t>
       </w:r>
-      <w:r w:rsidR="005B3279">
-        <w:t>Sep</w:t>
+      <w:r w:rsidR="0080432A">
+        <w:t>Dec</w:t>
       </w:r>
       <w:r w:rsidR="000121E9">
         <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014950D4" w14:textId="5BAE151D" w:rsidR="00834B7F" w:rsidRDefault="000B7A2E" w:rsidP="00A94B4A">
       <w:r w:rsidRPr="00F4697D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003E336A" w:rsidRPr="00125EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>scheme.actuary@ndis.gov.au</w:t>
         </w:r>
@@ -4979,50 +5068,51 @@
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D630E"/>
     <w:rsid w:val="0000165D"/>
     <w:rsid w:val="00001A97"/>
     <w:rsid w:val="0000628A"/>
     <w:rsid w:val="000111AA"/>
     <w:rsid w:val="000121E9"/>
     <w:rsid w:val="0001382B"/>
     <w:rsid w:val="00022DE8"/>
     <w:rsid w:val="00025F44"/>
     <w:rsid w:val="00027DE4"/>
     <w:rsid w:val="00036677"/>
     <w:rsid w:val="0005323A"/>
     <w:rsid w:val="0006477E"/>
     <w:rsid w:val="00081D09"/>
     <w:rsid w:val="00092863"/>
     <w:rsid w:val="000A19FD"/>
     <w:rsid w:val="000B1855"/>
     <w:rsid w:val="000B4E58"/>
     <w:rsid w:val="000B7A2E"/>
     <w:rsid w:val="000D035F"/>
     <w:rsid w:val="000D630E"/>
+    <w:rsid w:val="000E78DF"/>
     <w:rsid w:val="000E7A73"/>
     <w:rsid w:val="00110143"/>
     <w:rsid w:val="0012309C"/>
     <w:rsid w:val="001523A4"/>
     <w:rsid w:val="001705D6"/>
     <w:rsid w:val="00184372"/>
     <w:rsid w:val="00192340"/>
     <w:rsid w:val="001B633D"/>
     <w:rsid w:val="001C0527"/>
     <w:rsid w:val="001C3685"/>
     <w:rsid w:val="001C5440"/>
     <w:rsid w:val="001D6BB3"/>
     <w:rsid w:val="001E630D"/>
     <w:rsid w:val="001E7C7E"/>
     <w:rsid w:val="00203C24"/>
     <w:rsid w:val="00205AB3"/>
     <w:rsid w:val="0022758B"/>
     <w:rsid w:val="002420FF"/>
     <w:rsid w:val="00252DF2"/>
     <w:rsid w:val="00261DE9"/>
     <w:rsid w:val="00265F6C"/>
     <w:rsid w:val="002679FC"/>
     <w:rsid w:val="00280B2D"/>
     <w:rsid w:val="002844BF"/>
     <w:rsid w:val="002A18A9"/>
@@ -5045,124 +5135,127 @@
     <w:rsid w:val="003D4F41"/>
     <w:rsid w:val="003E336A"/>
     <w:rsid w:val="003E4DBD"/>
     <w:rsid w:val="003F6AF1"/>
     <w:rsid w:val="00404C11"/>
     <w:rsid w:val="00416AB5"/>
     <w:rsid w:val="00421B46"/>
     <w:rsid w:val="0042372D"/>
     <w:rsid w:val="004325BD"/>
     <w:rsid w:val="00436AA3"/>
     <w:rsid w:val="00447311"/>
     <w:rsid w:val="00454693"/>
     <w:rsid w:val="00472DDE"/>
     <w:rsid w:val="00487A4B"/>
     <w:rsid w:val="004924C6"/>
     <w:rsid w:val="004A0FEC"/>
     <w:rsid w:val="004A29C2"/>
     <w:rsid w:val="004B54CA"/>
     <w:rsid w:val="004D5F80"/>
     <w:rsid w:val="004E5CBF"/>
     <w:rsid w:val="004E7F33"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="00550A2D"/>
     <w:rsid w:val="005528E0"/>
     <w:rsid w:val="005638D6"/>
+    <w:rsid w:val="00570145"/>
     <w:rsid w:val="00570D8A"/>
     <w:rsid w:val="0059472F"/>
     <w:rsid w:val="00596222"/>
     <w:rsid w:val="005B2B6C"/>
     <w:rsid w:val="005B3279"/>
     <w:rsid w:val="005C3AA9"/>
     <w:rsid w:val="005C77F5"/>
     <w:rsid w:val="005D383D"/>
     <w:rsid w:val="005D49FC"/>
     <w:rsid w:val="005E669D"/>
     <w:rsid w:val="005F31C3"/>
     <w:rsid w:val="0061043E"/>
     <w:rsid w:val="00612183"/>
     <w:rsid w:val="00615253"/>
     <w:rsid w:val="00637C5B"/>
     <w:rsid w:val="00641D8E"/>
     <w:rsid w:val="00647508"/>
     <w:rsid w:val="00655A98"/>
     <w:rsid w:val="00667792"/>
     <w:rsid w:val="0068664A"/>
     <w:rsid w:val="006A4CE7"/>
     <w:rsid w:val="006A77C7"/>
     <w:rsid w:val="006B0E7A"/>
     <w:rsid w:val="006C0807"/>
     <w:rsid w:val="006D0066"/>
     <w:rsid w:val="006E4A0E"/>
     <w:rsid w:val="007060BE"/>
     <w:rsid w:val="007264E4"/>
     <w:rsid w:val="007370F9"/>
     <w:rsid w:val="007557B8"/>
     <w:rsid w:val="00785261"/>
     <w:rsid w:val="007B0256"/>
     <w:rsid w:val="007B0265"/>
     <w:rsid w:val="007B238D"/>
     <w:rsid w:val="007C7A8E"/>
     <w:rsid w:val="008038A2"/>
     <w:rsid w:val="00804131"/>
+    <w:rsid w:val="0080432A"/>
     <w:rsid w:val="008070D3"/>
     <w:rsid w:val="008112D0"/>
     <w:rsid w:val="00814D76"/>
     <w:rsid w:val="00822677"/>
     <w:rsid w:val="00834B7F"/>
     <w:rsid w:val="00843B54"/>
     <w:rsid w:val="00853B5E"/>
     <w:rsid w:val="00860924"/>
     <w:rsid w:val="0089311B"/>
     <w:rsid w:val="008A61A1"/>
     <w:rsid w:val="008C6040"/>
     <w:rsid w:val="008F19E0"/>
     <w:rsid w:val="008F26F0"/>
     <w:rsid w:val="00921959"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00937682"/>
     <w:rsid w:val="009522E1"/>
     <w:rsid w:val="00977CFE"/>
     <w:rsid w:val="00984371"/>
     <w:rsid w:val="009A41BC"/>
     <w:rsid w:val="009B0D94"/>
     <w:rsid w:val="009B2084"/>
     <w:rsid w:val="009F2EE5"/>
     <w:rsid w:val="00A075CF"/>
     <w:rsid w:val="00A46976"/>
     <w:rsid w:val="00A5270F"/>
     <w:rsid w:val="00A82B0C"/>
     <w:rsid w:val="00A87366"/>
     <w:rsid w:val="00A94B4A"/>
     <w:rsid w:val="00AA2D56"/>
     <w:rsid w:val="00AC4BE0"/>
     <w:rsid w:val="00AD241C"/>
     <w:rsid w:val="00AD5793"/>
     <w:rsid w:val="00AE2B41"/>
     <w:rsid w:val="00B145A5"/>
     <w:rsid w:val="00B24033"/>
     <w:rsid w:val="00B57C44"/>
+    <w:rsid w:val="00B70BEF"/>
     <w:rsid w:val="00B73D68"/>
     <w:rsid w:val="00B77363"/>
     <w:rsid w:val="00B82EB3"/>
     <w:rsid w:val="00B917F1"/>
     <w:rsid w:val="00B93452"/>
     <w:rsid w:val="00BA2DB9"/>
     <w:rsid w:val="00BB187E"/>
     <w:rsid w:val="00BB43D1"/>
     <w:rsid w:val="00BE7148"/>
     <w:rsid w:val="00BF7A0A"/>
     <w:rsid w:val="00C05CF6"/>
     <w:rsid w:val="00C27E81"/>
     <w:rsid w:val="00C34B01"/>
     <w:rsid w:val="00C61AB1"/>
     <w:rsid w:val="00C6283D"/>
     <w:rsid w:val="00CA252E"/>
     <w:rsid w:val="00CB4E67"/>
     <w:rsid w:val="00CC5480"/>
     <w:rsid w:val="00CE6BD2"/>
     <w:rsid w:val="00D0019B"/>
     <w:rsid w:val="00D10C49"/>
     <w:rsid w:val="00D47619"/>
     <w:rsid w:val="00D720CD"/>
     <w:rsid w:val="00D76F17"/>
     <w:rsid w:val="00D87C9B"/>
@@ -6731,50 +6824,51 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00990046"/>
     <w:rsid w:val="000A02D1"/>
     <w:rsid w:val="001523A4"/>
     <w:rsid w:val="001E7C7E"/>
     <w:rsid w:val="00265F6C"/>
     <w:rsid w:val="002B403C"/>
     <w:rsid w:val="002D0D9A"/>
     <w:rsid w:val="00435B68"/>
     <w:rsid w:val="005132F4"/>
     <w:rsid w:val="005209F7"/>
     <w:rsid w:val="00550A2D"/>
     <w:rsid w:val="00596222"/>
     <w:rsid w:val="005C2EF5"/>
     <w:rsid w:val="00655A98"/>
     <w:rsid w:val="0068664A"/>
     <w:rsid w:val="008F2B28"/>
     <w:rsid w:val="00990046"/>
     <w:rsid w:val="009A78B6"/>
     <w:rsid w:val="00B24033"/>
+    <w:rsid w:val="00B70BEF"/>
     <w:rsid w:val="00C46132"/>
     <w:rsid w:val="00E31AB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -7489,63 +7583,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba14c2fbf11af3b0497f64aa2c4dc14">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc18672385f05c173f9c7f2a92df31b0" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B489DCF49E04054D83F07CF1F0166419" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b89b948158fc5ef6b92688a7ba6c093">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="598f2c18-e06f-4cdd-b3aa-9527d754e7cc" xmlns:ns3="b6a04096-66d6-4d5f-9867-b21bc58e745a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab07059fbf4c6860ee3378ddec8c34c1" ns2:_="" ns3:_="">
     <xsd:import namespace="598f2c18-e06f-4cdd-b3aa-9527d754e7cc"/>
     <xsd:import namespace="b6a04096-66d6-4d5f-9867-b21bc58e745a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -7743,114 +7835,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="598f2c18-e06f-4cdd-b3aa-9527d754e7cc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b6a04096-66d6-4d5f-9867-b21bc58e745a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{221363B5-57FF-45AE-869F-5C2141BC241E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46A9529-A5DD-43E5-A131-FB0626F72998}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8575A69B-9946-4E92-A5EA-85765424243E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="28748ad2-4444-4e1f-a25c-8a9d84158b8c"/>
     <ds:schemaRef ds:uri="8dae5159-973e-442c-9456-d0a4a0fdbcc5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB29D252-7005-45B7-B20B-96020DFCF9EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>697</Words>
-  <Characters>3978</Characters>
+  <Words>699</Words>
+  <Characters>3985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>FaHCSIA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4666</CharactersWithSpaces>
+  <CharactersWithSpaces>4675</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Pham, Loc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B489DCF49E04054D83F07CF1F0166419</vt:lpwstr>
   </property>